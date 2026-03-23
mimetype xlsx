--- v0 (2025-10-11)
+++ v1 (2026-03-23)
@@ -12,71 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ARWLA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
-  </si>
-[...7 lines deleted...]
-    <t>Alphanucleorhabdovirus tuberosum (as Brassicaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum (as Brassicaceae)</t>
   </si>
   <si>
     <t>ATALCO</t>
   </si>
   <si>
     <t>Athalia rosae (as Brassicaceae)</t>
   </si>
   <si>
     <t>* CABI (2019) Datasheet on Athalia rosae (cabbage leaf sawfly). https://doi.org/10.1079/cabicompendium.7651</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Brassicaceae)</t>
   </si>
@@ -135,50 +126,56 @@
     <t>* Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
   </si>
   <si>
     <t>EPIXTU</t>
   </si>
   <si>
     <t>Epitrix tuberis</t>
   </si>
   <si>
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- feeding of adults
 * Neilson CL, Finlayson DG (1953) Notes on the biology of the tuber flea beetle, Epitrix tuberis Gentner (Coleoptera: Chrysomelidae) in the interior of British Colombia. The Canadian Entomologist 85:31-32.
 ------- feeding of adults</t>
   </si>
   <si>
     <t>EURDOL</t>
   </si>
   <si>
     <t>Eurydema oleraceum (as Brassicaceae)</t>
   </si>
   <si>
     <t>EURDOR</t>
   </si>
   <si>
     <t>Eurydema ornata (as Brassicaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Brassicaceae)</t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
     <t>HELPRU</t>
   </si>
   <si>
     <t>Helophorus rufipes (as Brassicaceae)</t>
   </si>
   <si>
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.</t>
   </si>
@@ -645,531 +642,531 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>7</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>9</v>
       </c>
-      <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" t="s">
         <v>19</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>20</v>
       </c>
-      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B10" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C12" t="s">
         <v>28</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>29</v>
       </c>
-      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B15" t="s">
+        <v>35</v>
+      </c>
+      <c r="C15" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B16" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" t="s">
         <v>40</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B19" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" t="s">
         <v>45</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B20" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B21" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B22" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" t="s">
         <v>52</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B23" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B24" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B25" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B26" t="s">
+        <v>60</v>
+      </c>
+      <c r="C26" t="s">
         <v>61</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B27" t="s">
+        <v>63</v>
+      </c>
+      <c r="C27" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B28" t="s">
+        <v>65</v>
+      </c>
+      <c r="C28" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B29" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B30" t="s">
+        <v>69</v>
+      </c>
+      <c r="C30" t="s">
         <v>70</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B31" t="s">
+        <v>72</v>
+      </c>
+      <c r="C31" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B32" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B33" t="s">
+        <v>76</v>
+      </c>
+      <c r="C33" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B34" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B35" t="s">
+        <v>80</v>
+      </c>
+      <c r="C35" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B36" t="s">
+        <v>82</v>
+      </c>
+      <c r="C36" t="s">
         <v>83</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>85</v>
+      </c>
+      <c r="B37" t="s">
         <v>86</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>88</v>
+      </c>
+      <c r="B38" t="s">
+        <v>74</v>
+      </c>
+      <c r="C38" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D38"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>