--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -468,88 +468,88 @@
               <w:t xml:space="preserve"> (Drury)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak timberworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231768e713d0c7145" w:history="1">
+            <w:hyperlink r:id="rId7812691d0cb3d6c18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId659268e713d0c7189" w:history="1">
+            <w:hyperlink r:id="rId4762691d0cb3d6c5d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1412,63 +1412,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85644353" name="name983268e713d0c8515" descr="ARRHMI_distribution_map.jpg"/>
+            <wp:docPr id="10343471" name="name3373691d0cb3d830c" descr="ARRHMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARRHMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId247668e713d0c8511" cstate="print"/>
+                    <a:blip r:embed="rId8002691d0cb3d8309" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3216,101 +3216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 452–460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226768e713d0c92ef" w:history="1">
+      <w:hyperlink r:id="rId8397691d0cb3d90bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12412</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905568e713d0c934a" w:history="1">
+      <w:hyperlink r:id="rId4943691d0cb3d912a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3336,51 +3336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.) and southern red oak (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus falcata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michaux) in Louisiana. Louisiana State University M.Sc. Thesis 1067. 92 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766168e713d0c93bb" w:history="1">
+      <w:hyperlink r:id="rId8496691d0cb3d91a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.lsu.edu/gradschool_theses/1067</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3661,51 +3661,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1985) Insects of Eastern forests. US Department of Agriculture Forest Service. Miscellaneous Publication No. 1426. p. 138.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wisconsin Forest Health Protection Program (2008) Forest Health Highlights of Wisconsin. Wisconsin Department of Natural Resources, Wisconsin (US) 38p. (Accessed 18 March 2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395968e713d0c95c9" w:history="1">
+      <w:hyperlink r:id="rId1388691d0cb3d93b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3771,51 +3771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrhenodes minutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155968e713d0c967f" w:history="1">
+      <w:hyperlink r:id="rId4082691d0cb3d9467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3828,63 +3828,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23674310" name="name571468e713d0c9721" descr="eu_funding_250.png"/>
+            <wp:docPr id="32617102" name="name3885691d0cb3d9532" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId349868e713d0c9720" cstate="print"/>
+                    <a:blip r:embed="rId6914691d0cb3d9531" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3982,137 +3982,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34002649">
+  <w:abstractNum w:abstractNumId="53111173">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86127291">
+    <w:lvl w:ilvl="0" w:tplc="44021928">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86127291" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44021928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86127291" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44021928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86127291" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44021928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86127291" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44021928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86127291" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44021928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86127291" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44021928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86127291" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44021928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86127291" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44021928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34002648">
+  <w:abstractNum w:abstractNumId="53111172">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44343234">
+    <w:lvl w:ilvl="0" w:tplc="38154693">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4864,55 +4864,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34002648">
-    <w:abstractNumId w:val="34002648"/>
+  <w:num w:numId="53111172">
+    <w:abstractNumId w:val="53111172"/>
   </w:num>
-  <w:num w:numId="34002649">
-    <w:abstractNumId w:val="34002649"/>
+  <w:num w:numId="53111173">
+    <w:abstractNumId w:val="53111173"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16462,51 +16462,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId763855972" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId146090066" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId231768e713d0c7145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId659268e713d0c7189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId226768e713d0c92ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId905568e713d0c934a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId766168e713d0c93bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId395968e713d0c95c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId155968e713d0c967f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId247668e713d0c8511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId247668e713d0c8511.jpg"/><Relationship Id="rId349868e713d0c9720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId349868e713d0c9720.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId640262518" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId645521507" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7812691d0cb3d6c18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId4762691d0cb3d6c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId8397691d0cb3d90bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId4943691d0cb3d912a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId8496691d0cb3d91a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId1388691d0cb3d93b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId4082691d0cb3d9467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8002691d0cb3d8309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8002691d0cb3d8309.jpg"/><Relationship Id="rId6914691d0cb3d9531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6914691d0cb3d9531.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>