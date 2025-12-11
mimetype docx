--- v1 (2025-11-19)
+++ v2 (2025-12-11)
@@ -468,88 +468,88 @@
               <w:t xml:space="preserve"> (Drury)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak timberworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7812691d0cb3d6c18" w:history="1">
+            <w:hyperlink r:id="rId6917693a5835a7067" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4762691d0cb3d6c5d" w:history="1">
+            <w:hyperlink r:id="rId3595693a5835a70ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1412,63 +1412,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10343471" name="name3373691d0cb3d830c" descr="ARRHMI_distribution_map.jpg"/>
+            <wp:docPr id="44397541" name="name5241693a5835a83a6" descr="ARRHMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARRHMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8002691d0cb3d8309" cstate="print"/>
+                    <a:blip r:embed="rId5042693a5835a83a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3216,101 +3216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 452–460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8397691d0cb3d90bc" w:history="1">
+      <w:hyperlink r:id="rId4218693a5835a9288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12412</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4943691d0cb3d912a" w:history="1">
+      <w:hyperlink r:id="rId3763693a5835a92df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3336,51 +3336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.) and southern red oak (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus falcata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michaux) in Louisiana. Louisiana State University M.Sc. Thesis 1067. 92 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8496691d0cb3d91a1" w:history="1">
+      <w:hyperlink r:id="rId7231693a5835a9351" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.lsu.edu/gradschool_theses/1067</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3661,51 +3661,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1985) Insects of Eastern forests. US Department of Agriculture Forest Service. Miscellaneous Publication No. 1426. p. 138.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wisconsin Forest Health Protection Program (2008) Forest Health Highlights of Wisconsin. Wisconsin Department of Natural Resources, Wisconsin (US) 38p. (Accessed 18 March 2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1388691d0cb3d93b1" w:history="1">
+      <w:hyperlink r:id="rId1420693a5835a955c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3771,51 +3771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrhenodes minutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4082691d0cb3d9467" w:history="1">
+      <w:hyperlink r:id="rId6363693a5835a9614" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3828,63 +3828,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32617102" name="name3885691d0cb3d9532" descr="eu_funding_250.png"/>
+            <wp:docPr id="87694205" name="name3127693a5835a96b5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6914691d0cb3d9531" cstate="print"/>
+                    <a:blip r:embed="rId2344693a5835a96b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3982,137 +3982,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53111173">
+  <w:abstractNum w:abstractNumId="46443659">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44021928">
+    <w:lvl w:ilvl="0" w:tplc="12403675">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44021928" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12403675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44021928" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12403675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44021928" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12403675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44021928" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12403675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44021928" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12403675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44021928" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12403675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44021928" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12403675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44021928" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12403675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53111172">
+  <w:abstractNum w:abstractNumId="46443658">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38154693">
+    <w:lvl w:ilvl="0" w:tplc="13142202">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4864,55 +4864,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53111172">
-    <w:abstractNumId w:val="53111172"/>
+  <w:num w:numId="46443658">
+    <w:abstractNumId w:val="46443658"/>
   </w:num>
-  <w:num w:numId="53111173">
-    <w:abstractNumId w:val="53111173"/>
+  <w:num w:numId="46443659">
+    <w:abstractNumId w:val="46443659"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16462,51 +16462,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId640262518" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId645521507" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7812691d0cb3d6c18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId4762691d0cb3d6c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId8397691d0cb3d90bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId4943691d0cb3d912a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId8496691d0cb3d91a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId1388691d0cb3d93b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId4082691d0cb3d9467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8002691d0cb3d8309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8002691d0cb3d8309.jpg"/><Relationship Id="rId6914691d0cb3d9531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6914691d0cb3d9531.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId415665804" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523820933" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6917693a5835a7067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId3595693a5835a70ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId4218693a5835a9288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId3763693a5835a92df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId7231693a5835a9351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId1420693a5835a955c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId6363693a5835a9614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5042693a5835a83a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5042693a5835a83a2.jpg"/><Relationship Id="rId2344693a5835a96b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2344693a5835a96b4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>