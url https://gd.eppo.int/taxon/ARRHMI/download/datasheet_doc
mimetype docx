--- v2 (2025-12-11)
+++ v3 (2026-01-18)
@@ -468,88 +468,88 @@
               <w:t xml:space="preserve"> (Drury)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak timberworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6917693a5835a7067" w:history="1">
+            <w:hyperlink r:id="rId3827696c249dca3db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3595693a5835a70ba" w:history="1">
+            <w:hyperlink r:id="rId7264696c249dca43a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1412,63 +1412,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44397541" name="name5241693a5835a83a6" descr="ARRHMI_distribution_map.jpg"/>
+            <wp:docPr id="40347974" name="name5397696c249dcd205" descr="ARRHMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARRHMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5042693a5835a83a2" cstate="print"/>
+                    <a:blip r:embed="rId2281696c249dcd202" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3216,101 +3216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 452–460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4218693a5835a9288" w:history="1">
+      <w:hyperlink r:id="rId2114696c249dce045" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12412</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3763693a5835a92df" w:history="1">
+      <w:hyperlink r:id="rId7534696c249dce09d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3336,51 +3336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.) and southern red oak (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus falcata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michaux) in Louisiana. Louisiana State University M.Sc. Thesis 1067. 92 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7231693a5835a9351" w:history="1">
+      <w:hyperlink r:id="rId2604696c249dce129" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.lsu.edu/gradschool_theses/1067</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3661,51 +3661,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1985) Insects of Eastern forests. US Department of Agriculture Forest Service. Miscellaneous Publication No. 1426. p. 138.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wisconsin Forest Health Protection Program (2008) Forest Health Highlights of Wisconsin. Wisconsin Department of Natural Resources, Wisconsin (US) 38p. (Accessed 18 March 2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1420693a5835a955c" w:history="1">
+      <w:hyperlink r:id="rId9920696c249dce33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3749,73 +3749,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrhenodes minutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6363693a5835a9614" w:history="1">
+      <w:hyperlink r:id="rId6293696c249dce3f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3828,63 +3828,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87694205" name="name3127693a5835a96b5" descr="eu_funding_250.png"/>
+            <wp:docPr id="90333667" name="name9792696c249dd0025" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2344693a5835a96b4" cstate="print"/>
+                    <a:blip r:embed="rId9017696c249dd0022" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3982,137 +3982,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46443659">
+  <w:abstractNum w:abstractNumId="93414516">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12403675">
+    <w:lvl w:ilvl="0" w:tplc="92768233">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12403675" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92768233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12403675" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92768233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12403675" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92768233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12403675" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92768233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12403675" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92768233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12403675" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92768233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12403675" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92768233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12403675" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92768233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46443658">
+  <w:abstractNum w:abstractNumId="93414515">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13142202">
+    <w:lvl w:ilvl="0" w:tplc="62879798">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4864,55 +4864,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46443658">
-    <w:abstractNumId w:val="46443658"/>
+  <w:num w:numId="93414515">
+    <w:abstractNumId w:val="93414515"/>
   </w:num>
-  <w:num w:numId="46443659">
-    <w:abstractNumId w:val="46443659"/>
+  <w:num w:numId="93414516">
+    <w:abstractNumId w:val="93414516"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16462,51 +16462,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId415665804" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523820933" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6917693a5835a7067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId3595693a5835a70ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId4218693a5835a9288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId3763693a5835a92df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId7231693a5835a9351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId1420693a5835a955c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId6363693a5835a9614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5042693a5835a83a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5042693a5835a83a2.jpg"/><Relationship Id="rId2344693a5835a96b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2344693a5835a96b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId138514162" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId117669507" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3827696c249dca3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId7264696c249dca43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId2114696c249dce045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId7534696c249dce09d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId2604696c249dce129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId9920696c249dce33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId6293696c249dce3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2281696c249dcd202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2281696c249dcd202.jpg"/><Relationship Id="rId9017696c249dd0022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9017696c249dd0022.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>