--- v3 (2026-01-18)
+++ v4 (2026-02-11)
@@ -468,88 +468,88 @@
               <w:t xml:space="preserve"> (Drury)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak timberworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3827696c249dca3db" w:history="1">
+            <w:hyperlink r:id="rId3599698c3ed76ac31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7264696c249dca43a" w:history="1">
+            <w:hyperlink r:id="rId1450698c3ed76ac76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1412,63 +1412,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40347974" name="name5397696c249dcd205" descr="ARRHMI_distribution_map.jpg"/>
+            <wp:docPr id="79321711" name="name9300698c3ed76c1c1" descr="ARRHMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARRHMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2281696c249dcd202" cstate="print"/>
+                    <a:blip r:embed="rId4677698c3ed76c1bd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3216,101 +3216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 452–460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2114696c249dce045" w:history="1">
+      <w:hyperlink r:id="rId6785698c3ed76cfb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12412</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7534696c249dce09d" w:history="1">
+      <w:hyperlink r:id="rId8372698c3ed76d011" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3336,51 +3336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.) and southern red oak (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus falcata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michaux) in Louisiana. Louisiana State University M.Sc. Thesis 1067. 92 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2604696c249dce129" w:history="1">
+      <w:hyperlink r:id="rId4628698c3ed76d083" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.lsu.edu/gradschool_theses/1067</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3661,51 +3661,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1985) Insects of Eastern forests. US Department of Agriculture Forest Service. Miscellaneous Publication No. 1426. p. 138.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wisconsin Forest Health Protection Program (2008) Forest Health Highlights of Wisconsin. Wisconsin Department of Natural Resources, Wisconsin (US) 38p. (Accessed 18 March 2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9920696c249dce33e" w:history="1">
+      <w:hyperlink r:id="rId4245698c3ed76d28e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3771,51 +3771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrhenodes minutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6293696c249dce3f4" w:history="1">
+      <w:hyperlink r:id="rId8908698c3ed76d345" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3828,63 +3828,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90333667" name="name9792696c249dd0025" descr="eu_funding_250.png"/>
+            <wp:docPr id="63591643" name="name1981698c3ed76d416" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9017696c249dd0022" cstate="print"/>
+                    <a:blip r:embed="rId3482698c3ed76d415" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3982,137 +3982,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93414516">
+  <w:abstractNum w:abstractNumId="11919313">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92768233">
+    <w:lvl w:ilvl="0" w:tplc="52234407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92768233" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52234407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92768233" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52234407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92768233" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52234407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92768233" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52234407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92768233" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52234407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92768233" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52234407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92768233" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52234407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92768233" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52234407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93414515">
+  <w:abstractNum w:abstractNumId="11919312">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62879798">
+    <w:lvl w:ilvl="0" w:tplc="73712443">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4864,55 +4864,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93414515">
-    <w:abstractNumId w:val="93414515"/>
+  <w:num w:numId="11919312">
+    <w:abstractNumId w:val="11919312"/>
   </w:num>
-  <w:num w:numId="93414516">
-    <w:abstractNumId w:val="93414516"/>
+  <w:num w:numId="11919313">
+    <w:abstractNumId w:val="11919313"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16462,51 +16462,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId138514162" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId117669507" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3827696c249dca3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId7264696c249dca43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId2114696c249dce045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId7534696c249dce09d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId2604696c249dce129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId9920696c249dce33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId6293696c249dce3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2281696c249dcd202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2281696c249dcd202.jpg"/><Relationship Id="rId9017696c249dd0022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9017696c249dd0022.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876449211" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282405323" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3599698c3ed76ac31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId1450698c3ed76ac76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId6785698c3ed76cfb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId8372698c3ed76d011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId4628698c3ed76d083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId4245698c3ed76d28e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId8908698c3ed76d345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4677698c3ed76c1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4677698c3ed76c1bd.jpg"/><Relationship Id="rId3482698c3ed76d415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3482698c3ed76d415.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>