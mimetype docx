--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -468,88 +468,88 @@
               <w:t xml:space="preserve"> (Drury)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak timberworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3599698c3ed76ac31" w:history="1">
+            <w:hyperlink r:id="rId889469a6b7b94db90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1450698c3ed76ac76" w:history="1">
+            <w:hyperlink r:id="rId342269a6b7b94dbd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1412,63 +1412,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79321711" name="name9300698c3ed76c1c1" descr="ARRHMI_distribution_map.jpg"/>
+            <wp:docPr id="82602408" name="name865469a6b7b94f18c" descr="ARRHMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARRHMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4677698c3ed76c1bd" cstate="print"/>
+                    <a:blip r:embed="rId888369a6b7b94f189" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3216,101 +3216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 452–460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6785698c3ed76cfb9" w:history="1">
+      <w:hyperlink r:id="rId270969a6b7b950047" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12412</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8372698c3ed76d011" w:history="1">
+      <w:hyperlink r:id="rId687069a6b7b9500a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3336,51 +3336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.) and southern red oak (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus falcata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michaux) in Louisiana. Louisiana State University M.Sc. Thesis 1067. 92 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4628698c3ed76d083" w:history="1">
+      <w:hyperlink r:id="rId364569a6b7b950135" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.lsu.edu/gradschool_theses/1067</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3661,51 +3661,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1985) Insects of Eastern forests. US Department of Agriculture Forest Service. Miscellaneous Publication No. 1426. p. 138.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wisconsin Forest Health Protection Program (2008) Forest Health Highlights of Wisconsin. Wisconsin Department of Natural Resources, Wisconsin (US) 38p. (Accessed 18 March 2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4245698c3ed76d28e" w:history="1">
+      <w:hyperlink r:id="rId973169a6b7b950350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3771,51 +3771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrhenodes minutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8908698c3ed76d345" w:history="1">
+      <w:hyperlink r:id="rId423369a6b7b950408" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3828,63 +3828,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63591643" name="name1981698c3ed76d416" descr="eu_funding_250.png"/>
+            <wp:docPr id="69444832" name="name574769a6b7b9504b7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3482698c3ed76d415" cstate="print"/>
+                    <a:blip r:embed="rId832269a6b7b9504b6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3982,137 +3982,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11919313">
+  <w:abstractNum w:abstractNumId="54375777">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52234407">
+    <w:lvl w:ilvl="0" w:tplc="39876400">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52234407" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39876400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52234407" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39876400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52234407" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39876400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52234407" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39876400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52234407" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39876400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52234407" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39876400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52234407" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39876400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52234407" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39876400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11919312">
+  <w:abstractNum w:abstractNumId="54375776">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73712443">
+    <w:lvl w:ilvl="0" w:tplc="86484973">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4864,55 +4864,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11919312">
-    <w:abstractNumId w:val="11919312"/>
+  <w:num w:numId="54375776">
+    <w:abstractNumId w:val="54375776"/>
   </w:num>
-  <w:num w:numId="11919313">
-    <w:abstractNumId w:val="11919313"/>
+  <w:num w:numId="54375777">
+    <w:abstractNumId w:val="54375777"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16462,51 +16462,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876449211" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282405323" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3599698c3ed76ac31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId1450698c3ed76ac76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId6785698c3ed76cfb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId8372698c3ed76d011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId4628698c3ed76d083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId4245698c3ed76d28e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId8908698c3ed76d345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4677698c3ed76c1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4677698c3ed76c1bd.jpg"/><Relationship Id="rId3482698c3ed76d415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3482698c3ed76d415.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293814496" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581123501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId889469a6b7b94db90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId342269a6b7b94dbd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId270969a6b7b950047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId687069a6b7b9500a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId364569a6b7b950135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId973169a6b7b950350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId423369a6b7b950408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId888369a6b7b94f189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId888369a6b7b94f189.jpg"/><Relationship Id="rId832269a6b7b9504b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId832269a6b7b9504b6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>