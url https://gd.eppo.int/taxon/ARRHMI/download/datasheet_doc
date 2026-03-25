--- v5 (2026-03-03)
+++ v6 (2026-03-25)
@@ -468,88 +468,88 @@
               <w:t xml:space="preserve"> (Drury)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak timberworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId889469a6b7b94db90" w:history="1">
+            <w:hyperlink r:id="rId146869c36059d8615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342269a6b7b94dbd4" w:history="1">
+            <w:hyperlink r:id="rId838269c36059d865a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1412,63 +1412,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82602408" name="name865469a6b7b94f18c" descr="ARRHMI_distribution_map.jpg"/>
+            <wp:docPr id="94934240" name="name705869c36059d9924" descr="ARRHMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARRHMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId888369a6b7b94f189" cstate="print"/>
+                    <a:blip r:embed="rId931369c36059d9921" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3216,101 +3216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 452–460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270969a6b7b950047" w:history="1">
+      <w:hyperlink r:id="rId757869c36059da793" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12412</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687069a6b7b9500a0" w:history="1">
+      <w:hyperlink r:id="rId515569c36059da815" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CERAFA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3336,51 +3336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.) and southern red oak (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus falcata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michaux) in Louisiana. Louisiana State University M.Sc. Thesis 1067. 92 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364569a6b7b950135" w:history="1">
+      <w:hyperlink r:id="rId865369c36059da8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.lsu.edu/gradschool_theses/1067</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3661,51 +3661,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1985) Insects of Eastern forests. US Department of Agriculture Forest Service. Miscellaneous Publication No. 1426. p. 138.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wisconsin Forest Health Protection Program (2008) Forest Health Highlights of Wisconsin. Wisconsin Department of Natural Resources, Wisconsin (US) 38p. (Accessed 18 March 2022) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973169a6b7b950350" w:history="1">
+      <w:hyperlink r:id="rId115769c36059daaed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3771,51 +3771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrhenodes minutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423369a6b7b950408" w:history="1">
+      <w:hyperlink r:id="rId489969c36059daba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3828,63 +3828,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69444832" name="name574769a6b7b9504b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="99881329" name="name628369c36059dac98" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId832269a6b7b9504b6" cstate="print"/>
+                    <a:blip r:embed="rId986269c36059dac96" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3982,137 +3982,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54375777">
+  <w:abstractNum w:abstractNumId="74122606">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39876400">
+    <w:lvl w:ilvl="0" w:tplc="80456414">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39876400" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80456414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39876400" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80456414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39876400" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80456414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39876400" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80456414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39876400" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80456414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39876400" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80456414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39876400" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80456414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39876400" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80456414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54375776">
+  <w:abstractNum w:abstractNumId="74122605">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86484973">
+    <w:lvl w:ilvl="0" w:tplc="68529334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4864,55 +4864,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54375776">
-    <w:abstractNumId w:val="54375776"/>
+  <w:num w:numId="74122605">
+    <w:abstractNumId w:val="74122605"/>
   </w:num>
-  <w:num w:numId="54375777">
-    <w:abstractNumId w:val="54375777"/>
+  <w:num w:numId="74122606">
+    <w:abstractNumId w:val="74122606"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16462,51 +16462,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293814496" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581123501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId889469a6b7b94db90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId342269a6b7b94dbd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId270969a6b7b950047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId687069a6b7b9500a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId364569a6b7b950135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId973169a6b7b950350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId423369a6b7b950408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId888369a6b7b94f189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId888369a6b7b94f189.jpg"/><Relationship Id="rId832269a6b7b9504b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId832269a6b7b9504b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId920889137" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId340223582" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId146869c36059d8615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/" TargetMode="External"/><Relationship Id="rId838269c36059d865a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARRHMI/categorization" TargetMode="External"/><Relationship Id="rId757869c36059da793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12412" TargetMode="External"/><Relationship Id="rId515569c36059da815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/datasheet" TargetMode="External"/><Relationship Id="rId865369c36059da8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.lsu.edu/gradschool_theses/1067" TargetMode="External"/><Relationship Id="rId115769c36059daaed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nfsl.contentdm.oclc.org/digital/api/collection/p17053coll1/id/55004/download" TargetMode="External"/><Relationship Id="rId489969c36059daba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId931369c36059d9921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId931369c36059d9921.jpg"/><Relationship Id="rId986269c36059dac96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986269c36059dac96.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>