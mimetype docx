--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Faldermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach borer, peach longicorn beetle, peach musk beetle, peach red necked longhorn, plum and peach longhorn, red neck longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484568e0502c2c27b" w:history="1">
+            <w:hyperlink r:id="rId439368fc343da1b64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220268e0502c2c2ea" w:history="1">
+            <w:hyperlink r:id="rId380468fc343da1bd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AROMBU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="87190980" name="name515968e0502c2c93f" descr="6180.jpg"/>
+                  <wp:docPr id="1096911" name="name915568fc343da2404" descr="6180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId686368e0502c2c93e" cstate="print"/>
+                          <a:blip r:embed="rId699968fc343da22a7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId687568e0502c2ca63" w:history="1">
+            <w:hyperlink r:id="rId552068fc343da2581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1275,63 +1275,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is of recent introduction (first reported in 2012). In the EPPO region, isolated outbreaks were reported in Western Europe: in 2011 and 2016 in Bavaria (Germany), in 2012 and 2016 in Campania (Italy), in 2013 in Lombardy (Italy). In some outbreaks, eradication measures are being implemented, in others containment measures are in place.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75220896" name="name921168e0502c2de84" descr="AROMBU_distribution_map.jpg"/>
+            <wp:docPr id="5181286" name="name663768fc343da39e8" descr="AROMBU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AROMBU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId643568e0502c2de81" cstate="print"/>
+                    <a:blip r:embed="rId992868fc343da39e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3621,51 +3621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (red necked longicorn) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649168e0502c2efa6" w:history="1">
+      <w:hyperlink r:id="rId607668fc343da4c35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheetreport/118984</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3691,51 +3691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489368e0502c2f020" w:history="1">
+      <w:hyperlink r:id="rId572168fc343da4cad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3962,51 +3962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600668e0502c2f1dc" w:history="1">
+      <w:hyperlink r:id="rId677668fc343da4e99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AROMBU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 124-136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362568e0502c2f2cb" w:history="1">
+      <w:hyperlink r:id="rId528568fc343da4f86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Griffo R (2012) Le segnalazioni di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PowerPoint presentation, 26 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId444268e0502c2f435" w:history="1">
+      <w:hyperlink r:id="rId540268fc343da5106" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4549,51 +4549,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–249.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467768e0502c2f5a7" w:history="1">
+      <w:hyperlink r:id="rId533668fc343da5268" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5257,51 +5257,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1217–1225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499468e0502c2fa29" w:history="1">
+      <w:hyperlink r:id="rId583168fc343da57ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-019-01108-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5367,51 +5367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886668e0502c2fae1" w:history="1">
+      <w:hyperlink r:id="rId984268fc343da58b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5487,90 +5487,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910268e0502c2fba9" w:history="1">
+      <w:hyperlink r:id="rId654568fc343da5980" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12173</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15457537" name="name772468e0502c2fc0f" descr="eu_funding_250.png"/>
+            <wp:docPr id="69008867" name="name235468fc343da5a14" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId394368e0502c2fc0e" cstate="print"/>
+                    <a:blip r:embed="rId517668fc343da5a13" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5668,137 +5668,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23015733">
+  <w:abstractNum w:abstractNumId="26799378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14633865">
+    <w:lvl w:ilvl="0" w:tplc="47804497">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14633865" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47804497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14633865" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47804497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14633865" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47804497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14633865" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47804497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14633865" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47804497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14633865" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47804497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14633865" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47804497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14633865" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47804497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23015732">
+  <w:abstractNum w:abstractNumId="26799377">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18263463">
+    <w:lvl w:ilvl="0" w:tplc="89659135">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6550,55 +6550,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23015732">
-    <w:abstractNumId w:val="23015732"/>
+  <w:num w:numId="26799377">
+    <w:abstractNumId w:val="26799377"/>
   </w:num>
-  <w:num w:numId="23015733">
-    <w:abstractNumId w:val="23015733"/>
+  <w:num w:numId="26799378">
+    <w:abstractNumId w:val="26799378"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18148,51 +18148,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940836287" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId947734039" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId484568e0502c2c27b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId220268e0502c2c2ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId687568e0502c2ca63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId649168e0502c2efa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId489368e0502c2f020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId600668e0502c2f1dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId362568e0502c2f2cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId444268e0502c2f435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId467768e0502c2f5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId499468e0502c2fa29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId886668e0502c2fae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId910268e0502c2fba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId686368e0502c2c93e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686368e0502c2c93e.jpg"/><Relationship Id="rId643568e0502c2de81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId643568e0502c2de81.jpg"/><Relationship Id="rId394368e0502c2fc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394368e0502c2fc0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId122793399" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId860265593" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId439368fc343da1b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId380468fc343da1bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId552068fc343da2581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId607668fc343da4c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId572168fc343da4cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId677668fc343da4e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId528568fc343da4f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId540268fc343da5106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId533668fc343da5268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId583168fc343da57ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId984268fc343da58b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId654568fc343da5980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId699968fc343da22a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId699968fc343da22a7.jpg"/><Relationship Id="rId992868fc343da39e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId992868fc343da39e4.jpg"/><Relationship Id="rId517668fc343da5a13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517668fc343da5a13.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>