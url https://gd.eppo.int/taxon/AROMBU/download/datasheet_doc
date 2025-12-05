--- v1 (2025-10-25)
+++ v2 (2025-12-05)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Faldermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach borer, peach longicorn beetle, peach musk beetle, peach red necked longhorn, plum and peach longhorn, red neck longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439368fc343da1b64" w:history="1">
+            <w:hyperlink r:id="rId36636932dc39c44f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380468fc343da1bd0" w:history="1">
+            <w:hyperlink r:id="rId46946932dc39c455f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AROMBU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="1096911" name="name915568fc343da2404" descr="6180.jpg"/>
+                  <wp:docPr id="83045846" name="name26686932dc39c4d3a" descr="6180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId699968fc343da22a7" cstate="print"/>
+                          <a:blip r:embed="rId30656932dc39c4d38" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId552068fc343da2581" w:history="1">
+            <w:hyperlink r:id="rId98196932dc39c4e83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1275,63 +1275,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is of recent introduction (first reported in 2012). In the EPPO region, isolated outbreaks were reported in Western Europe: in 2011 and 2016 in Bavaria (Germany), in 2012 and 2016 in Campania (Italy), in 2013 in Lombardy (Italy). In some outbreaks, eradication measures are being implemented, in others containment measures are in place.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5181286" name="name663768fc343da39e8" descr="AROMBU_distribution_map.jpg"/>
+            <wp:docPr id="21753672" name="name78076932dc39c609c" descr="AROMBU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AROMBU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId992868fc343da39e4" cstate="print"/>
+                    <a:blip r:embed="rId24566932dc39c609a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3621,51 +3621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (red necked longicorn) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607668fc343da4c35" w:history="1">
+      <w:hyperlink r:id="rId66286932dc39c7178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheetreport/118984</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3691,51 +3691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572168fc343da4cad" w:history="1">
+      <w:hyperlink r:id="rId10176932dc39c71ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3962,51 +3962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677668fc343da4e99" w:history="1">
+      <w:hyperlink r:id="rId62606932dc39c73b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AROMBU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 124-136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528568fc343da4f86" w:history="1">
+      <w:hyperlink r:id="rId55586932dc39c749d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Griffo R (2012) Le segnalazioni di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PowerPoint presentation, 26 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540268fc343da5106" w:history="1">
+      <w:hyperlink r:id="rId27516932dc39c75ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4549,51 +4549,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–249.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533668fc343da5268" w:history="1">
+      <w:hyperlink r:id="rId70936932dc39c7766" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5257,51 +5257,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1217–1225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583168fc343da57ae" w:history="1">
+      <w:hyperlink r:id="rId48316932dc39c7bdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-019-01108-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5367,51 +5367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984268fc343da58b4" w:history="1">
+      <w:hyperlink r:id="rId28766932dc39c7c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5487,90 +5487,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654568fc343da5980" w:history="1">
+      <w:hyperlink r:id="rId92576932dc39c7d58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12173</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69008867" name="name235468fc343da5a14" descr="eu_funding_250.png"/>
+            <wp:docPr id="75510265" name="name41686932dc39c7dcf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId517668fc343da5a13" cstate="print"/>
+                    <a:blip r:embed="rId99196932dc39c7dce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5668,137 +5668,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26799378">
+  <w:abstractNum w:abstractNumId="63595438">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47804497">
+    <w:lvl w:ilvl="0" w:tplc="28918296">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47804497" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28918296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47804497" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28918296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47804497" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28918296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47804497" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28918296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47804497" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28918296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47804497" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28918296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47804497" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28918296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47804497" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28918296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26799377">
+  <w:abstractNum w:abstractNumId="63595437">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89659135">
+    <w:lvl w:ilvl="0" w:tplc="12630542">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6550,55 +6550,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26799377">
-    <w:abstractNumId w:val="26799377"/>
+  <w:num w:numId="63595437">
+    <w:abstractNumId w:val="63595437"/>
   </w:num>
-  <w:num w:numId="26799378">
-    <w:abstractNumId w:val="26799378"/>
+  <w:num w:numId="63595438">
+    <w:abstractNumId w:val="63595438"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18148,51 +18148,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId122793399" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId860265593" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId439368fc343da1b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId380468fc343da1bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId552068fc343da2581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId607668fc343da4c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId572168fc343da4cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId677668fc343da4e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId528568fc343da4f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId540268fc343da5106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId533668fc343da5268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId583168fc343da57ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId984268fc343da58b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId654568fc343da5980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId699968fc343da22a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId699968fc343da22a7.jpg"/><Relationship Id="rId992868fc343da39e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId992868fc343da39e4.jpg"/><Relationship Id="rId517668fc343da5a13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517668fc343da5a13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId212069942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId414014088" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36636932dc39c44f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId46946932dc39c455f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId98196932dc39c4e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId66286932dc39c7178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId10176932dc39c71ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId62606932dc39c73b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId55586932dc39c749d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId27516932dc39c75ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId70936932dc39c7766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId48316932dc39c7bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId28766932dc39c7c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92576932dc39c7d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId30656932dc39c4d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30656932dc39c4d38.jpg"/><Relationship Id="rId24566932dc39c609a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24566932dc39c609a.jpg"/><Relationship Id="rId99196932dc39c7dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99196932dc39c7dce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>