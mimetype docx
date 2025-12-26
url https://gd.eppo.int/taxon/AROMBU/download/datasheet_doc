--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Faldermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach borer, peach longicorn beetle, peach musk beetle, peach red necked longhorn, plum and peach longhorn, red neck longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36636932dc39c44f1" w:history="1">
+            <w:hyperlink r:id="rId7778694e2494e18b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46946932dc39c455f" w:history="1">
+            <w:hyperlink r:id="rId5895694e2494e3877" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AROMBU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="83045846" name="name26686932dc39c4d3a" descr="6180.jpg"/>
+                  <wp:docPr id="20879971" name="name1011694e2494e3f63" descr="6180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId30656932dc39c4d38" cstate="print"/>
+                          <a:blip r:embed="rId2414694e2494e3f61" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId98196932dc39c4e83" w:history="1">
+            <w:hyperlink r:id="rId3377694e2494e40c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1275,63 +1275,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is of recent introduction (first reported in 2012). In the EPPO region, isolated outbreaks were reported in Western Europe: in 2011 and 2016 in Bavaria (Germany), in 2012 and 2016 in Campania (Italy), in 2013 in Lombardy (Italy). In some outbreaks, eradication measures are being implemented, in others containment measures are in place.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21753672" name="name78076932dc39c609c" descr="AROMBU_distribution_map.jpg"/>
+            <wp:docPr id="41691212" name="name1693694e2494e50c7" descr="AROMBU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AROMBU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24566932dc39c609a" cstate="print"/>
+                    <a:blip r:embed="rId9955694e2494e50c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3621,51 +3621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (red necked longicorn) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66286932dc39c7178" w:history="1">
+      <w:hyperlink r:id="rId2953694e2494e64ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheetreport/118984</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3691,51 +3691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10176932dc39c71ed" w:history="1">
+      <w:hyperlink r:id="rId8678694e2494e653c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3962,51 +3962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62606932dc39c73b0" w:history="1">
+      <w:hyperlink r:id="rId5316694e2494e6727" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AROMBU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 124-136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55586932dc39c749d" w:history="1">
+      <w:hyperlink r:id="rId9093694e2494e8730" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Griffo R (2012) Le segnalazioni di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PowerPoint presentation, 26 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27516932dc39c75ff" w:history="1">
+      <w:hyperlink r:id="rId9588694e2494e88a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4549,51 +4549,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–249.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70936932dc39c7766" w:history="1">
+      <w:hyperlink r:id="rId5478694e2494e8a07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5257,51 +5257,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1217–1225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48316932dc39c7bdf" w:history="1">
+      <w:hyperlink r:id="rId9439694e2494e8ec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-019-01108-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5367,51 +5367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28766932dc39c7c94" w:history="1">
+      <w:hyperlink r:id="rId7420694e2494e8f89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5487,90 +5487,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92576932dc39c7d58" w:history="1">
+      <w:hyperlink r:id="rId1555694e2494e907c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12173</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75510265" name="name41686932dc39c7dcf" descr="eu_funding_250.png"/>
+            <wp:docPr id="29403233" name="name7693694e2494e90f9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99196932dc39c7dce" cstate="print"/>
+                    <a:blip r:embed="rId6066694e2494e90f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5668,137 +5668,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63595438">
+  <w:abstractNum w:abstractNumId="81707780">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28918296">
+    <w:lvl w:ilvl="0" w:tplc="37265144">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28918296" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37265144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28918296" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37265144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28918296" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37265144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28918296" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37265144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28918296" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37265144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28918296" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37265144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28918296" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37265144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28918296" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37265144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63595437">
+  <w:abstractNum w:abstractNumId="81707779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12630542">
+    <w:lvl w:ilvl="0" w:tplc="19079122">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6550,55 +6550,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63595437">
-    <w:abstractNumId w:val="63595437"/>
+  <w:num w:numId="81707779">
+    <w:abstractNumId w:val="81707779"/>
   </w:num>
-  <w:num w:numId="63595438">
-    <w:abstractNumId w:val="63595438"/>
+  <w:num w:numId="81707780">
+    <w:abstractNumId w:val="81707780"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18148,51 +18148,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId212069942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId414014088" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36636932dc39c44f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId46946932dc39c455f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId98196932dc39c4e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId66286932dc39c7178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId10176932dc39c71ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId62606932dc39c73b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId55586932dc39c749d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId27516932dc39c75ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId70936932dc39c7766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId48316932dc39c7bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId28766932dc39c7c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92576932dc39c7d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId30656932dc39c4d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30656932dc39c4d38.jpg"/><Relationship Id="rId24566932dc39c609a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24566932dc39c609a.jpg"/><Relationship Id="rId99196932dc39c7dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99196932dc39c7dce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId483179757" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId638209055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7778694e2494e18b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId5895694e2494e3877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId3377694e2494e40c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId2953694e2494e64ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId8678694e2494e653c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId5316694e2494e6727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId9093694e2494e8730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId9588694e2494e88a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId5478694e2494e8a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId9439694e2494e8ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId7420694e2494e8f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1555694e2494e907c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId2414694e2494e3f61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2414694e2494e3f61.jpg"/><Relationship Id="rId9955694e2494e50c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9955694e2494e50c5.jpg"/><Relationship Id="rId6066694e2494e90f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6066694e2494e90f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>