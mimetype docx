--- v3 (2025-12-26)
+++ v4 (2026-01-17)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Faldermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach borer, peach longicorn beetle, peach musk beetle, peach red necked longhorn, plum and peach longhorn, red neck longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7778694e2494e18b9" w:history="1">
+            <w:hyperlink r:id="rId6848696af260382d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5895694e2494e3877" w:history="1">
+            <w:hyperlink r:id="rId8885696af2603833d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AROMBU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="20879971" name="name1011694e2494e3f63" descr="6180.jpg"/>
+                  <wp:docPr id="63901976" name="name6724696af260392a4" descr="6180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2414694e2494e3f61" cstate="print"/>
+                          <a:blip r:embed="rId5688696af260392a1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3377694e2494e40c1" w:history="1">
+            <w:hyperlink r:id="rId2528696af260393c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1275,63 +1275,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is of recent introduction (first reported in 2012). In the EPPO region, isolated outbreaks were reported in Western Europe: in 2011 and 2016 in Bavaria (Germany), in 2012 and 2016 in Campania (Italy), in 2013 in Lombardy (Italy). In some outbreaks, eradication measures are being implemented, in others containment measures are in place.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41691212" name="name1693694e2494e50c7" descr="AROMBU_distribution_map.jpg"/>
+            <wp:docPr id="76547766" name="name9907696af2603b4aa" descr="AROMBU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AROMBU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9955694e2494e50c5" cstate="print"/>
+                    <a:blip r:embed="rId4937696af2603b4a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3621,51 +3621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (red necked longicorn) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2953694e2494e64ba" w:history="1">
+      <w:hyperlink r:id="rId9813696af2603caf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheetreport/118984</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3691,51 +3691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8678694e2494e653c" w:history="1">
+      <w:hyperlink r:id="rId3577696af2603cb69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3962,51 +3962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5316694e2494e6727" w:history="1">
+      <w:hyperlink r:id="rId5940696af2603cd30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AROMBU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 124-136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9093694e2494e8730" w:history="1">
+      <w:hyperlink r:id="rId1084696af2603ce1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Griffo R (2012) Le segnalazioni di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PowerPoint presentation, 26 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9588694e2494e88a9" w:history="1">
+      <w:hyperlink r:id="rId4432696af2603cf7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4549,51 +4549,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–249.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5478694e2494e8a07" w:history="1">
+      <w:hyperlink r:id="rId2271696af2603d0d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5257,51 +5257,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1217–1225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9439694e2494e8ec4" w:history="1">
+      <w:hyperlink r:id="rId3045696af2603d52f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-019-01108-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5345,73 +5345,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7420694e2494e8f89" w:history="1">
+      <w:hyperlink r:id="rId8318696af2603d5e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5487,90 +5487,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1555694e2494e907c" w:history="1">
+      <w:hyperlink r:id="rId2570696af2603d6a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12173</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29403233" name="name7693694e2494e90f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="69810167" name="name7686696af2603d706" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6066694e2494e90f8" cstate="print"/>
+                    <a:blip r:embed="rId2380696af2603d705" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5668,137 +5668,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81707780">
+  <w:abstractNum w:abstractNumId="20329565">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37265144">
+    <w:lvl w:ilvl="0" w:tplc="10520353">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37265144" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10520353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37265144" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10520353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37265144" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10520353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37265144" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10520353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37265144" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10520353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37265144" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10520353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37265144" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10520353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37265144" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10520353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81707779">
+  <w:abstractNum w:abstractNumId="20329564">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19079122">
+    <w:lvl w:ilvl="0" w:tplc="52112647">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6550,55 +6550,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81707779">
-    <w:abstractNumId w:val="81707779"/>
+  <w:num w:numId="20329564">
+    <w:abstractNumId w:val="20329564"/>
   </w:num>
-  <w:num w:numId="81707780">
-    <w:abstractNumId w:val="81707780"/>
+  <w:num w:numId="20329565">
+    <w:abstractNumId w:val="20329565"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18148,51 +18148,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId483179757" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId638209055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7778694e2494e18b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId5895694e2494e3877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId3377694e2494e40c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId2953694e2494e64ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId8678694e2494e653c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId5316694e2494e6727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId9093694e2494e8730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId9588694e2494e88a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId5478694e2494e8a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId9439694e2494e8ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId7420694e2494e8f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1555694e2494e907c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId2414694e2494e3f61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2414694e2494e3f61.jpg"/><Relationship Id="rId9955694e2494e50c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9955694e2494e50c5.jpg"/><Relationship Id="rId6066694e2494e90f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6066694e2494e90f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId942092925" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId781503985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6848696af260382d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId8885696af2603833d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId2528696af260393c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId9813696af2603caf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId3577696af2603cb69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId5940696af2603cd30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId1084696af2603ce1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId4432696af2603cf7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId2271696af2603d0d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId3045696af2603d52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId8318696af2603d5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2570696af2603d6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId5688696af260392a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5688696af260392a1.jpg"/><Relationship Id="rId4937696af2603b4a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4937696af2603b4a7.jpg"/><Relationship Id="rId2380696af2603d705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2380696af2603d705.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>