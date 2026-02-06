--- v4 (2026-01-17)
+++ v5 (2026-02-06)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Faldermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach borer, peach longicorn beetle, peach musk beetle, peach red necked longhorn, plum and peach longhorn, red neck longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6848696af260382d1" w:history="1">
+            <w:hyperlink r:id="rId829469860f6b7b924" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -416,53 +416,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8885696af2603833d" w:history="1">
+            <w:hyperlink r:id="rId234869860f6b7b98e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AROMBU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="63901976" name="name6724696af260392a4" descr="6180.jpg"/>
+                  <wp:docPr id="69857598" name="name401369860f6b7bfd3" descr="6180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5688696af260392a1" cstate="print"/>
+                          <a:blip r:embed="rId828769860f6b7bfd1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2528696af260393c1" w:history="1">
+            <w:hyperlink r:id="rId787169860f6b7c109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1275,63 +1275,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is of recent introduction (first reported in 2012). In the EPPO region, isolated outbreaks were reported in Western Europe: in 2011 and 2016 in Bavaria (Germany), in 2012 and 2016 in Campania (Italy), in 2013 in Lombardy (Italy). In some outbreaks, eradication measures are being implemented, in others containment measures are in place.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76547766" name="name9907696af2603b4aa" descr="AROMBU_distribution_map.jpg"/>
+            <wp:docPr id="67110668" name="name126169860f6b7d230" descr="AROMBU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AROMBU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4937696af2603b4a7" cstate="print"/>
+                    <a:blip r:embed="rId447069860f6b7d22d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3621,51 +3621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (red necked longicorn) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9813696af2603caf2" w:history="1">
+      <w:hyperlink r:id="rId177569860f6b7e324" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheetreport/118984</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3691,51 +3691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3577696af2603cb69" w:history="1">
+      <w:hyperlink r:id="rId689669860f6b7e398" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3962,51 +3962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5940696af2603cd30" w:history="1">
+      <w:hyperlink r:id="rId770069860f6b7e55b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AROMBU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 124-136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1084696af2603ce1a" w:history="1">
+      <w:hyperlink r:id="rId730169860f6b7e643" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Griffo R (2012) Le segnalazioni di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PowerPoint presentation, 26 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4432696af2603cf7c" w:history="1">
+      <w:hyperlink r:id="rId996969860f6b7e7a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4549,51 +4549,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–249.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2271696af2603d0d3" w:history="1">
+      <w:hyperlink r:id="rId659869860f6b7e955" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5257,51 +5257,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1217–1225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3045696af2603d52f" w:history="1">
+      <w:hyperlink r:id="rId774069860f6b7edbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-019-01108-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5367,51 +5367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8318696af2603d5e1" w:history="1">
+      <w:hyperlink r:id="rId671169860f6b7ee8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5487,90 +5487,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2570696af2603d6a4" w:history="1">
+      <w:hyperlink r:id="rId210269860f6b7ef9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12173</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69810167" name="name7686696af2603d706" descr="eu_funding_250.png"/>
+            <wp:docPr id="38539586" name="name895269860f6b7f028" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2380696af2603d705" cstate="print"/>
+                    <a:blip r:embed="rId406169860f6b7f027" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5668,137 +5668,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20329565">
+  <w:abstractNum w:abstractNumId="60614162">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10520353">
+    <w:lvl w:ilvl="0" w:tplc="18656016">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10520353" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18656016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10520353" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18656016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10520353" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18656016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10520353" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18656016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10520353" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18656016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10520353" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18656016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10520353" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18656016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10520353" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18656016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20329564">
+  <w:abstractNum w:abstractNumId="60614161">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52112647">
+    <w:lvl w:ilvl="0" w:tplc="84062341">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6550,55 +6550,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20329564">
-    <w:abstractNumId w:val="20329564"/>
+  <w:num w:numId="60614161">
+    <w:abstractNumId w:val="60614161"/>
   </w:num>
-  <w:num w:numId="20329565">
-    <w:abstractNumId w:val="20329565"/>
+  <w:num w:numId="60614162">
+    <w:abstractNumId w:val="60614162"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18148,51 +18148,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId942092925" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId781503985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6848696af260382d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId8885696af2603833d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId2528696af260393c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId9813696af2603caf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId3577696af2603cb69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId5940696af2603cd30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId1084696af2603ce1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId4432696af2603cf7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId2271696af2603d0d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId3045696af2603d52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId8318696af2603d5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2570696af2603d6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId5688696af260392a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5688696af260392a1.jpg"/><Relationship Id="rId4937696af2603b4a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4937696af2603b4a7.jpg"/><Relationship Id="rId2380696af2603d705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2380696af2603d705.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId541832995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId603283969" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId829469860f6b7b924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId234869860f6b7b98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId787169860f6b7c109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId177569860f6b7e324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId689669860f6b7e398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId770069860f6b7e55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId730169860f6b7e643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId996969860f6b7e7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId659869860f6b7e955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId774069860f6b7edbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId671169860f6b7ee8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId210269860f6b7ef9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId828769860f6b7bfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId828769860f6b7bfd1.jpg"/><Relationship Id="rId447069860f6b7d22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId447069860f6b7d22d.jpg"/><Relationship Id="rId406169860f6b7f027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406169860f6b7f027.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>