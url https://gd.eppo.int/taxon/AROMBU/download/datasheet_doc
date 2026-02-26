--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Faldermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach borer, peach longicorn beetle, peach musk beetle, peach red necked longhorn, plum and peach longhorn, red neck longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId829469860f6b7b924" w:history="1">
+            <w:hyperlink r:id="rId957169a0af121451d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234869860f6b7b98e" w:history="1">
+            <w:hyperlink r:id="rId662869a0af1214588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AROMBU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="69857598" name="name401369860f6b7bfd3" descr="6180.jpg"/>
+                  <wp:docPr id="79020109" name="name508969a0af12164d8" descr="6180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId828769860f6b7bfd1" cstate="print"/>
+                          <a:blip r:embed="rId718169a0af12164d3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId787169860f6b7c109" w:history="1">
+            <w:hyperlink r:id="rId575869a0af1216665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1275,63 +1275,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is of recent introduction (first reported in 2012). In the EPPO region, isolated outbreaks were reported in Western Europe: in 2011 and 2016 in Bavaria (Germany), in 2012 and 2016 in Campania (Italy), in 2013 in Lombardy (Italy). In some outbreaks, eradication measures are being implemented, in others containment measures are in place.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67110668" name="name126169860f6b7d230" descr="AROMBU_distribution_map.jpg"/>
+            <wp:docPr id="10072257" name="name286069a0af12197d3" descr="AROMBU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AROMBU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId447069860f6b7d22d" cstate="print"/>
+                    <a:blip r:embed="rId625169a0af12197cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3621,51 +3621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (red necked longicorn) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177569860f6b7e324" w:history="1">
+      <w:hyperlink r:id="rId953069a0af121ba31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheetreport/118984</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3691,51 +3691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689669860f6b7e398" w:history="1">
+      <w:hyperlink r:id="rId625069a0af121baab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3962,51 +3962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770069860f6b7e55b" w:history="1">
+      <w:hyperlink r:id="rId916369a0af121bc65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AROMBU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 124-136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730169860f6b7e643" w:history="1">
+      <w:hyperlink r:id="rId370469a0af121bd53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Griffo R (2012) Le segnalazioni di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PowerPoint presentation, 26 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996969860f6b7e7a2" w:history="1">
+      <w:hyperlink r:id="rId434069a0af121bee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4549,51 +4549,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–249.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659869860f6b7e955" w:history="1">
+      <w:hyperlink r:id="rId776969a0af121c044" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5257,51 +5257,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1217–1225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId774069860f6b7edbe" w:history="1">
+      <w:hyperlink r:id="rId378469a0af121c4c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-019-01108-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5367,51 +5367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId671169860f6b7ee8e" w:history="1">
+      <w:hyperlink r:id="rId984969a0af121eb65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5487,90 +5487,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId210269860f6b7ef9b" w:history="1">
+      <w:hyperlink r:id="rId420869a0af121ec3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12173</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38539586" name="name895269860f6b7f028" descr="eu_funding_250.png"/>
+            <wp:docPr id="92422173" name="name797069a0af121f143" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId406169860f6b7f027" cstate="print"/>
+                    <a:blip r:embed="rId374769a0af121f142" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5668,137 +5668,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60614162">
+  <w:abstractNum w:abstractNumId="87331532">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18656016">
+    <w:lvl w:ilvl="0" w:tplc="24394121">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18656016" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24394121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18656016" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24394121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18656016" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24394121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18656016" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24394121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18656016" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24394121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18656016" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24394121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18656016" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24394121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18656016" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24394121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60614161">
+  <w:abstractNum w:abstractNumId="87331531">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84062341">
+    <w:lvl w:ilvl="0" w:tplc="44079931">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6550,55 +6550,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60614161">
-    <w:abstractNumId w:val="60614161"/>
+  <w:num w:numId="87331531">
+    <w:abstractNumId w:val="87331531"/>
   </w:num>
-  <w:num w:numId="60614162">
-    <w:abstractNumId w:val="60614162"/>
+  <w:num w:numId="87331532">
+    <w:abstractNumId w:val="87331532"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18148,51 +18148,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId541832995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId603283969" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId829469860f6b7b924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId234869860f6b7b98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId787169860f6b7c109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId177569860f6b7e324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId689669860f6b7e398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId770069860f6b7e55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId730169860f6b7e643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId996969860f6b7e7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId659869860f6b7e955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId774069860f6b7edbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId671169860f6b7ee8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId210269860f6b7ef9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId828769860f6b7bfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId828769860f6b7bfd1.jpg"/><Relationship Id="rId447069860f6b7d22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId447069860f6b7d22d.jpg"/><Relationship Id="rId406169860f6b7f027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406169860f6b7f027.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537700131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId553409369" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId957169a0af121451d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId662869a0af1214588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId575869a0af1216665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId953069a0af121ba31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId625069a0af121baab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId916369a0af121bc65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId370469a0af121bd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId434069a0af121bee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId776969a0af121c044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId378469a0af121c4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId984969a0af121eb65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420869a0af121ec3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId718169a0af12164d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718169a0af12164d3.jpg"/><Relationship Id="rId625169a0af12197cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId625169a0af12197cf.jpg"/><Relationship Id="rId374769a0af121f142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId374769a0af121f142.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>