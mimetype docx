--- v6 (2026-02-26)
+++ v7 (2026-03-19)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Faldermann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach borer, peach longicorn beetle, peach musk beetle, peach red necked longhorn, plum and peach longhorn, red neck longhorned beetle (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId957169a0af121451d" w:history="1">
+            <w:hyperlink r:id="rId150069bb5e2446342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId662869a0af1214588" w:history="1">
+            <w:hyperlink r:id="rId575869bb5e24463ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AROMBU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="79020109" name="name508969a0af12164d8" descr="6180.jpg"/>
+                  <wp:docPr id="83733597" name="name545969bb5e24464d4" descr="6180.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6180.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId718169a0af12164d3" cstate="print"/>
+                          <a:blip r:embed="rId629969bb5e24464d3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId575869a0af1216665" w:history="1">
+            <w:hyperlink r:id="rId523769bb5e24465e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1275,63 +1275,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is of recent introduction (first reported in 2012). In the EPPO region, isolated outbreaks were reported in Western Europe: in 2011 and 2016 in Bavaria (Germany), in 2012 and 2016 in Campania (Italy), in 2013 in Lombardy (Italy). In some outbreaks, eradication measures are being implemented, in others containment measures are in place.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10072257" name="name286069a0af12197d3" descr="AROMBU_distribution_map.jpg"/>
+            <wp:docPr id="11708479" name="name276469bb5e2447be7" descr="AROMBU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AROMBU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId625169a0af12197cf" cstate="print"/>
+                    <a:blip r:embed="rId499769bb5e2447be0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3621,51 +3621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (red necked longicorn) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953069a0af121ba31" w:history="1">
+      <w:hyperlink r:id="rId957469bb5e2449126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheetreport/118984</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3691,51 +3691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625069a0af121baab" w:history="1">
+      <w:hyperlink r:id="rId524569bb5e24491ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3962,51 +3962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916369a0af121bc65" w:history="1">
+      <w:hyperlink r:id="rId963369bb5e244938f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AROMBU/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 124-136. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370469a0af121bd53" w:history="1">
+      <w:hyperlink r:id="rId766769bb5e2449493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4334,51 +4334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Griffo R (2012) Le segnalazioni di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PowerPoint presentation, 26 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434069a0af121bee5" w:history="1">
+      <w:hyperlink r:id="rId376069bb5e244961a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4549,51 +4549,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–249.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776969a0af121c044" w:history="1">
+      <w:hyperlink r:id="rId938369bb5e2449776" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5257,51 +5257,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1217–1225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378469a0af121c4c9" w:history="1">
+      <w:hyperlink r:id="rId387569bb5e2449c1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-019-01108-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5367,51 +5367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aromia bungii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984969a0af121eb65" w:history="1">
+      <w:hyperlink r:id="rId723269bb5e2449cd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5487,90 +5487,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4-8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420869a0af121ec3f" w:history="1">
+      <w:hyperlink r:id="rId154069bb5e2449dbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12173</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92422173" name="name797069a0af121f143" descr="eu_funding_250.png"/>
+            <wp:docPr id="75494446" name="name292569bb5e2449e5c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId374769a0af121f142" cstate="print"/>
+                    <a:blip r:embed="rId456769bb5e2449e5b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5668,137 +5668,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87331532">
+  <w:abstractNum w:abstractNumId="38861341">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24394121">
+    <w:lvl w:ilvl="0" w:tplc="73777103">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24394121" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73777103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24394121" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73777103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24394121" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73777103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24394121" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73777103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24394121" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73777103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24394121" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73777103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24394121" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73777103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24394121" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73777103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87331531">
+  <w:abstractNum w:abstractNumId="38861340">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44079931">
+    <w:lvl w:ilvl="0" w:tplc="19695129">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6550,55 +6550,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87331531">
-    <w:abstractNumId w:val="87331531"/>
+  <w:num w:numId="38861340">
+    <w:abstractNumId w:val="38861340"/>
   </w:num>
-  <w:num w:numId="87331532">
-    <w:abstractNumId w:val="87331532"/>
+  <w:num w:numId="38861341">
+    <w:abstractNumId w:val="38861341"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18148,51 +18148,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537700131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId553409369" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId957169a0af121451d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId662869a0af1214588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId575869a0af1216665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId953069a0af121ba31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId625069a0af121baab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId916369a0af121bc65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId370469a0af121bd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId434069a0af121bee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId776969a0af121c044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId378469a0af121c4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId984969a0af121eb65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420869a0af121ec3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId718169a0af12164d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718169a0af12164d3.jpg"/><Relationship Id="rId625169a0af12197cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId625169a0af12197cf.jpg"/><Relationship Id="rId374769a0af121f142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId374769a0af121f142.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358362948" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId898783515" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId150069bb5e2446342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/" TargetMode="External"/><Relationship Id="rId575869bb5e24463ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/categorization" TargetMode="External"/><Relationship Id="rId523769bb5e24465e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/photos" TargetMode="External"/><Relationship Id="rId957469bb5e2449126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheetreport/118984" TargetMode="External"/><Relationship Id="rId524569bb5e24491ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1731" TargetMode="External"/><Relationship Id="rId963369bb5e244938f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AROMBU/documents" TargetMode="External"/><Relationship Id="rId766769bb5e2449493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13008" TargetMode="External"/><Relationship Id="rId376069bb5e244961a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slideshare.net/ImageLine/raffaele-griffoaromiabungiifmv2012" TargetMode="External"/><Relationship Id="rId938369bb5e2449776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/aromia-bungii/aromia-bungii" TargetMode="External"/><Relationship Id="rId387569bb5e2449c1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-019-01108-6" TargetMode="External"/><Relationship Id="rId723269bb5e2449cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId154069bb5e2449dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12173" TargetMode="External"/><Relationship Id="rId629969bb5e24464d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId629969bb5e24464d3.jpg"/><Relationship Id="rId499769bb5e2447be0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId499769bb5e2447be0.jpg"/><Relationship Id="rId456769bb5e2449e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456769bb5e2449e5b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>