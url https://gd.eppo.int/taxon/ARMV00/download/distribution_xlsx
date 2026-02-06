--- v0 (2025-11-17)
+++ v1 (2026-02-06)
@@ -362,51 +362,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>