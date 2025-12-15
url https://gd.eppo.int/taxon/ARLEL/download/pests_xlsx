--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ARLEL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDU</t>
   </si>
   <si>
     <t>Aleurodicus dugesii (as Aralia)</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
@@ -84,50 +84,56 @@
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.
 * Park JD, Kim M-Y, Lee S-G, Shin S-C, Kim J, Park I-K (2009) Biological characteristics of Lycorma delicatula and the control effects of some Insecticides. Korean Journal of Applied Entomology 48(1), 53-57.
 ------- Nymphs feeding and serious damage were observed in Korea.</t>
   </si>
   <si>
     <t>POCZCH</t>
   </si>
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
 * Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
   </si>
   <si>
     <t>HESOCA</t>
+  </si>
+  <si>
+    <t>Trichoferus campestris</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Aralia)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -437,62 +443,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="307.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="370.338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -559,50 +565,64 @@
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">