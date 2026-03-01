--- v1 (2025-12-15)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ARLEL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDU</t>
   </si>
   <si>
     <t>Aleurodicus dugesii (as Aralia)</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
@@ -81,50 +81,60 @@
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.
 * Park JD, Kim M-Y, Lee S-G, Shin S-C, Kim J, Park I-K (2009) Biological characteristics of Lycorma delicatula and the control effects of some Insecticides. Korean Journal of Applied Entomology 48(1), 53-57.
 ------- Nymphs feeding and serious damage were observed in Korea.</t>
   </si>
   <si>
     <t>POCZCH</t>
   </si>
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
 * Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Aralia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Aralia)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -443,61 +453,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="370.338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -572,57 +582,71 @@
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-        <v>26</v>
+      <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">