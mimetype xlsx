--- v0 (2025-10-12)
+++ v1 (2025-11-21)
@@ -12,97 +12,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ARHHY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ERWIST</t>
   </si>
   <si>
     <t>Pantoea stewartii subsp. stewartii</t>
   </si>
   <si>
     <t xml:space="preserve">* Ha VT, Hoang LK, Huyen PK (2024) Pantoea stewartii subsp. stewartii, the causative agent of Thai jackfruit’s bronzing disease and its possible host range in Vietnam. Journal of Plant Protection Research 64(2), 149-157. https://doi.org/10.24425/jppr.2024.150249
 ------- host in host range testing. </t>
   </si>
   <si>
     <t>SDV000</t>
   </si>
   <si>
     <t>Sadwavirus citri</t>
   </si>
   <si>
     <t>* Tanaka S, Kishi K &amp; Yamada A (1965) Research on the indicator plants of Satsuma dwarf and Hassaku dwarf viruses. Proceedings of IOCV Conference 3(3), 260-267.
 * Tanaka S, Kishi K (1963) Studies on indicator plants for citrus viruses. Mechanical inoculation on leguminous plants with sap from satsuma dwarf tree. Annals of the Phytopathological Society of Japan 28, 262–269.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Pal PK (2004) Seasonal diversity with incidence and damage of insect pests in groundnut under red and laterite zone of West Bengal. Environment and Ecology 22(3), 565-570.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* McKenzie CL, Sparks Jr AN, Roberts P, Oetting RD, Osborne LS (2020) Survey of Bemisia tabaci (Hemiptera: Aleyrodidae) in agricultural ecosystems in Georgia. Journal of Entomological Science 55(2), 163-170.</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t xml:space="preserve">* De Tomás CL, Peralta QK (1994) Heliothis virescens comp plaga del manzano en el Valle de Mala. Revista Peruana De Entolomogía, 36(1), 89-90.
 * Hallman GJ (1980) Huéspedes y enemigos naturales de Heliothis spp., en la región algodonera del Departamento del Tolima, Colombia. Turrialba 30(3), 272-279.
 * Kogan M, Helm CG, Kogan J, Brewer E (1989) Distribution and economic importance of Heliothis virescens and Heliothis zea in North, Central, and South America and of their Natural Enemies and Host Plants. pp 241-297 In Proceedings of the Workshop on Biological Control of Heliothis: Increasing the effectiveness of natural enemies. USDA.
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Main host (evidence that the plant supports populations of the pest in several generations or years, i.e. true hosts, or plant mentioned as common or preferred host – see PRA for further details on the host)
 </t>
   </si>
   <si>
@@ -927,51 +936,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D61"/>
+  <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="410.471" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1049,119 +1058,119 @@
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>28</v>
       </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>39</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
@@ -1227,65 +1236,65 @@
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>65</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
@@ -1365,153 +1374,153 @@
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" t="s">
         <v>88</v>
       </c>
       <c r="D30" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" t="s">
         <v>91</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>94</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
       <c r="C33" t="s">
         <v>96</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C35" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>101</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
         <v>102</v>
       </c>
       <c r="C36" t="s">
         <v>103</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>110</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
         <v>111</v>
       </c>
       <c r="C40" t="s">
         <v>112</v>
       </c>
       <c r="D40" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" t="s">
         <v>115</v>
       </c>
@@ -1535,65 +1544,65 @@
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
         <v>120</v>
       </c>
       <c r="C43" t="s">
         <v>121</v>
       </c>
       <c r="D43" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
         <v>123</v>
       </c>
       <c r="C44" t="s">
         <v>124</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C45" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>127</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
         <v>128</v>
       </c>
       <c r="C46" t="s">
         <v>129</v>
       </c>
       <c r="D46" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
         <v>131</v>
       </c>
       <c r="C47" t="s">
         <v>132</v>
       </c>
@@ -1609,204 +1618,218 @@
         <v>134</v>
       </c>
       <c r="C48" t="s">
         <v>135</v>
       </c>
       <c r="D48" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
         <v>137</v>
       </c>
       <c r="C49" t="s">
         <v>138</v>
       </c>
       <c r="D49" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>11</v>
+      </c>
+      <c r="B50" t="s">
         <v>140</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>141</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>142</v>
       </c>
-      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B51" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C51" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>145</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B52" t="s">
         <v>146</v>
       </c>
       <c r="C52" t="s">
         <v>147</v>
       </c>
       <c r="D52" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B53" t="s">
         <v>149</v>
       </c>
       <c r="C53" t="s">
         <v>150</v>
       </c>
-      <c r="D53"/>
+      <c r="D53" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B54" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C55" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C56" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="D56" t="s">
         <v>157</v>
       </c>
+      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B57" t="s">
         <v>158</v>
       </c>
       <c r="C57" t="s">
         <v>159</v>
       </c>
       <c r="D57" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B58" t="s">
         <v>161</v>
       </c>
       <c r="C58" t="s">
         <v>162</v>
       </c>
       <c r="D58" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B59" t="s">
         <v>164</v>
       </c>
       <c r="C59" t="s">
         <v>165</v>
       </c>
       <c r="D59" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B60" t="s">
         <v>167</v>
       </c>
       <c r="C60" t="s">
         <v>168</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="B61" t="s">
         <v>170</v>
       </c>
       <c r="C61" t="s">
         <v>171</v>
       </c>
-      <c r="D61" t="s">
+      <c r="D61"/>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
         <v>172</v>
+      </c>
+      <c r="B62" t="s">
+        <v>173</v>
+      </c>
+      <c r="C62" t="s">
+        <v>174</v>
+      </c>
+      <c r="D62" t="s">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">