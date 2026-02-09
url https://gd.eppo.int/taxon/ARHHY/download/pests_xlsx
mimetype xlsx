--- v1 (2025-11-21)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ARHHY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ERWIST</t>
   </si>
   <si>
     <t>Pantoea stewartii subsp. stewartii</t>
   </si>
   <si>
     <t xml:space="preserve">* Ha VT, Hoang LK, Huyen PK (2024) Pantoea stewartii subsp. stewartii, the causative agent of Thai jackfruit’s bronzing disease and its possible host range in Vietnam. Journal of Plant Protection Research 64(2), 149-157. https://doi.org/10.24425/jppr.2024.150249
 ------- host in host range testing. </t>
   </si>
@@ -126,50 +126,59 @@
   <si>
     <t>DIABSC</t>
   </si>
   <si>
     <t>Diabrotica speciosa</t>
   </si>
   <si>
     <t>DIABUN</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata undecimpunctata</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 -------- Larval and adult host.</t>
   </si>
   <si>
     <t>DPREAB</t>
   </si>
   <si>
     <t>Diaprepes abbreviatus</t>
   </si>
   <si>
     <t xml:space="preserve">* EFSA PLH Panel (EFSA Panel on Plant Health) (2023) Pest categorisation of Diaprepes abbreviatus. EFSA Journal 21(11), 1–42. https://doi.org/10.2903/j.efsa.2023.83
 -------host plant supporting the whole life cycle. </t>
+  </si>
+  <si>
+    <t>DITYDE</t>
+  </si>
+  <si>
+    <t>Ditylenchus destructor</t>
+  </si>
+  <si>
+    <t>* Basson S, De Waele DG, Meyer AJ (1991) Population dynamics of Ditylenchus destructor on peanut. Journal of Nematology 23(4), 485–490.</t>
   </si>
   <si>
     <t>ELASLI</t>
   </si>
   <si>
     <t>Elasmopalpus lignosellus</t>
   </si>
   <si>
     <t>* Gill HK, Capinera JL, McSorley R (2017) Featured Creatures. Lesser cornstalk borer. Elasmopalpus lignosellus (Zeller) (Insecta: lepidoptera: Pyralidae). University of Florida (US). http://entnemdept.ufl.edu/creatures/field/lesser_cornstalk_borer.htm
 * Mack TP, Backman CB (1990) Effects of two planting dates and three tillage systems on the abundance of lesser cornstalk borer (Lepidoptera: Pyralidae), other selected insects, and yield in peanut fields. Journal of Economic Entomology 83(3), 1034–1041.
 * Neunzig HH (1979) Systematics of immature Phycitines (Lepidoptera: Pyralidae) associated with leguminous plants in the Southern United States. USDA Technical Bulletin no. 1589, 126 pp.
 * Sandhu HS (2010) Biology and cultural control of lesser cornstalk borer on sugarcane. PhD thesis. University of Florida. https://ufdcimages.uflib.ufl.edu/UF/E0/04/14/72/00001/sandhu_h.pdf</t>
   </si>
   <si>
     <t>SPHAAR</t>
   </si>
   <si>
     <t>Elsinoë arachidis</t>
   </si>
   <si>
     <t>EURHBR</t>
   </si>
   <si>
     <t>Eurhizococcus brasiliensis</t>
   </si>
@@ -936,51 +945,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="410.471" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1126,65 +1135,65 @@
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>42</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
@@ -1250,65 +1259,65 @@
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s">
         <v>65</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>68</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
@@ -1388,153 +1397,153 @@
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" t="s">
         <v>91</v>
       </c>
       <c r="D31" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" t="s">
         <v>94</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>97</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" t="s">
         <v>99</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C36" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>104</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
       <c r="C37" t="s">
         <v>106</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>113</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" t="s">
         <v>115</v>
       </c>
       <c r="D41" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
         <v>117</v>
       </c>
       <c r="C42" t="s">
         <v>118</v>
       </c>
@@ -1558,65 +1567,65 @@
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
         <v>123</v>
       </c>
       <c r="C44" t="s">
         <v>124</v>
       </c>
       <c r="D44" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
         <v>126</v>
       </c>
       <c r="C45" t="s">
         <v>127</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>130</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
         <v>131</v>
       </c>
       <c r="C47" t="s">
         <v>132</v>
       </c>
       <c r="D47" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
         <v>134</v>
       </c>
       <c r="C48" t="s">
         <v>135</v>
       </c>
@@ -1632,204 +1641,218 @@
         <v>137</v>
       </c>
       <c r="C49" t="s">
         <v>138</v>
       </c>
       <c r="D49" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
         <v>140</v>
       </c>
       <c r="C50" t="s">
         <v>141</v>
       </c>
       <c r="D50" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>11</v>
+      </c>
+      <c r="B51" t="s">
         <v>143</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>144</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>145</v>
       </c>
-      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C52" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D52" t="s">
         <v>148</v>
       </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B53" t="s">
         <v>149</v>
       </c>
       <c r="C53" t="s">
         <v>150</v>
       </c>
       <c r="D53" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B54" t="s">
         <v>152</v>
       </c>
       <c r="C54" t="s">
         <v>153</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B55" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C55" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C56" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B57" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C57" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>160</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B58" t="s">
         <v>161</v>
       </c>
       <c r="C58" t="s">
         <v>162</v>
       </c>
       <c r="D58" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B59" t="s">
         <v>164</v>
       </c>
       <c r="C59" t="s">
         <v>165</v>
       </c>
       <c r="D59" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B60" t="s">
         <v>167</v>
       </c>
       <c r="C60" t="s">
         <v>168</v>
       </c>
       <c r="D60" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B61" t="s">
         <v>170</v>
       </c>
       <c r="C61" t="s">
         <v>171</v>
       </c>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>172</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>172</v>
+        <v>146</v>
       </c>
       <c r="B62" t="s">
         <v>173</v>
       </c>
       <c r="C62" t="s">
         <v>174</v>
       </c>
-      <c r="D62" t="s">
+      <c r="D62"/>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
         <v>175</v>
+      </c>
+      <c r="B63" t="s">
+        <v>176</v>
+      </c>
+      <c r="C63" t="s">
+        <v>177</v>
+      </c>
+      <c r="D63" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">