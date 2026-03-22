--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -12,62 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ARHHY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>PHYPAA</t>
+  </si>
+  <si>
+    <t>'Candidatus Phytoplasma australasia'</t>
+  </si>
+  <si>
+    <t>Not clear if this plant is relevant to subgroup 16Sr II-D</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ERWIST</t>
   </si>
   <si>
     <t>Pantoea stewartii subsp. stewartii</t>
   </si>
   <si>
     <t xml:space="preserve">* Ha VT, Hoang LK, Huyen PK (2024) Pantoea stewartii subsp. stewartii, the causative agent of Thai jackfruit’s bronzing disease and its possible host range in Vietnam. Journal of Plant Protection Research 64(2), 149-157. https://doi.org/10.24425/jppr.2024.150249
 ------- host in host range testing. </t>
   </si>
   <si>
     <t>SDV000</t>
   </si>
   <si>
     <t>Sadwavirus citri</t>
   </si>
   <si>
     <t>* Tanaka S, Kishi K &amp; Yamada A (1965) Research on the indicator plants of Satsuma dwarf and Hassaku dwarf viruses. Proceedings of IOCV Conference 3(3), 260-267.
 * Tanaka S, Kishi K (1963) Studies on indicator plants for citrus viruses. Mechanical inoculation on leguminous plants with sap from satsuma dwarf tree. Annals of the Phytopathological Society of Japan 28, 262–269.</t>
   </si>
   <si>
@@ -487,56 +499,50 @@
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* Bernal R &amp; Pineiro C (1982) Nuevos acaros encontrados sobre citrus en la zona de salto.</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Renuka Biradar, Mahabaleshwar Hegde (2018) Thrips population diversity in summer groundnut. Environment &amp; Ecology 35(2B), 1037-1040.</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>Major host</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma australasia'</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Iwaki M, Thongmeearkom P, Honda Y, Prommin M, Deema N, Hibi T, Iizuka N, Ong CA, Saleh N (1986) Cowpea mild mottle virus occurring on soybean and peanut in Southeast Asian countries. Technical Bulletin of the Tropical Agriculture Research Center. (No. 21), 106-120.
 * Jeyanandarajah P, Brunt AA (1993) The natural occurrence, transmission, properties and possible affinities of Cowpea mild mottle virus. Journal of Phytopathology 137(2), 148-156.
 * Rosario K, Capobianco H, Ng TFF, Breitbart M, Polston JE (2014) RNA viral metagenome of whiteflies leads to the discovery and characterization of a whitefly-transmitted Carlavirus in North America. PLoS ONE 9(1), e86748. https://doi.org/10.1371/journal.pone.0086748
 * Thouvenel JC, Monsarrat A, Fauquet C (1982) Isolation of cowpea mild mottle virus from diseased soybeans in the Ivory Coast. Plant Disease 66(4), 336-337.</t>
   </si>
   <si>
     <t>DIABUH</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata howardi</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 ------- Larval host.</t>
   </si>
   <si>
     <t>GCSV00</t>
@@ -953,906 +959,908 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="410.471" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>29</v>
+      </c>
+      <c r="D9" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C23" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>69</v>
+      </c>
+      <c r="D23" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C24" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>98</v>
+      </c>
+      <c r="D33" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C34" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>103</v>
+      </c>
+      <c r="D35" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>110</v>
+      </c>
+      <c r="D38" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C39" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C40" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B42" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D42" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C46" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>131</v>
+      </c>
+      <c r="D46" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C48" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B50" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C50" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D50" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B51" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C51" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="B52" t="s">
         <v>147</v>
       </c>
       <c r="C52" t="s">
         <v>148</v>
       </c>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B53" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C53" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D53" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B54" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C54" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D54" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B55" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C55" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B56" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C56" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B57" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C57" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B58" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C58" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D58" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B59" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C59" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D59" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C60" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D60" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B61" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C61" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D61" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B62" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C62" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B63" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C63" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D63" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">