--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus codling moth, false codling moth, orange codling moth, orange moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId587168e65e3b5ca05" w:history="1">
+            <w:hyperlink r:id="rId83976901be37eea43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId673268e65e3b5ca88" w:history="1">
+            <w:hyperlink r:id="rId53846901be37eeaab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARGPLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8910500" name="name788668e65e3b5d167" descr="4048.jpg"/>
+                  <wp:docPr id="21931167" name="name32886901be37ef3b0" descr="4048.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4048.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId225768e65e3b5d165" cstate="print"/>
+                          <a:blip r:embed="rId91416901be37ef3ae" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId776268e65e3b5d2a6" w:history="1">
+            <w:hyperlink r:id="rId85446901be37ef502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2546,63 +2546,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is restricted to Africa and Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51519726" name="name626468e65e3b5ebb5" descr="ARGPLE_distribution_map.jpg"/>
+            <wp:docPr id="88944707" name="name75506901be37f13f9" descr="ARGPLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARGPLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId370968e65e3b5ebb2" cstate="print"/>
+                    <a:blip r:embed="rId81576901be37f13f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4310,51 +4310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (false codling moth (FCM). Invasive Species Compendium, online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286968e65e3b5f8c0" w:history="1">
+      <w:hyperlink r:id="rId88166901be37f219d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4400,63 +4400,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 151-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983368e65e3b5f954" w:history="1">
+      <w:hyperlink r:id="rId11736901be37f2233" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.co.za/doi/10.10520/AJA03701263_496</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId960068e65e3b5f967" w:history="1"/>
+      <w:hyperlink r:id="rId85936901be37f2247" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daiber CC (1979b) A study of the biology of the false codling moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4703,51 +4703,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Meyrick). Doctoral dissertation, Stellenbosch: Stellenbosch University, South Africa,  98 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Prins J &amp; De Prins W (2019) Afromoths, online database of Afrotropical moth species (Lepidoptera). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359568e65e3b5fb50" w:history="1">
+      <w:hyperlink r:id="rId86666901be37f243c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.africanmoths.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4793,51 +4793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 6799, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961068e65e3b5fbe5" w:history="1">
+      <w:hyperlink r:id="rId40506901be37f24d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4863,101 +4863,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17: 1916E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188968e65e3b5fc55" w:history="1">
+      <w:hyperlink r:id="rId71986901be37f2541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1916</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521568e65e3b5fca7" w:history="1">
+      <w:hyperlink r:id="rId56446901be37f2593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250268e65e3b5fd17" w:history="1">
+      <w:hyperlink r:id="rId20126901be37f2602" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12724</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5073,141 +5073,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 248-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233368e65e3b5fda3" w:history="1">
+      <w:hyperlink r:id="rId94886901be37f268f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12580</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM, Baixeras J &amp; Brown JW (2018) T@RTS: Online World Catalogue of the Tortricidae (Ver. 4.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950068e65e3b5fdd6" w:history="1">
+      <w:hyperlink r:id="rId28576901be37f26c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2012) TortAI, Tortricids of Agricultural Importance to the United States (Lepidoptera: Tortricidae). Identification Technology Program (ITP),   USDA/APHIS/PPQ/CPHST, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740268e65e3b5fe08" w:history="1">
+      <w:hyperlink r:id="rId40756901be37f26f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Passoa SC (2014) LepIntercept, An identification resource for intercepted Lepidoptera larvae: Identification Technology Program (ITP), USDA-APHIS-PPQ-S&amp;T, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244568e65e3b5fe39" w:history="1">
+      <w:hyperlink r:id="rId66476901be37f2724" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5627,51 +5627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and their efficacy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus Research International</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Nelspruit, South Africa. 8 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683468e65e3b6011e" w:history="1">
+      <w:hyperlink r:id="rId14756901be37f2a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusres.org/downloads/market-access</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990468e65e3b60429" w:history="1">
+      <w:hyperlink r:id="rId23186901be37f2d1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6162,63 +6162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17185375" name="name812568e65e3b607ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="21904381" name="name53736901be37f2df0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId664268e65e3b607aa" cstate="print"/>
+                    <a:blip r:embed="rId96006901be37f2def" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6316,137 +6316,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91183116">
+  <w:abstractNum w:abstractNumId="39016829">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31636411">
+    <w:lvl w:ilvl="0" w:tplc="99884678">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31636411" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99884678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31636411" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99884678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31636411" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99884678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31636411" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99884678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31636411" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99884678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31636411" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99884678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31636411" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99884678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31636411" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99884678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91183115">
+  <w:abstractNum w:abstractNumId="39016828">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13155612">
+    <w:lvl w:ilvl="0" w:tplc="17223128">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7198,55 +7198,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91183115">
-    <w:abstractNumId w:val="91183115"/>
+  <w:num w:numId="39016828">
+    <w:abstractNumId w:val="39016828"/>
   </w:num>
-  <w:num w:numId="91183116">
-    <w:abstractNumId w:val="91183116"/>
+  <w:num w:numId="39016829">
+    <w:abstractNumId w:val="39016829"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18796,51 +18796,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401197158" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId985895594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId587168e65e3b5ca05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId673268e65e3b5ca88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId776268e65e3b5d2a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId286968e65e3b5f8c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId983368e65e3b5f954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId960068e65e3b5f967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId359568e65e3b5fb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId961068e65e3b5fbe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId188968e65e3b5fc55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId521568e65e3b5fca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId250268e65e3b5fd17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId233368e65e3b5fda3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId950068e65e3b5fdd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId740268e65e3b5fe08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId244568e65e3b5fe39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId683468e65e3b6011e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId990468e65e3b60429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId225768e65e3b5d165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId225768e65e3b5d165.jpg"/><Relationship Id="rId370968e65e3b5ebb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370968e65e3b5ebb2.jpg"/><Relationship Id="rId664268e65e3b607aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664268e65e3b607aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId302888743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId542929264" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83976901be37eea43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId53846901be37eeaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId85446901be37ef502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId88166901be37f219d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId11736901be37f2233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId85936901be37f2247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId86666901be37f243c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId40506901be37f24d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId71986901be37f2541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId56446901be37f2593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId20126901be37f2602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId94886901be37f268f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId28576901be37f26c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId40756901be37f26f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId66476901be37f2724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId14756901be37f2a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId23186901be37f2d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91416901be37ef3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91416901be37ef3ae.jpg"/><Relationship Id="rId81576901be37f13f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81576901be37f13f5.jpg"/><Relationship Id="rId96006901be37f2def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96006901be37f2def.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>