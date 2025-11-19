--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus codling moth, false codling moth, orange codling moth, orange moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83976901be37eea43" w:history="1">
+            <w:hyperlink r:id="rId1071691d0cb2a06ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53846901be37eeaab" w:history="1">
+            <w:hyperlink r:id="rId9507691d0cb2a0778" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARGPLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21931167" name="name32886901be37ef3b0" descr="4048.jpg"/>
+                  <wp:docPr id="95308775" name="name1335691d0cb2a0fd7" descr="4048.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4048.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId91416901be37ef3ae" cstate="print"/>
+                          <a:blip r:embed="rId6816691d0cb2a0fd5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId85446901be37ef502" w:history="1">
+            <w:hyperlink r:id="rId2688691d0cb2a10f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2546,63 +2546,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is restricted to Africa and Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88944707" name="name75506901be37f13f9" descr="ARGPLE_distribution_map.jpg"/>
+            <wp:docPr id="78654625" name="name7623691d0cb2a30dc" descr="ARGPLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARGPLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81576901be37f13f5" cstate="print"/>
+                    <a:blip r:embed="rId4422691d0cb2a30d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4310,51 +4310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (false codling moth (FCM). Invasive Species Compendium, online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88166901be37f219d" w:history="1">
+      <w:hyperlink r:id="rId5319691d0cb2a4181" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4400,63 +4400,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 151-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11736901be37f2233" w:history="1">
+      <w:hyperlink r:id="rId6702691d0cb2a421c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.co.za/doi/10.10520/AJA03701263_496</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId85936901be37f2247" w:history="1"/>
+      <w:hyperlink r:id="rId7481691d0cb2a4230" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daiber CC (1979b) A study of the biology of the false codling moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4703,51 +4703,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Meyrick). Doctoral dissertation, Stellenbosch: Stellenbosch University, South Africa,  98 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Prins J &amp; De Prins W (2019) Afromoths, online database of Afrotropical moth species (Lepidoptera). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86666901be37f243c" w:history="1">
+      <w:hyperlink r:id="rId6036691d0cb2a462c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.africanmoths.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4793,51 +4793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 6799, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40506901be37f24d1" w:history="1">
+      <w:hyperlink r:id="rId5849691d0cb2a46c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4863,101 +4863,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17: 1916E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71986901be37f2541" w:history="1">
+      <w:hyperlink r:id="rId8010691d0cb2a4738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1916</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56446901be37f2593" w:history="1">
+      <w:hyperlink r:id="rId9494691d0cb2a478a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20126901be37f2602" w:history="1">
+      <w:hyperlink r:id="rId3082691d0cb2a47f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12724</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5073,141 +5073,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 248-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94886901be37f268f" w:history="1">
+      <w:hyperlink r:id="rId1090691d0cb2a4887" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12580</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM, Baixeras J &amp; Brown JW (2018) T@RTS: Online World Catalogue of the Tortricidae (Ver. 4.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28576901be37f26c0" w:history="1">
+      <w:hyperlink r:id="rId7975691d0cb2a48b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2012) TortAI, Tortricids of Agricultural Importance to the United States (Lepidoptera: Tortricidae). Identification Technology Program (ITP),   USDA/APHIS/PPQ/CPHST, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40756901be37f26f2" w:history="1">
+      <w:hyperlink r:id="rId3979691d0cb2a4910" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Passoa SC (2014) LepIntercept, An identification resource for intercepted Lepidoptera larvae: Identification Technology Program (ITP), USDA-APHIS-PPQ-S&amp;T, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66476901be37f2724" w:history="1">
+      <w:hyperlink r:id="rId7833691d0cb2a4945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5627,51 +5627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and their efficacy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus Research International</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Nelspruit, South Africa. 8 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14756901be37f2a0f" w:history="1">
+      <w:hyperlink r:id="rId4522691d0cb2a4c2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusres.org/downloads/market-access</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23186901be37f2d1e" w:history="1">
+      <w:hyperlink r:id="rId3814691d0cb2a4f28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6162,63 +6162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21904381" name="name53736901be37f2df0" descr="eu_funding_250.png"/>
+            <wp:docPr id="31485539" name="name6024691d0cb2a4fe6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96006901be37f2def" cstate="print"/>
+                    <a:blip r:embed="rId7673691d0cb2a4fe5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6316,137 +6316,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39016829">
+  <w:abstractNum w:abstractNumId="67726595">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99884678">
+    <w:lvl w:ilvl="0" w:tplc="88655267">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99884678" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88655267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99884678" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88655267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99884678" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88655267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99884678" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88655267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99884678" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88655267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99884678" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88655267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99884678" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88655267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99884678" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88655267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39016828">
+  <w:abstractNum w:abstractNumId="67726594">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17223128">
+    <w:lvl w:ilvl="0" w:tplc="51850182">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7198,55 +7198,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39016828">
-    <w:abstractNumId w:val="39016828"/>
+  <w:num w:numId="67726594">
+    <w:abstractNumId w:val="67726594"/>
   </w:num>
-  <w:num w:numId="39016829">
-    <w:abstractNumId w:val="39016829"/>
+  <w:num w:numId="67726595">
+    <w:abstractNumId w:val="67726595"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18796,51 +18796,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId302888743" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId542929264" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83976901be37eea43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId53846901be37eeaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId85446901be37ef502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId88166901be37f219d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId11736901be37f2233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId85936901be37f2247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId86666901be37f243c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId40506901be37f24d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId71986901be37f2541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId56446901be37f2593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId20126901be37f2602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId94886901be37f268f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId28576901be37f26c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId40756901be37f26f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId66476901be37f2724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId14756901be37f2a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId23186901be37f2d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91416901be37ef3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91416901be37ef3ae.jpg"/><Relationship Id="rId81576901be37f13f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81576901be37f13f5.jpg"/><Relationship Id="rId96006901be37f2def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96006901be37f2def.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190501452" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687217774" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1071691d0cb2a06ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId9507691d0cb2a0778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId2688691d0cb2a10f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId5319691d0cb2a4181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId6702691d0cb2a421c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId7481691d0cb2a4230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId6036691d0cb2a462c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId5849691d0cb2a46c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId8010691d0cb2a4738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId9494691d0cb2a478a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId3082691d0cb2a47f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId1090691d0cb2a4887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId7975691d0cb2a48b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId3979691d0cb2a4910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId7833691d0cb2a4945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId4522691d0cb2a4c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId3814691d0cb2a4f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6816691d0cb2a0fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6816691d0cb2a0fd5.jpg"/><Relationship Id="rId4422691d0cb2a30d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4422691d0cb2a30d9.jpg"/><Relationship Id="rId7673691d0cb2a4fe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7673691d0cb2a4fe5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>