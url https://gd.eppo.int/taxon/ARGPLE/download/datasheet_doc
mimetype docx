--- v2 (2025-11-19)
+++ v3 (2026-01-18)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus codling moth, false codling moth, orange codling moth, orange moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1071691d0cb2a06ff" w:history="1">
+            <w:hyperlink r:id="rId3150696c28b443d0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9507691d0cb2a0778" w:history="1">
+            <w:hyperlink r:id="rId1069696c28b443d74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARGPLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95308775" name="name1335691d0cb2a0fd7" descr="4048.jpg"/>
+                  <wp:docPr id="86758928" name="name1710696c28b4443ef" descr="4048.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4048.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6816691d0cb2a0fd5" cstate="print"/>
+                          <a:blip r:embed="rId8783696c28b4443ed" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2688691d0cb2a10f1" w:history="1">
+            <w:hyperlink r:id="rId4067696c28b4444f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2546,63 +2546,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is restricted to Africa and Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78654625" name="name7623691d0cb2a30dc" descr="ARGPLE_distribution_map.jpg"/>
+            <wp:docPr id="8111293" name="name3458696c28b44625b" descr="ARGPLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARGPLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4422691d0cb2a30d9" cstate="print"/>
+                    <a:blip r:embed="rId1274696c28b44624e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4310,51 +4310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (false codling moth (FCM). Invasive Species Compendium, online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5319691d0cb2a4181" w:history="1">
+      <w:hyperlink r:id="rId9522696c28b447089" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4400,63 +4400,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 151-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6702691d0cb2a421c" w:history="1">
+      <w:hyperlink r:id="rId9569696c28b447121" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.co.za/doi/10.10520/AJA03701263_496</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId7481691d0cb2a4230" w:history="1"/>
+      <w:hyperlink r:id="rId4530696c28b447135" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daiber CC (1979b) A study of the biology of the false codling moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4703,51 +4703,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Meyrick). Doctoral dissertation, Stellenbosch: Stellenbosch University, South Africa,  98 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Prins J &amp; De Prins W (2019) Afromoths, online database of Afrotropical moth species (Lepidoptera). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6036691d0cb2a462c" w:history="1">
+      <w:hyperlink r:id="rId9827696c28b44732d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.africanmoths.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4793,51 +4793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 6799, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5849691d0cb2a46c4" w:history="1">
+      <w:hyperlink r:id="rId4207696c28b4473c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4863,101 +4863,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17: 1916E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8010691d0cb2a4738" w:history="1">
+      <w:hyperlink r:id="rId4798696c28b447432" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1916</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9494691d0cb2a478a" w:history="1">
+      <w:hyperlink r:id="rId1578696c28b4474af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3082691d0cb2a47f9" w:history="1">
+      <w:hyperlink r:id="rId3410696c28b447524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12724</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5073,141 +5073,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 248-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1090691d0cb2a4887" w:history="1">
+      <w:hyperlink r:id="rId2360696c28b4475b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12580</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM, Baixeras J &amp; Brown JW (2018) T@RTS: Online World Catalogue of the Tortricidae (Ver. 4.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7975691d0cb2a48b9" w:history="1">
+      <w:hyperlink r:id="rId9673696c28b4475e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2012) TortAI, Tortricids of Agricultural Importance to the United States (Lepidoptera: Tortricidae). Identification Technology Program (ITP),   USDA/APHIS/PPQ/CPHST, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3979691d0cb2a4910" w:history="1">
+      <w:hyperlink r:id="rId1515696c28b44761a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Passoa SC (2014) LepIntercept, An identification resource for intercepted Lepidoptera larvae: Identification Technology Program (ITP), USDA-APHIS-PPQ-S&amp;T, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7833691d0cb2a4945" w:history="1">
+      <w:hyperlink r:id="rId1482696c28b44764c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5627,51 +5627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and their efficacy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus Research International</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Nelspruit, South Africa. 8 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4522691d0cb2a4c2a" w:history="1">
+      <w:hyperlink r:id="rId2923696c28b44793e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusres.org/downloads/market-access</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6083,73 +6083,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3814691d0cb2a4f28" w:history="1">
+      <w:hyperlink r:id="rId2725696c28b447c6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6162,63 +6162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31485539" name="name6024691d0cb2a4fe6" descr="eu_funding_250.png"/>
+            <wp:docPr id="94155541" name="name2575696c28b447d0b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7673691d0cb2a4fe5" cstate="print"/>
+                    <a:blip r:embed="rId2202696c28b447d0a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6316,137 +6316,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67726595">
+  <w:abstractNum w:abstractNumId="45338079">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88655267">
+    <w:lvl w:ilvl="0" w:tplc="38839657">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88655267" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38839657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88655267" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38839657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88655267" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38839657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88655267" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38839657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88655267" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38839657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88655267" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38839657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88655267" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38839657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88655267" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38839657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67726594">
+  <w:abstractNum w:abstractNumId="45338078">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51850182">
+    <w:lvl w:ilvl="0" w:tplc="77188523">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7198,55 +7198,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67726594">
-    <w:abstractNumId w:val="67726594"/>
+  <w:num w:numId="45338078">
+    <w:abstractNumId w:val="45338078"/>
   </w:num>
-  <w:num w:numId="67726595">
-    <w:abstractNumId w:val="67726595"/>
+  <w:num w:numId="45338079">
+    <w:abstractNumId w:val="45338079"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18796,51 +18796,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190501452" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687217774" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1071691d0cb2a06ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId9507691d0cb2a0778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId2688691d0cb2a10f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId5319691d0cb2a4181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId6702691d0cb2a421c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId7481691d0cb2a4230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId6036691d0cb2a462c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId5849691d0cb2a46c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId8010691d0cb2a4738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId9494691d0cb2a478a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId3082691d0cb2a47f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId1090691d0cb2a4887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId7975691d0cb2a48b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId3979691d0cb2a4910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId7833691d0cb2a4945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId4522691d0cb2a4c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId3814691d0cb2a4f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6816691d0cb2a0fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6816691d0cb2a0fd5.jpg"/><Relationship Id="rId4422691d0cb2a30d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4422691d0cb2a30d9.jpg"/><Relationship Id="rId7673691d0cb2a4fe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7673691d0cb2a4fe5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId488113838" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId842604285" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3150696c28b443d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId1069696c28b443d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId4067696c28b4444f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId9522696c28b447089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId9569696c28b447121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId4530696c28b447135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId9827696c28b44732d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId4207696c28b4473c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId4798696c28b447432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId1578696c28b4474af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId3410696c28b447524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId2360696c28b4475b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId9673696c28b4475e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId1515696c28b44761a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId1482696c28b44764c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId2923696c28b44793e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId2725696c28b447c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8783696c28b4443ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8783696c28b4443ed.jpg"/><Relationship Id="rId1274696c28b44624e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1274696c28b44624e.jpg"/><Relationship Id="rId2202696c28b447d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2202696c28b447d0a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>