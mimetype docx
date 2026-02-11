--- v3 (2026-01-18)
+++ v4 (2026-02-11)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus codling moth, false codling moth, orange codling moth, orange moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3150696c28b443d0d" w:history="1">
+            <w:hyperlink r:id="rId5626698c67b78d7f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1069696c28b443d74" w:history="1">
+            <w:hyperlink r:id="rId4915698c67b78d85c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARGPLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86758928" name="name1710696c28b4443ef" descr="4048.jpg"/>
+                  <wp:docPr id="12411683" name="name1558698c67b78ded9" descr="4048.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4048.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8783696c28b4443ed" cstate="print"/>
+                          <a:blip r:embed="rId4428698c67b78ded7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4067696c28b4444f9" w:history="1">
+            <w:hyperlink r:id="rId1271698c67b78dfe5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2546,63 +2546,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is restricted to Africa and Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8111293" name="name3458696c28b44625b" descr="ARGPLE_distribution_map.jpg"/>
+            <wp:docPr id="92395755" name="name4726698c67b78f91d" descr="ARGPLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARGPLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1274696c28b44624e" cstate="print"/>
+                    <a:blip r:embed="rId3173698c67b78f91b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4310,51 +4310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (false codling moth (FCM). Invasive Species Compendium, online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9522696c28b447089" w:history="1">
+      <w:hyperlink r:id="rId8134698c67b7905f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4400,63 +4400,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 151-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9569696c28b447121" w:history="1">
+      <w:hyperlink r:id="rId8138698c67b79068a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.co.za/doi/10.10520/AJA03701263_496</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId4530696c28b447135" w:history="1"/>
+      <w:hyperlink r:id="rId7498698c67b79069d" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daiber CC (1979b) A study of the biology of the false codling moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4703,51 +4703,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Meyrick). Doctoral dissertation, Stellenbosch: Stellenbosch University, South Africa,  98 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Prins J &amp; De Prins W (2019) Afromoths, online database of Afrotropical moth species (Lepidoptera). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9827696c28b44732d" w:history="1">
+      <w:hyperlink r:id="rId9767698c67b79088a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.africanmoths.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4793,51 +4793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 6799, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4207696c28b4473c2" w:history="1">
+      <w:hyperlink r:id="rId1615698c67b790920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4863,101 +4863,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17: 1916E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4798696c28b447432" w:history="1">
+      <w:hyperlink r:id="rId3387698c67b790990" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1916</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1578696c28b4474af" w:history="1">
+      <w:hyperlink r:id="rId3131698c67b7909e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3410696c28b447524" w:history="1">
+      <w:hyperlink r:id="rId4903698c67b790a55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12724</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5073,141 +5073,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 248-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2360696c28b4475b3" w:history="1">
+      <w:hyperlink r:id="rId8583698c67b790ae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12580</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM, Baixeras J &amp; Brown JW (2018) T@RTS: Online World Catalogue of the Tortricidae (Ver. 4.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9673696c28b4475e7" w:history="1">
+      <w:hyperlink r:id="rId7443698c67b790b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2012) TortAI, Tortricids of Agricultural Importance to the United States (Lepidoptera: Tortricidae). Identification Technology Program (ITP),   USDA/APHIS/PPQ/CPHST, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1515696c28b44761a" w:history="1">
+      <w:hyperlink r:id="rId1223698c67b790b47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Passoa SC (2014) LepIntercept, An identification resource for intercepted Lepidoptera larvae: Identification Technology Program (ITP), USDA-APHIS-PPQ-S&amp;T, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1482696c28b44764c" w:history="1">
+      <w:hyperlink r:id="rId5239698c67b790b79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5627,51 +5627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and their efficacy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus Research International</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Nelspruit, South Africa. 8 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2923696c28b44793e" w:history="1">
+      <w:hyperlink r:id="rId1350698c67b790e59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusres.org/downloads/market-access</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2725696c28b447c6c" w:history="1">
+      <w:hyperlink r:id="rId8535698c67b791169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6162,63 +6162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94155541" name="name2575696c28b447d0b" descr="eu_funding_250.png"/>
+            <wp:docPr id="90821315" name="name2921698c67b791231" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2202696c28b447d0a" cstate="print"/>
+                    <a:blip r:embed="rId1160698c67b791230" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6316,137 +6316,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45338079">
+  <w:abstractNum w:abstractNumId="21285551">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38839657">
+    <w:lvl w:ilvl="0" w:tplc="44094917">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38839657" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44094917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38839657" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44094917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38839657" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44094917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38839657" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44094917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38839657" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44094917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38839657" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44094917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38839657" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44094917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38839657" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44094917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45338078">
+  <w:abstractNum w:abstractNumId="21285550">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77188523">
+    <w:lvl w:ilvl="0" w:tplc="10403841">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7198,55 +7198,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45338078">
-    <w:abstractNumId w:val="45338078"/>
+  <w:num w:numId="21285550">
+    <w:abstractNumId w:val="21285550"/>
   </w:num>
-  <w:num w:numId="45338079">
-    <w:abstractNumId w:val="45338079"/>
+  <w:num w:numId="21285551">
+    <w:abstractNumId w:val="21285551"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18796,51 +18796,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId488113838" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId842604285" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3150696c28b443d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId1069696c28b443d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId4067696c28b4444f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId9522696c28b447089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId9569696c28b447121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId4530696c28b447135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId9827696c28b44732d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId4207696c28b4473c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId4798696c28b447432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId1578696c28b4474af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId3410696c28b447524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId2360696c28b4475b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId9673696c28b4475e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId1515696c28b44761a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId1482696c28b44764c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId2923696c28b44793e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId2725696c28b447c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8783696c28b4443ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8783696c28b4443ed.jpg"/><Relationship Id="rId1274696c28b44624e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1274696c28b44624e.jpg"/><Relationship Id="rId2202696c28b447d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2202696c28b447d0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId313978488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761542712" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5626698c67b78d7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId4915698c67b78d85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId1271698c67b78dfe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId8134698c67b7905f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId8138698c67b79068a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId7498698c67b79069d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId9767698c67b79088a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId1615698c67b790920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId3387698c67b790990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId3131698c67b7909e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId4903698c67b790a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId8583698c67b790ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId7443698c67b790b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId1223698c67b790b47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId5239698c67b790b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId1350698c67b790e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId8535698c67b791169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4428698c67b78ded7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4428698c67b78ded7.jpg"/><Relationship Id="rId3173698c67b78f91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3173698c67b78f91b.jpg"/><Relationship Id="rId1160698c67b791230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1160698c67b791230.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>