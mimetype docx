--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus codling moth, false codling moth, orange codling moth, orange moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5626698c67b78d7f3" w:history="1">
+            <w:hyperlink r:id="rId352769a714bae0356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4915698c67b78d85c" w:history="1">
+            <w:hyperlink r:id="rId179869a714bae03be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARGPLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12411683" name="name1558698c67b78ded9" descr="4048.jpg"/>
+                  <wp:docPr id="54455846" name="name765869a714bae0d46" descr="4048.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4048.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4428698c67b78ded7" cstate="print"/>
+                          <a:blip r:embed="rId736069a714bae0d45" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1271698c67b78dfe5" w:history="1">
+            <w:hyperlink r:id="rId185369a714bae0e8c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2546,63 +2546,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is restricted to Africa and Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92395755" name="name4726698c67b78f91d" descr="ARGPLE_distribution_map.jpg"/>
+            <wp:docPr id="65526436" name="name343469a714bae2938" descr="ARGPLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARGPLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3173698c67b78f91b" cstate="print"/>
+                    <a:blip r:embed="rId918869a714bae2935" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4310,51 +4310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (false codling moth (FCM). Invasive Species Compendium, online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8134698c67b7905f6" w:history="1">
+      <w:hyperlink r:id="rId601969a714bae3ba9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4400,63 +4400,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 151-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8138698c67b79068a" w:history="1">
+      <w:hyperlink r:id="rId522869a714bae3c43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.co.za/doi/10.10520/AJA03701263_496</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId7498698c67b79069d" w:history="1"/>
+      <w:hyperlink r:id="rId188069a714bae3c57" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daiber CC (1979b) A study of the biology of the false codling moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4703,51 +4703,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Meyrick). Doctoral dissertation, Stellenbosch: Stellenbosch University, South Africa,  98 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Prins J &amp; De Prins W (2019) Afromoths, online database of Afrotropical moth species (Lepidoptera). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9767698c67b79088a" w:history="1">
+      <w:hyperlink r:id="rId435369a714bae3e8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.africanmoths.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4793,51 +4793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 6799, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1615698c67b790920" w:history="1">
+      <w:hyperlink r:id="rId794869a714bae3f1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4863,101 +4863,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17: 1916E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3387698c67b790990" w:history="1">
+      <w:hyperlink r:id="rId908469a714bae3ff3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1916</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3131698c67b7909e2" w:history="1">
+      <w:hyperlink r:id="rId701669a714bae4049" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4903698c67b790a55" w:history="1">
+      <w:hyperlink r:id="rId609869a714bae40e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12724</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5073,141 +5073,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 248-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8583698c67b790ae2" w:history="1">
+      <w:hyperlink r:id="rId811469a714bae4175" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12580</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM, Baixeras J &amp; Brown JW (2018) T@RTS: Online World Catalogue of the Tortricidae (Ver. 4.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7443698c67b790b15" w:history="1">
+      <w:hyperlink r:id="rId646869a714bae41a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2012) TortAI, Tortricids of Agricultural Importance to the United States (Lepidoptera: Tortricidae). Identification Technology Program (ITP),   USDA/APHIS/PPQ/CPHST, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1223698c67b790b47" w:history="1">
+      <w:hyperlink r:id="rId836269a714bae41dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Passoa SC (2014) LepIntercept, An identification resource for intercepted Lepidoptera larvae: Identification Technology Program (ITP), USDA-APHIS-PPQ-S&amp;T, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5239698c67b790b79" w:history="1">
+      <w:hyperlink r:id="rId334669a714bae420e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5627,51 +5627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and their efficacy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus Research International</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Nelspruit, South Africa. 8 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1350698c67b790e59" w:history="1">
+      <w:hyperlink r:id="rId437469a714bae45e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusres.org/downloads/market-access</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8535698c67b791169" w:history="1">
+      <w:hyperlink r:id="rId939469a714bae4933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6162,63 +6162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90821315" name="name2921698c67b791231" descr="eu_funding_250.png"/>
+            <wp:docPr id="26673978" name="name982369a714bae4d60" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1160698c67b791230" cstate="print"/>
+                    <a:blip r:embed="rId297969a714bae4d5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6316,137 +6316,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21285551">
+  <w:abstractNum w:abstractNumId="37539118">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44094917">
+    <w:lvl w:ilvl="0" w:tplc="45638010">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44094917" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45638010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44094917" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45638010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44094917" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45638010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44094917" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45638010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44094917" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45638010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44094917" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45638010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44094917" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45638010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44094917" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45638010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21285550">
+  <w:abstractNum w:abstractNumId="37539117">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10403841">
+    <w:lvl w:ilvl="0" w:tplc="67952103">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7198,55 +7198,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21285550">
-    <w:abstractNumId w:val="21285550"/>
+  <w:num w:numId="37539117">
+    <w:abstractNumId w:val="37539117"/>
   </w:num>
-  <w:num w:numId="21285551">
-    <w:abstractNumId w:val="21285551"/>
+  <w:num w:numId="37539118">
+    <w:abstractNumId w:val="37539118"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18796,51 +18796,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId313978488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761542712" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5626698c67b78d7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId4915698c67b78d85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId1271698c67b78dfe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId8134698c67b7905f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId8138698c67b79068a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId7498698c67b79069d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId9767698c67b79088a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId1615698c67b790920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId3387698c67b790990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId3131698c67b7909e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId4903698c67b790a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId8583698c67b790ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId7443698c67b790b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId1223698c67b790b47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId5239698c67b790b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId1350698c67b790e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId8535698c67b791169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4428698c67b78ded7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4428698c67b78ded7.jpg"/><Relationship Id="rId3173698c67b78f91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3173698c67b78f91b.jpg"/><Relationship Id="rId1160698c67b791230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1160698c67b791230.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId584759246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979795068" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId352769a714bae0356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId179869a714bae03be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId185369a714bae0e8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId601969a714bae3ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId522869a714bae3c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId188069a714bae3c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId435369a714bae3e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId794869a714bae3f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId908469a714bae3ff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId701669a714bae4049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId609869a714bae40e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId811469a714bae4175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId646869a714bae41a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId836269a714bae41dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId334669a714bae420e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId437469a714bae45e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId939469a714bae4933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId736069a714bae0d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId736069a714bae0d45.jpg"/><Relationship Id="rId918869a714bae2935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId918869a714bae2935.jpg"/><Relationship Id="rId297969a714bae4d5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId297969a714bae4d5e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>