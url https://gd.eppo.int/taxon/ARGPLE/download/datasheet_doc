--- v5 (2026-03-03)
+++ v6 (2026-03-24)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Meyrick)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus codling moth, false codling moth, orange codling moth, orange moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352769a714bae0356" w:history="1">
+            <w:hyperlink r:id="rId930169c2a18a2d730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179869a714bae03be" w:history="1">
+            <w:hyperlink r:id="rId738969c2a18a2d797" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARGPLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54455846" name="name765869a714bae0d46" descr="4048.jpg"/>
+                  <wp:docPr id="44302140" name="name868369c2a18a2d8ea" descr="4048.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4048.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId736069a714bae0d45" cstate="print"/>
+                          <a:blip r:embed="rId414469c2a18a2d8e9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId185369a714bae0e8c" w:history="1">
+            <w:hyperlink r:id="rId287069c2a18a2d9f0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2546,63 +2546,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is restricted to Africa and Israel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65526436" name="name343469a714bae2938" descr="ARGPLE_distribution_map.jpg"/>
+            <wp:docPr id="91829405" name="name414369c2a18a2f5cd" descr="ARGPLE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARGPLE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId918869a714bae2935" cstate="print"/>
+                    <a:blip r:embed="rId181969c2a18a2f5ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4310,51 +4310,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (false codling moth (FCM). Invasive Species Compendium, online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601969a714bae3ba9" w:history="1">
+      <w:hyperlink r:id="rId131569c2a18a303a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6904</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4400,63 +4400,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 151-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522869a714bae3c43" w:history="1">
+      <w:hyperlink r:id="rId791769c2a18a3043a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journals.co.za/doi/10.10520/AJA03701263_496</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId188069a714bae3c57" w:history="1"/>
+      <w:hyperlink r:id="rId595969c2a18a3044e" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daiber CC (1979b) A study of the biology of the false codling moth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4703,51 +4703,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Meyrick). Doctoral dissertation, Stellenbosch: Stellenbosch University, South Africa,  98 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">De Prins J &amp; De Prins W (2019) Afromoths, online database of Afrotropical moth species (Lepidoptera). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435369a714bae3e8a" w:history="1">
+      <w:hyperlink r:id="rId431769c2a18a30626" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.africanmoths.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4793,51 +4793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 6799, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794869a714bae3f1e" w:history="1">
+      <w:hyperlink r:id="rId491669c2a18a306ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4863,101 +4863,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17: 1916E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908469a714bae3ff3" w:history="1">
+      <w:hyperlink r:id="rId275269c2a18a3072a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1916</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId701669a714bae4049" w:history="1">
+      <w:hyperlink r:id="rId651969c2a18a3077b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-143. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId609869a714bae40e1" w:history="1">
+      <w:hyperlink r:id="rId491869c2a18a307ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12724</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5073,141 +5073,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 248-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811469a714bae4175" w:history="1">
+      <w:hyperlink r:id="rId767469c2a18a30879" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/epp.12580</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM, Baixeras J &amp; Brown JW (2018) T@RTS: Online World Catalogue of the Tortricidae (Ver. 4.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646869a714bae41a9" w:history="1">
+      <w:hyperlink r:id="rId622469c2a18a308aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2012) TortAI, Tortricids of Agricultural Importance to the United States (Lepidoptera: Tortricidae). Identification Technology Program (ITP),   USDA/APHIS/PPQ/CPHST, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836269a714bae41dc" w:history="1">
+      <w:hyperlink r:id="rId756069c2a18a308dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Passoa SC (2014) LepIntercept, An identification resource for intercepted Lepidoptera larvae: Identification Technology Program (ITP), USDA-APHIS-PPQ-S&amp;T, Fort Collins, CO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334669a714bae420e" w:history="1">
+      <w:hyperlink r:id="rId258769c2a18a3090e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricid.net/catalogue.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5627,51 +5627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and their efficacy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus Research International</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Nelspruit, South Africa. 8 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437469a714bae45e4" w:history="1">
+      <w:hyperlink r:id="rId295369c2a18a30bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusres.org/downloads/market-access</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thaumatotibia leucotreta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939469a714bae4933" w:history="1">
+      <w:hyperlink r:id="rId918269c2a18a30f1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6162,63 +6162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26673978" name="name982369a714bae4d60" descr="eu_funding_250.png"/>
+            <wp:docPr id="19442204" name="name963469c2a18a30fe0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId297969a714bae4d5e" cstate="print"/>
+                    <a:blip r:embed="rId855469c2a18a30fdf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6316,137 +6316,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37539118">
+  <w:abstractNum w:abstractNumId="75710941">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45638010">
+    <w:lvl w:ilvl="0" w:tplc="26021443">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45638010" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26021443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45638010" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26021443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45638010" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26021443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45638010" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26021443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45638010" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26021443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45638010" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26021443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45638010" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26021443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45638010" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26021443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37539117">
+  <w:abstractNum w:abstractNumId="75710940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67952103">
+    <w:lvl w:ilvl="0" w:tplc="96134877">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7198,55 +7198,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37539117">
-    <w:abstractNumId w:val="37539117"/>
+  <w:num w:numId="75710940">
+    <w:abstractNumId w:val="75710940"/>
   </w:num>
-  <w:num w:numId="37539118">
-    <w:abstractNumId w:val="37539118"/>
+  <w:num w:numId="75710941">
+    <w:abstractNumId w:val="75710941"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18796,51 +18796,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId584759246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979795068" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId352769a714bae0356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId179869a714bae03be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId185369a714bae0e8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId601969a714bae3ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId522869a714bae3c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId188069a714bae3c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId435369a714bae3e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId794869a714bae3f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId908469a714bae3ff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId701669a714bae4049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId609869a714bae40e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId811469a714bae4175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId646869a714bae41a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId836269a714bae41dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId334669a714bae420e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId437469a714bae45e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId939469a714bae4933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId736069a714bae0d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId736069a714bae0d45.jpg"/><Relationship Id="rId918869a714bae2935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId918869a714bae2935.jpg"/><Relationship Id="rId297969a714bae4d5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId297969a714bae4d5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId850679829" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId505708770" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId930169c2a18a2d730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/" TargetMode="External"/><Relationship Id="rId738969c2a18a2d797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/categorization" TargetMode="External"/><Relationship Id="rId287069c2a18a2d9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARGPLE/photos" TargetMode="External"/><Relationship Id="rId131569c2a18a303a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6904" TargetMode="External"/><Relationship Id="rId791769c2a18a3043a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.co.za/doi/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId595969c2a18a3044e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https//doi.org/10.10520/AJA03701263_496" TargetMode="External"/><Relationship Id="rId431769c2a18a30626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.africanmoths.net" TargetMode="External"/><Relationship Id="rId491669c2a18a306ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6799" TargetMode="External"/><Relationship Id="rId275269c2a18a3072a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1916" TargetMode="External"/><Relationship Id="rId651969c2a18a3077b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/9305d7ed-2788-46dc-882d-b4641fa24fff" TargetMode="External"/><Relationship Id="rId491869c2a18a307ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12724" TargetMode="External"/><Relationship Id="rId767469c2a18a30879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/epp.12580" TargetMode="External"/><Relationship Id="rId622469c2a18a308aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId756069c2a18a308dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId258769c2a18a3090e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/catalogue.asp" TargetMode="External"/><Relationship Id="rId295369c2a18a30bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusres.org/downloads/market-access" TargetMode="External"/><Relationship Id="rId918269c2a18a30f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId414469c2a18a2d8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId414469c2a18a2d8e9.jpg"/><Relationship Id="rId181969c2a18a2f5ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181969c2a18a2f5ca.jpg"/><Relationship Id="rId855469c2a18a30fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId855469c2a18a30fdf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>