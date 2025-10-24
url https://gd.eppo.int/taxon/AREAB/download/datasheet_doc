--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Santalales: Santalaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fir dwarf mistletoe</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273268e0502d526ee" w:history="1">
+            <w:hyperlink r:id="rId187568fba934a2815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563868e0502d52733" w:history="1">
+            <w:hyperlink r:id="rId577268fba934a285b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3514,63 +3514,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. wiensii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been found in the Klamath–Siskiyou Mountains in Northwestern California and Southwestern Oregon (Mathiasen, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83409036" name="name211568e0502d5501d" descr="AREAB_distribution_map.jpg"/>
+            <wp:docPr id="65996472" name="name366468fba934a5209" descr="AREAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AREAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId244568e0502d5501a" cstate="print"/>
+                    <a:blip r:embed="rId571768fba934a5206" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hofmann JT (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Management Guide for Dwarf Mistletoe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. US Forest Service. Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204568e0502d56313" w:history="1">
+      <w:hyperlink r:id="rId806868fba934a6653" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6835,51 +6835,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shamoun SF, DeWald LE (2002) Management strategies for dwarf mistletoes: Biological, chemical, and genetic approaches. In: Mistletoes of North American conifers, eds. BW Geils, J Cibrian-Tovar, B Moody, Chapter 7, pp. 75–82,  U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Worrall J, Geils B (2006). Dwarf mistletoes. The Plant Health Instructor. Accessed September 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938068e0502d569da" w:history="1">
+      <w:hyperlink r:id="rId933968fba934a6d02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6905,51 +6905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fir dwarf mistletoe). Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812268e0502d56a53" w:history="1">
+      <w:hyperlink r:id="rId427668fba934a6d7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7015,51 +7015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644668e0502d56b0a" w:history="1">
+      <w:hyperlink r:id="rId199568fba934a6e40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7250,90 +7250,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 33-39. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139468e0502d56c77" w:history="1">
+      <w:hyperlink r:id="rId931568fba934a6fd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02691.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91616970" name="name631868e0502d56d1a" descr="eu_funding_250.png"/>
+            <wp:docPr id="77014363" name="name833668fba934a707c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId533668e0502d56d18" cstate="print"/>
+                    <a:blip r:embed="rId226168fba934a707b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7431,137 +7431,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78578880">
+  <w:abstractNum w:abstractNumId="44133119">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57223496">
+    <w:lvl w:ilvl="0" w:tplc="23416688">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57223496" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23416688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57223496" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23416688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57223496" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23416688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57223496" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23416688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57223496" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23416688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57223496" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23416688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57223496" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23416688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57223496" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23416688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78578879">
+  <w:abstractNum w:abstractNumId="44133118">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68694376">
+    <w:lvl w:ilvl="0" w:tplc="99992386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8313,55 +8313,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78578879">
-    <w:abstractNumId w:val="78578879"/>
+  <w:num w:numId="44133118">
+    <w:abstractNumId w:val="44133118"/>
   </w:num>
-  <w:num w:numId="78578880">
-    <w:abstractNumId w:val="78578880"/>
+  <w:num w:numId="44133119">
+    <w:abstractNumId w:val="44133119"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19911,51 +19911,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId754118847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId425956410" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId273268e0502d526ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId563868e0502d52733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId204568e0502d56313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId938068e0502d569da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId812268e0502d56a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId644668e0502d56b0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId139468e0502d56c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId244568e0502d5501a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244568e0502d5501a.jpg"/><Relationship Id="rId533668e0502d56d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533668e0502d56d18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId196573862" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631185990" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId187568fba934a2815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId577268fba934a285b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId806868fba934a6653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId933968fba934a6d02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId427668fba934a6d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId199568fba934a6e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId931568fba934a6fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId571768fba934a5206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId571768fba934a5206.jpg"/><Relationship Id="rId226168fba934a707b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId226168fba934a707b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>