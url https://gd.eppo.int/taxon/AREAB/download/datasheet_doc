--- v1 (2025-10-24)
+++ v2 (2025-12-05)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Santalales: Santalaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fir dwarf mistletoe</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187568fba934a2815" w:history="1">
+            <w:hyperlink r:id="rId85226932f7a706aee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId577268fba934a285b" w:history="1">
+            <w:hyperlink r:id="rId51576932f7a706b33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3514,63 +3514,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. wiensii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been found in the Klamath–Siskiyou Mountains in Northwestern California and Southwestern Oregon (Mathiasen, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65996472" name="name366468fba934a5209" descr="AREAB_distribution_map.jpg"/>
+            <wp:docPr id="72591176" name="name53176932f7a709070" descr="AREAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AREAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId571768fba934a5206" cstate="print"/>
+                    <a:blip r:embed="rId59616932f7a70906e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hofmann JT (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Management Guide for Dwarf Mistletoe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. US Forest Service. Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806868fba934a6653" w:history="1">
+      <w:hyperlink r:id="rId25226932f7a70a298" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6835,51 +6835,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shamoun SF, DeWald LE (2002) Management strategies for dwarf mistletoes: Biological, chemical, and genetic approaches. In: Mistletoes of North American conifers, eds. BW Geils, J Cibrian-Tovar, B Moody, Chapter 7, pp. 75–82,  U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Worrall J, Geils B (2006). Dwarf mistletoes. The Plant Health Instructor. Accessed September 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933968fba934a6d02" w:history="1">
+      <w:hyperlink r:id="rId71646932f7a70a935" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6905,51 +6905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fir dwarf mistletoe). Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427668fba934a6d7b" w:history="1">
+      <w:hyperlink r:id="rId60696932f7a70a9ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7015,51 +7015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199568fba934a6e40" w:history="1">
+      <w:hyperlink r:id="rId53196932f7a70aa5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7250,90 +7250,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 33-39. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId931568fba934a6fd0" w:history="1">
+      <w:hyperlink r:id="rId83756932f7a70abeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02691.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77014363" name="name833668fba934a707c" descr="eu_funding_250.png"/>
+            <wp:docPr id="60653251" name="name53796932f7a70ac65" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId226168fba934a707b" cstate="print"/>
+                    <a:blip r:embed="rId37866932f7a70ac63" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7431,137 +7431,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44133119">
+  <w:abstractNum w:abstractNumId="95919489">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23416688">
+    <w:lvl w:ilvl="0" w:tplc="91331784">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23416688" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91331784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23416688" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91331784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23416688" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91331784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23416688" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91331784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23416688" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91331784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23416688" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91331784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23416688" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91331784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23416688" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91331784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44133118">
+  <w:abstractNum w:abstractNumId="95919488">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99992386">
+    <w:lvl w:ilvl="0" w:tplc="66265880">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8313,55 +8313,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44133118">
-    <w:abstractNumId w:val="44133118"/>
+  <w:num w:numId="95919488">
+    <w:abstractNumId w:val="95919488"/>
   </w:num>
-  <w:num w:numId="44133119">
-    <w:abstractNumId w:val="44133119"/>
+  <w:num w:numId="95919489">
+    <w:abstractNumId w:val="95919489"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19911,51 +19911,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId196573862" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631185990" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId187568fba934a2815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId577268fba934a285b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId806868fba934a6653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId933968fba934a6d02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId427668fba934a6d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId199568fba934a6e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId931568fba934a6fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId571768fba934a5206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId571768fba934a5206.jpg"/><Relationship Id="rId226168fba934a707b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId226168fba934a707b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId765384450" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId991340518" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId85226932f7a706aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId51576932f7a706b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId25226932f7a70a298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId71646932f7a70a935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId60696932f7a70a9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId53196932f7a70aa5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83756932f7a70abeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId59616932f7a70906e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59616932f7a70906e.jpg"/><Relationship Id="rId37866932f7a70ac63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37866932f7a70ac63.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>