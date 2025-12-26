--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Santalales: Santalaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fir dwarf mistletoe</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85226932f7a706aee" w:history="1">
+            <w:hyperlink r:id="rId1524694e246bd58ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51576932f7a706b33" w:history="1">
+            <w:hyperlink r:id="rId8277694e246bd5940" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3514,63 +3514,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. wiensii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been found in the Klamath–Siskiyou Mountains in Northwestern California and Southwestern Oregon (Mathiasen, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72591176" name="name53176932f7a709070" descr="AREAB_distribution_map.jpg"/>
+            <wp:docPr id="25232880" name="name3517694e246bd7e9b" descr="AREAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AREAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59616932f7a70906e" cstate="print"/>
+                    <a:blip r:embed="rId2206694e246bd7e99" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hofmann JT (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Management Guide for Dwarf Mistletoe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. US Forest Service. Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25226932f7a70a298" w:history="1">
+      <w:hyperlink r:id="rId4331694e246bd940c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6835,51 +6835,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shamoun SF, DeWald LE (2002) Management strategies for dwarf mistletoes: Biological, chemical, and genetic approaches. In: Mistletoes of North American conifers, eds. BW Geils, J Cibrian-Tovar, B Moody, Chapter 7, pp. 75–82,  U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Worrall J, Geils B (2006). Dwarf mistletoes. The Plant Health Instructor. Accessed September 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71646932f7a70a935" w:history="1">
+      <w:hyperlink r:id="rId9775694e246bd9b1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6905,51 +6905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fir dwarf mistletoe). Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60696932f7a70a9ad" w:history="1">
+      <w:hyperlink r:id="rId6475694e246bd9b99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7015,51 +7015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53196932f7a70aa5f" w:history="1">
+      <w:hyperlink r:id="rId1363694e246bd9c6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7250,90 +7250,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 33-39. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83756932f7a70abeb" w:history="1">
+      <w:hyperlink r:id="rId2137694e246bd9de2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02691.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60653251" name="name53796932f7a70ac65" descr="eu_funding_250.png"/>
+            <wp:docPr id="2643961" name="name7426694e246bd9e56" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37866932f7a70ac63" cstate="print"/>
+                    <a:blip r:embed="rId7683694e246bd9e55" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7431,137 +7431,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95919489">
+  <w:abstractNum w:abstractNumId="92952299">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91331784">
+    <w:lvl w:ilvl="0" w:tplc="98376211">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91331784" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98376211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91331784" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98376211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91331784" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98376211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91331784" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98376211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91331784" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98376211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91331784" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98376211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91331784" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98376211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91331784" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98376211" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95919488">
+  <w:abstractNum w:abstractNumId="92952298">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66265880">
+    <w:lvl w:ilvl="0" w:tplc="22661227">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8313,55 +8313,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95919488">
-    <w:abstractNumId w:val="95919488"/>
+  <w:num w:numId="92952298">
+    <w:abstractNumId w:val="92952298"/>
   </w:num>
-  <w:num w:numId="95919489">
-    <w:abstractNumId w:val="95919489"/>
+  <w:num w:numId="92952299">
+    <w:abstractNumId w:val="92952299"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19911,51 +19911,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId765384450" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId991340518" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId85226932f7a706aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId51576932f7a706b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId25226932f7a70a298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId71646932f7a70a935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId60696932f7a70a9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId53196932f7a70aa5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83756932f7a70abeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId59616932f7a70906e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59616932f7a70906e.jpg"/><Relationship Id="rId37866932f7a70ac63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37866932f7a70ac63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId925165854" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965967488" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1524694e246bd58ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId8277694e246bd5940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId4331694e246bd940c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId9775694e246bd9b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId6475694e246bd9b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId1363694e246bd9c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2137694e246bd9de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId2206694e246bd7e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2206694e246bd7e99.jpg"/><Relationship Id="rId7683694e246bd9e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7683694e246bd9e55.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>