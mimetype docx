--- v3 (2025-12-26)
+++ v4 (2026-01-17)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Santalales: Santalaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fir dwarf mistletoe</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1524694e246bd58ca" w:history="1">
+            <w:hyperlink r:id="rId2590696af236976c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8277694e246bd5940" w:history="1">
+            <w:hyperlink r:id="rId3209696af2369770a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3514,63 +3514,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. wiensii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been found in the Klamath–Siskiyou Mountains in Northwestern California and Southwestern Oregon (Mathiasen, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25232880" name="name3517694e246bd7e9b" descr="AREAB_distribution_map.jpg"/>
+            <wp:docPr id="97757673" name="name1984696af23699821" descr="AREAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AREAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2206694e246bd7e99" cstate="print"/>
+                    <a:blip r:embed="rId3056696af2369981e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hofmann JT (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Management Guide for Dwarf Mistletoe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. US Forest Service. Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4331694e246bd940c" w:history="1">
+      <w:hyperlink r:id="rId9436696af2369a994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6835,51 +6835,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shamoun SF, DeWald LE (2002) Management strategies for dwarf mistletoes: Biological, chemical, and genetic approaches. In: Mistletoes of North American conifers, eds. BW Geils, J Cibrian-Tovar, B Moody, Chapter 7, pp. 75–82,  U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Worrall J, Geils B (2006). Dwarf mistletoes. The Plant Health Instructor. Accessed September 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9775694e246bd9b1f" w:history="1">
+      <w:hyperlink r:id="rId1346696af2369b053" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6905,51 +6905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fir dwarf mistletoe). Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6475694e246bd9b99" w:history="1">
+      <w:hyperlink r:id="rId7235696af2369b0cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6993,73 +6993,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1363694e246bd9c6c" w:history="1">
+      <w:hyperlink r:id="rId9584696af2369b182" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7250,90 +7250,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 33-39. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2137694e246bd9de2" w:history="1">
+      <w:hyperlink r:id="rId6242696af2369b2f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02691.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2643961" name="name7426694e246bd9e56" descr="eu_funding_250.png"/>
+            <wp:docPr id="2068689" name="name8035696af2369b354" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7683694e246bd9e55" cstate="print"/>
+                    <a:blip r:embed="rId9109696af2369b353" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7431,137 +7431,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92952299">
+  <w:abstractNum w:abstractNumId="41479879">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98376211">
+    <w:lvl w:ilvl="0" w:tplc="64322560">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98376211" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64322560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98376211" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64322560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98376211" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64322560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98376211" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64322560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98376211" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64322560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98376211" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64322560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98376211" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64322560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98376211" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64322560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92952298">
+  <w:abstractNum w:abstractNumId="41479878">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22661227">
+    <w:lvl w:ilvl="0" w:tplc="76219705">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8313,55 +8313,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92952298">
-    <w:abstractNumId w:val="92952298"/>
+  <w:num w:numId="41479878">
+    <w:abstractNumId w:val="41479878"/>
   </w:num>
-  <w:num w:numId="92952299">
-    <w:abstractNumId w:val="92952299"/>
+  <w:num w:numId="41479879">
+    <w:abstractNumId w:val="41479879"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19911,51 +19911,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId925165854" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965967488" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1524694e246bd58ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId8277694e246bd5940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId4331694e246bd940c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId9775694e246bd9b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId6475694e246bd9b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId1363694e246bd9c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2137694e246bd9de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId2206694e246bd7e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2206694e246bd7e99.jpg"/><Relationship Id="rId7683694e246bd9e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7683694e246bd9e55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId573191101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568046973" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2590696af236976c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId3209696af2369770a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId9436696af2369a994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId1346696af2369b053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId7235696af2369b0cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId9584696af2369b182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6242696af2369b2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId3056696af2369981e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3056696af2369981e.jpg"/><Relationship Id="rId9109696af2369b353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9109696af2369b353.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>