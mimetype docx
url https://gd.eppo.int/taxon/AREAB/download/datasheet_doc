--- v4 (2026-01-17)
+++ v5 (2026-02-06)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Santalales: Santalaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fir dwarf mistletoe</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2590696af236976c7" w:history="1">
+            <w:hyperlink r:id="rId161669860f66c227a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3209696af2369770a" w:history="1">
+            <w:hyperlink r:id="rId648669860f66c22c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3514,63 +3514,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. wiensii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been found in the Klamath–Siskiyou Mountains in Northwestern California and Southwestern Oregon (Mathiasen, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97757673" name="name1984696af23699821" descr="AREAB_distribution_map.jpg"/>
+            <wp:docPr id="86232611" name="name850869860f66c4146" descr="AREAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AREAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3056696af2369981e" cstate="print"/>
+                    <a:blip r:embed="rId818669860f66c4144" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hofmann JT (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Management Guide for Dwarf Mistletoe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. US Forest Service. Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9436696af2369a994" w:history="1">
+      <w:hyperlink r:id="rId625869860f66c5119" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6835,51 +6835,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shamoun SF, DeWald LE (2002) Management strategies for dwarf mistletoes: Biological, chemical, and genetic approaches. In: Mistletoes of North American conifers, eds. BW Geils, J Cibrian-Tovar, B Moody, Chapter 7, pp. 75–82,  U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Worrall J, Geils B (2006). Dwarf mistletoes. The Plant Health Instructor. Accessed September 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1346696af2369b053" w:history="1">
+      <w:hyperlink r:id="rId308869860f66c57f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6905,51 +6905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fir dwarf mistletoe). Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7235696af2369b0cc" w:history="1">
+      <w:hyperlink r:id="rId921169860f66c586e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7015,51 +7015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9584696af2369b182" w:history="1">
+      <w:hyperlink r:id="rId523869860f66c5923" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7250,90 +7250,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 33-39. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6242696af2369b2f1" w:history="1">
+      <w:hyperlink r:id="rId455169860f66c5a91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02691.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2068689" name="name8035696af2369b354" descr="eu_funding_250.png"/>
+            <wp:docPr id="64179048" name="name573369860f66c5af5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9109696af2369b353" cstate="print"/>
+                    <a:blip r:embed="rId710269860f66c5af4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7431,137 +7431,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41479879">
+  <w:abstractNum w:abstractNumId="25666797">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64322560">
+    <w:lvl w:ilvl="0" w:tplc="79204004">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64322560" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79204004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64322560" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79204004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64322560" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79204004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64322560" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79204004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64322560" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79204004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64322560" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79204004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64322560" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79204004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64322560" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79204004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41479878">
+  <w:abstractNum w:abstractNumId="25666796">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76219705">
+    <w:lvl w:ilvl="0" w:tplc="52509262">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8313,55 +8313,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41479878">
-    <w:abstractNumId w:val="41479878"/>
+  <w:num w:numId="25666796">
+    <w:abstractNumId w:val="25666796"/>
   </w:num>
-  <w:num w:numId="41479879">
-    <w:abstractNumId w:val="41479879"/>
+  <w:num w:numId="25666797">
+    <w:abstractNumId w:val="25666797"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19911,51 +19911,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId573191101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568046973" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2590696af236976c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId3209696af2369770a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId9436696af2369a994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId1346696af2369b053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId7235696af2369b0cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId9584696af2369b182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6242696af2369b2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId3056696af2369981e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3056696af2369981e.jpg"/><Relationship Id="rId9109696af2369b353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9109696af2369b353.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId371532648" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId415688954" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId161669860f66c227a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId648669860f66c22c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId625869860f66c5119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId308869860f66c57f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId921169860f66c586e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId523869860f66c5923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId455169860f66c5a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId818669860f66c4144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId818669860f66c4144.jpg"/><Relationship Id="rId710269860f66c5af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710269860f66c5af4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>