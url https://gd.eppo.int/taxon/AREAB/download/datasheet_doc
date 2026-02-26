--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Santalales: Santalaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fir dwarf mistletoe</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161669860f66c227a" w:history="1">
+            <w:hyperlink r:id="rId598069a0b05bdd11e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId648669860f66c22c0" w:history="1">
+            <w:hyperlink r:id="rId880969a0b05bdd163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3514,63 +3514,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. wiensii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been found in the Klamath–Siskiyou Mountains in Northwestern California and Southwestern Oregon (Mathiasen, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86232611" name="name850869860f66c4146" descr="AREAB_distribution_map.jpg"/>
+            <wp:docPr id="66468435" name="name501269a0b05bdf95c" descr="AREAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AREAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId818669860f66c4144" cstate="print"/>
+                    <a:blip r:embed="rId171869a0b05bdf958" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hofmann JT (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Management Guide for Dwarf Mistletoe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. US Forest Service. Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625869860f66c5119" w:history="1">
+      <w:hyperlink r:id="rId389269a0b05be0cfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6835,51 +6835,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shamoun SF, DeWald LE (2002) Management strategies for dwarf mistletoes: Biological, chemical, and genetic approaches. In: Mistletoes of North American conifers, eds. BW Geils, J Cibrian-Tovar, B Moody, Chapter 7, pp. 75–82,  U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Worrall J, Geils B (2006). Dwarf mistletoes. The Plant Health Instructor. Accessed September 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308869860f66c57f3" w:history="1">
+      <w:hyperlink r:id="rId730769a0b05be13ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6905,51 +6905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fir dwarf mistletoe). Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921169860f66c586e" w:history="1">
+      <w:hyperlink r:id="rId785469a0b05be1427" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7015,51 +7015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523869860f66c5923" w:history="1">
+      <w:hyperlink r:id="rId928269a0b05be14da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7250,90 +7250,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 33-39. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455169860f66c5a91" w:history="1">
+      <w:hyperlink r:id="rId693269a0b05be1646" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02691.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64179048" name="name573369860f66c5af5" descr="eu_funding_250.png"/>
+            <wp:docPr id="33843175" name="name491869a0b05be16e7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId710269860f66c5af4" cstate="print"/>
+                    <a:blip r:embed="rId422769a0b05be16e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7431,137 +7431,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25666797">
+  <w:abstractNum w:abstractNumId="79354174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79204004">
+    <w:lvl w:ilvl="0" w:tplc="49876106">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79204004" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49876106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79204004" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49876106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79204004" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49876106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79204004" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49876106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79204004" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49876106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79204004" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49876106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79204004" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49876106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79204004" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49876106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25666796">
+  <w:abstractNum w:abstractNumId="79354173">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52509262">
+    <w:lvl w:ilvl="0" w:tplc="37928546">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8313,55 +8313,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25666796">
-    <w:abstractNumId w:val="25666796"/>
+  <w:num w:numId="79354173">
+    <w:abstractNumId w:val="79354173"/>
   </w:num>
-  <w:num w:numId="25666797">
-    <w:abstractNumId w:val="25666797"/>
+  <w:num w:numId="79354174">
+    <w:abstractNumId w:val="79354174"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19911,51 +19911,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId371532648" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId415688954" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId161669860f66c227a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId648669860f66c22c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId625869860f66c5119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId308869860f66c57f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId921169860f66c586e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId523869860f66c5923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId455169860f66c5a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId818669860f66c4144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId818669860f66c4144.jpg"/><Relationship Id="rId710269860f66c5af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710269860f66c5af4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804879835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId190398859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId598069a0b05bdd11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId880969a0b05bdd163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId389269a0b05be0cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId730769a0b05be13ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId785469a0b05be1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId928269a0b05be14da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId693269a0b05be1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId171869a0b05bdf958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId171869a0b05bdf958.jpg"/><Relationship Id="rId422769a0b05be16e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId422769a0b05be16e6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>