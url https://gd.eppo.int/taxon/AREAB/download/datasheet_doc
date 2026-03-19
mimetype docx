--- v6 (2026-02-26)
+++ v7 (2026-03-19)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Santalales: Santalaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fir dwarf mistletoe</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598069a0b05bdd11e" w:history="1">
+            <w:hyperlink r:id="rId922069bb5c219da0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId880969a0b05bdd163" w:history="1">
+            <w:hyperlink r:id="rId825769bb5c219da59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3514,63 +3514,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. wiensii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been found in the Klamath–Siskiyou Mountains in Northwestern California and Southwestern Oregon (Mathiasen, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66468435" name="name501269a0b05bdf95c" descr="AREAB_distribution_map.jpg"/>
+            <wp:docPr id="3633816" name="name324969bb5c21a0031" descr="AREAB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AREAB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId171869a0b05bdf958" cstate="print"/>
+                    <a:blip r:embed="rId283969bb5c21a002f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5760,51 +5760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hofmann JT (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Management Guide for Dwarf Mistletoe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. US Forest Service. Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389269a0b05be0cfc" w:history="1">
+      <w:hyperlink r:id="rId184469bb5c21a12fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6835,51 +6835,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shamoun SF, DeWald LE (2002) Management strategies for dwarf mistletoes: Biological, chemical, and genetic approaches. In: Mistletoes of North American conifers, eds. BW Geils, J Cibrian-Tovar, B Moody, Chapter 7, pp. 75–82,  U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Worrall J, Geils B (2006). Dwarf mistletoes. The Plant Health Instructor. Accessed September 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730769a0b05be13ae" w:history="1">
+      <w:hyperlink r:id="rId298669bb5c21a19a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6905,51 +6905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (fir dwarf mistletoe). Accessed September 2020, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785469a0b05be1427" w:history="1">
+      <w:hyperlink r:id="rId509069bb5c21a1a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7015,51 +7015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arceuthobium abietinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928269a0b05be14da" w:history="1">
+      <w:hyperlink r:id="rId896869bb5c21a1ad6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7250,90 +7250,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 33-39. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693269a0b05be1646" w:history="1">
+      <w:hyperlink r:id="rId613969bb5c21a1c42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02691.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33843175" name="name491869a0b05be16e7" descr="eu_funding_250.png"/>
+            <wp:docPr id="64577978" name="name259569bb5c21a1cf4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId422769a0b05be16e6" cstate="print"/>
+                    <a:blip r:embed="rId970469bb5c21a1cf3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7431,137 +7431,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79354174">
+  <w:abstractNum w:abstractNumId="80738214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49876106">
+    <w:lvl w:ilvl="0" w:tplc="75070970">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49876106" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75070970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49876106" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75070970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49876106" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75070970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49876106" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75070970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49876106" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75070970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49876106" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75070970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49876106" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75070970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49876106" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75070970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79354173">
+  <w:abstractNum w:abstractNumId="80738213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37928546">
+    <w:lvl w:ilvl="0" w:tplc="61694303">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8313,55 +8313,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79354173">
-    <w:abstractNumId w:val="79354173"/>
+  <w:num w:numId="80738213">
+    <w:abstractNumId w:val="80738213"/>
   </w:num>
-  <w:num w:numId="79354174">
-    <w:abstractNumId w:val="79354174"/>
+  <w:num w:numId="80738214">
+    <w:abstractNumId w:val="80738214"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19911,51 +19911,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804879835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId190398859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId598069a0b05bdd11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId880969a0b05bdd163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId389269a0b05be0cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId730769a0b05be13ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId785469a0b05be1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId928269a0b05be14da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId693269a0b05be1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId171869a0b05bdf958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId171869a0b05bdf958.jpg"/><Relationship Id="rId422769a0b05be16e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId422769a0b05be16e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId503745873" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138932745" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId922069bb5c219da0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/" TargetMode="External"/><Relationship Id="rId825769bb5c219da59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AREAB/categorization" TargetMode="External"/><Relationship Id="rId184469bb5c21a12fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187427.pdf" TargetMode="External"/><Relationship Id="rId298669bb5c21a19a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/parasiticplants/pdlessons/Pages/Dwarfmistletoes.aspx" TargetMode="External"/><Relationship Id="rId509069bb5c21a1a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6823#1793906A-A18F-4B19-AB5E-F68B7962DA63" TargetMode="External"/><Relationship Id="rId896869bb5c21a1ad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId613969bb5c21a1c42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02691.x" TargetMode="External"/><Relationship Id="rId283969bb5c21a002f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId283969bb5c21a002f.jpg"/><Relationship Id="rId970469bb5c21a1cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970469bb5c21a1cf3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>