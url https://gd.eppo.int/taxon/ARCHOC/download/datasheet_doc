--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Freeman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Western spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId851268e72b4a7f9fb" w:history="1">
+            <w:hyperlink r:id="rId65686902e188cade7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467268e72b4a7fa64" w:history="1">
+            <w:hyperlink r:id="rId83296902e188cae4e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1254,63 +1254,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Western Canada have identified populations in southern Alberta and southwest Saskatchewan (Lumley &amp; Sperling, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5683051" name="name440668e72b4a80f50" descr="ARCHOC_distribution_map.jpg"/>
+            <wp:docPr id="22487781" name="name77756902e188cc346" descr="ARCHOC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHOC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId800268e72b4a80f4e" cstate="print"/>
+                    <a:blip r:embed="rId35536902e188cc344" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3974,51 +3974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura occidentalis occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396968e72b4a825ae" w:history="1">
+      <w:hyperlink r:id="rId81806902e188cd6e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4093,63 +4093,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46079040" name="name847768e72b4a826cc" descr="eu_funding_250.png"/>
+            <wp:docPr id="46254071" name="name96766902e188cda69" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId703668e72b4a826cb" cstate="print"/>
+                    <a:blip r:embed="rId91066902e188cda67" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4247,137 +4247,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60298993">
+  <w:abstractNum w:abstractNumId="38829788">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72476982">
+    <w:lvl w:ilvl="0" w:tplc="19873610">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72476982" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19873610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72476982" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19873610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72476982" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19873610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72476982" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19873610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72476982" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19873610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72476982" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19873610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72476982" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19873610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72476982" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19873610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60298992">
+  <w:abstractNum w:abstractNumId="38829787">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34839089">
+    <w:lvl w:ilvl="0" w:tplc="80886929">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5129,55 +5129,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60298992">
-    <w:abstractNumId w:val="60298992"/>
+  <w:num w:numId="38829787">
+    <w:abstractNumId w:val="38829787"/>
   </w:num>
-  <w:num w:numId="60298993">
-    <w:abstractNumId w:val="60298993"/>
+  <w:num w:numId="38829788">
+    <w:abstractNumId w:val="38829788"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16727,51 +16727,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881104204" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498914937" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId851268e72b4a7f9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId467268e72b4a7fa64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId396968e72b4a825ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId800268e72b4a80f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800268e72b4a80f4e.jpg"/><Relationship Id="rId703668e72b4a826cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId703668e72b4a826cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId512856087" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541482092" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65686902e188cade7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId83296902e188cae4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId81806902e188cd6e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35536902e188cc344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35536902e188cc344.jpg"/><Relationship Id="rId91066902e188cda67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91066902e188cda67.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>