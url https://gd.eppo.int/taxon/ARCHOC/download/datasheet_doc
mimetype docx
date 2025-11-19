--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Freeman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Western spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65686902e188cade7" w:history="1">
+            <w:hyperlink r:id="rId2703691d52f60e310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83296902e188cae4e" w:history="1">
+            <w:hyperlink r:id="rId1423691d52f60e379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1254,63 +1254,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Western Canada have identified populations in southern Alberta and southwest Saskatchewan (Lumley &amp; Sperling, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22487781" name="name77756902e188cc346" descr="ARCHOC_distribution_map.jpg"/>
+            <wp:docPr id="72284800" name="name6191691d52f60f856" descr="ARCHOC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHOC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35536902e188cc344" cstate="print"/>
+                    <a:blip r:embed="rId9459691d52f60f853" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3974,51 +3974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura occidentalis occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81806902e188cd6e9" w:history="1">
+      <w:hyperlink r:id="rId2575691d52f610b6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4093,63 +4093,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46254071" name="name96766902e188cda69" descr="eu_funding_250.png"/>
+            <wp:docPr id="40476083" name="name5266691d52f610fb5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91066902e188cda67" cstate="print"/>
+                    <a:blip r:embed="rId5547691d52f610fb3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4247,137 +4247,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38829788">
+  <w:abstractNum w:abstractNumId="42202866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19873610">
+    <w:lvl w:ilvl="0" w:tplc="49850061">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19873610" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49850061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19873610" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49850061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19873610" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49850061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19873610" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49850061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19873610" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49850061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19873610" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49850061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19873610" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49850061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19873610" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49850061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38829787">
+  <w:abstractNum w:abstractNumId="42202865">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80886929">
+    <w:lvl w:ilvl="0" w:tplc="92188332">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5129,55 +5129,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38829787">
-    <w:abstractNumId w:val="38829787"/>
+  <w:num w:numId="42202865">
+    <w:abstractNumId w:val="42202865"/>
   </w:num>
-  <w:num w:numId="38829788">
-    <w:abstractNumId w:val="38829788"/>
+  <w:num w:numId="42202866">
+    <w:abstractNumId w:val="42202866"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16727,51 +16727,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId512856087" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541482092" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65686902e188cade7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId83296902e188cae4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId81806902e188cd6e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35536902e188cc344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35536902e188cc344.jpg"/><Relationship Id="rId91066902e188cda67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91066902e188cda67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId172233346" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId421816146" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2703691d52f60e310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId1423691d52f60e379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId2575691d52f610b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9459691d52f60f853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9459691d52f60f853.jpg"/><Relationship Id="rId5547691d52f610fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5547691d52f610fb3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>