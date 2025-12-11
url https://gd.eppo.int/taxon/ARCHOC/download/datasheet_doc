--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Freeman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Western spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2703691d52f60e310" w:history="1">
+            <w:hyperlink r:id="rId7525693adf879963a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1423691d52f60e379" w:history="1">
+            <w:hyperlink r:id="rId3016693adf87996a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1254,63 +1254,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Western Canada have identified populations in southern Alberta and southwest Saskatchewan (Lumley &amp; Sperling, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72284800" name="name6191691d52f60f856" descr="ARCHOC_distribution_map.jpg"/>
+            <wp:docPr id="16415077" name="name2811693adf879a89f" descr="ARCHOC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHOC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9459691d52f60f853" cstate="print"/>
+                    <a:blip r:embed="rId1678693adf879a89c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3974,51 +3974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura occidentalis occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2575691d52f610b6f" w:history="1">
+      <w:hyperlink r:id="rId2827693adf879bc56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4093,63 +4093,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40476083" name="name5266691d52f610fb5" descr="eu_funding_250.png"/>
+            <wp:docPr id="54479332" name="name4962693adf879bd77" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5547691d52f610fb3" cstate="print"/>
+                    <a:blip r:embed="rId5379693adf879bd75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4247,137 +4247,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42202866">
+  <w:abstractNum w:abstractNumId="61136022">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49850061">
+    <w:lvl w:ilvl="0" w:tplc="75535285">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49850061" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75535285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49850061" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75535285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49850061" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75535285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49850061" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75535285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49850061" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75535285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49850061" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75535285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49850061" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75535285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49850061" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75535285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42202865">
+  <w:abstractNum w:abstractNumId="61136021">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92188332">
+    <w:lvl w:ilvl="0" w:tplc="65475223">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5129,55 +5129,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42202865">
-    <w:abstractNumId w:val="42202865"/>
+  <w:num w:numId="61136021">
+    <w:abstractNumId w:val="61136021"/>
   </w:num>
-  <w:num w:numId="42202866">
-    <w:abstractNumId w:val="42202866"/>
+  <w:num w:numId="61136022">
+    <w:abstractNumId w:val="61136022"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16727,51 +16727,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId172233346" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId421816146" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2703691d52f60e310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId1423691d52f60e379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId2575691d52f610b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9459691d52f60f853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9459691d52f60f853.jpg"/><Relationship Id="rId5547691d52f610fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5547691d52f610fb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId857475515" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId906250883" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7525693adf879963a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId3016693adf87996a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId2827693adf879bc56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1678693adf879a89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1678693adf879a89c.jpg"/><Relationship Id="rId5379693adf879bd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5379693adf879bd75.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>