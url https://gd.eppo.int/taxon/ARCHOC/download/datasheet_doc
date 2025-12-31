--- v3 (2025-12-11)
+++ v4 (2025-12-31)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Freeman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Western spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7525693adf879963a" w:history="1">
+            <w:hyperlink r:id="rId988569558efa1c490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3016693adf87996a3" w:history="1">
+            <w:hyperlink r:id="rId678269558efa1c50e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1254,63 +1254,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Western Canada have identified populations in southern Alberta and southwest Saskatchewan (Lumley &amp; Sperling, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16415077" name="name2811693adf879a89f" descr="ARCHOC_distribution_map.jpg"/>
+            <wp:docPr id="91706735" name="name586769558efa1d7a0" descr="ARCHOC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHOC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1678693adf879a89c" cstate="print"/>
+                    <a:blip r:embed="rId781369558efa1d79c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3974,51 +3974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura occidentalis occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2827693adf879bc56" w:history="1">
+      <w:hyperlink r:id="rId213469558efa1eb39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4093,63 +4093,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54479332" name="name4962693adf879bd77" descr="eu_funding_250.png"/>
+            <wp:docPr id="91140894" name="name909669558efa1ec4e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5379693adf879bd75" cstate="print"/>
+                    <a:blip r:embed="rId634469558efa1ec4d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4247,137 +4247,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61136022">
+  <w:abstractNum w:abstractNumId="35149041">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75535285">
+    <w:lvl w:ilvl="0" w:tplc="98226444">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75535285" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98226444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75535285" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98226444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75535285" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98226444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75535285" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98226444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75535285" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98226444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75535285" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98226444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75535285" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98226444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75535285" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98226444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61136021">
+  <w:abstractNum w:abstractNumId="35149040">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65475223">
+    <w:lvl w:ilvl="0" w:tplc="48970289">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5129,55 +5129,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61136021">
-    <w:abstractNumId w:val="61136021"/>
+  <w:num w:numId="35149040">
+    <w:abstractNumId w:val="35149040"/>
   </w:num>
-  <w:num w:numId="61136022">
-    <w:abstractNumId w:val="61136022"/>
+  <w:num w:numId="35149041">
+    <w:abstractNumId w:val="35149041"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16727,51 +16727,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId857475515" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId906250883" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7525693adf879963a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId3016693adf87996a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId2827693adf879bc56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1678693adf879a89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1678693adf879a89c.jpg"/><Relationship Id="rId5379693adf879bd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5379693adf879bd75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId240732977" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId603980772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId988569558efa1c490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId678269558efa1c50e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId213469558efa1eb39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId781369558efa1d79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId781369558efa1d79c.jpg"/><Relationship Id="rId634469558efa1ec4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634469558efa1ec4d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>