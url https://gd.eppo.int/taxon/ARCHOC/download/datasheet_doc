--- v4 (2025-12-31)
+++ v5 (2026-01-22)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Freeman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Western spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId988569558efa1c490" w:history="1">
+            <w:hyperlink r:id="rId54636972270cb6ae6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId678269558efa1c50e" w:history="1">
+            <w:hyperlink r:id="rId72726972270cb6b4e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1254,63 +1254,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Western Canada have identified populations in southern Alberta and southwest Saskatchewan (Lumley &amp; Sperling, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91706735" name="name586769558efa1d7a0" descr="ARCHOC_distribution_map.jpg"/>
+            <wp:docPr id="45350585" name="name96106972270cb8132" descr="ARCHOC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHOC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId781369558efa1d79c" cstate="print"/>
+                    <a:blip r:embed="rId13746972270cb812e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3952,73 +3952,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura occidentalis occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213469558efa1eb39" w:history="1">
+      <w:hyperlink r:id="rId23326972270cb949d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4093,63 +4093,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91140894" name="name909669558efa1ec4e" descr="eu_funding_250.png"/>
+            <wp:docPr id="63202633" name="name29106972270cb95d9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId634469558efa1ec4d" cstate="print"/>
+                    <a:blip r:embed="rId86436972270cb95d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4247,137 +4247,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35149041">
+  <w:abstractNum w:abstractNumId="71585501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98226444">
+    <w:lvl w:ilvl="0" w:tplc="68896834">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98226444" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68896834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98226444" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68896834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98226444" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68896834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98226444" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68896834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98226444" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68896834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98226444" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68896834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98226444" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68896834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98226444" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68896834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35149040">
+  <w:abstractNum w:abstractNumId="71585500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48970289">
+    <w:lvl w:ilvl="0" w:tplc="97995771">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5129,55 +5129,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35149040">
-    <w:abstractNumId w:val="35149040"/>
+  <w:num w:numId="71585500">
+    <w:abstractNumId w:val="71585500"/>
   </w:num>
-  <w:num w:numId="35149041">
-    <w:abstractNumId w:val="35149041"/>
+  <w:num w:numId="71585501">
+    <w:abstractNumId w:val="71585501"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16727,51 +16727,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId240732977" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId603980772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId988569558efa1c490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId678269558efa1c50e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId213469558efa1eb39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId781369558efa1d79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId781369558efa1d79c.jpg"/><Relationship Id="rId634469558efa1ec4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634469558efa1ec4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId328741839" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351133550" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId54636972270cb6ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId72726972270cb6b4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId23326972270cb949d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13746972270cb812e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13746972270cb812e.jpg"/><Relationship Id="rId86436972270cb95d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86436972270cb95d8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>