--- v5 (2026-01-22)
+++ v6 (2026-02-11)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Freeman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Western spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54636972270cb6ae6" w:history="1">
+            <w:hyperlink r:id="rId2155698cd0dc46788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72726972270cb6b4e" w:history="1">
+            <w:hyperlink r:id="rId9798698cd0dc467f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1254,63 +1254,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Western Canada have identified populations in southern Alberta and southwest Saskatchewan (Lumley &amp; Sperling, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45350585" name="name96106972270cb8132" descr="ARCHOC_distribution_map.jpg"/>
+            <wp:docPr id="84684022" name="name9416698cd0dc47d60" descr="ARCHOC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHOC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13746972270cb812e" cstate="print"/>
+                    <a:blip r:embed="rId1454698cd0dc47d5c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3974,51 +3974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura occidentalis occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23326972270cb949d" w:history="1">
+      <w:hyperlink r:id="rId9570698cd0dc4913b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4093,63 +4093,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63202633" name="name29106972270cb95d9" descr="eu_funding_250.png"/>
+            <wp:docPr id="34446948" name="name2874698cd0dc494fb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86436972270cb95d8" cstate="print"/>
+                    <a:blip r:embed="rId3751698cd0dc494f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4247,137 +4247,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71585501">
+  <w:abstractNum w:abstractNumId="60297187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68896834">
+    <w:lvl w:ilvl="0" w:tplc="20565620">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68896834" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20565620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68896834" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20565620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68896834" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20565620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68896834" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20565620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68896834" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20565620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68896834" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20565620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68896834" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20565620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68896834" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20565620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71585500">
+  <w:abstractNum w:abstractNumId="60297186">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97995771">
+    <w:lvl w:ilvl="0" w:tplc="35247290">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5129,55 +5129,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71585500">
-    <w:abstractNumId w:val="71585500"/>
+  <w:num w:numId="60297186">
+    <w:abstractNumId w:val="60297186"/>
   </w:num>
-  <w:num w:numId="71585501">
-    <w:abstractNumId w:val="71585501"/>
+  <w:num w:numId="60297187">
+    <w:abstractNumId w:val="60297187"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16727,51 +16727,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId328741839" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351133550" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId54636972270cb6ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId72726972270cb6b4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId23326972270cb949d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13746972270cb812e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13746972270cb812e.jpg"/><Relationship Id="rId86436972270cb95d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86436972270cb95d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId883327500" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895850526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2155698cd0dc46788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId9798698cd0dc467f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId9570698cd0dc4913b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1454698cd0dc47d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1454698cd0dc47d5c.jpg"/><Relationship Id="rId3751698cd0dc494f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3751698cd0dc494f9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>