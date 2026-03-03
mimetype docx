--- v6 (2026-02-11)
+++ v7 (2026-03-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Freeman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Western spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2155698cd0dc46788" w:history="1">
+            <w:hyperlink r:id="rId671469a77368ca597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9798698cd0dc467f2" w:history="1">
+            <w:hyperlink r:id="rId562869a77368ca601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1254,63 +1254,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Western Canada have identified populations in southern Alberta and southwest Saskatchewan (Lumley &amp; Sperling, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84684022" name="name9416698cd0dc47d60" descr="ARCHOC_distribution_map.jpg"/>
+            <wp:docPr id="80537361" name="name367569a77368cb9b0" descr="ARCHOC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHOC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1454698cd0dc47d5c" cstate="print"/>
+                    <a:blip r:embed="rId667769a77368cb9ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3974,51 +3974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura occidentalis occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9570698cd0dc4913b" w:history="1">
+      <w:hyperlink r:id="rId359769a77368ccd92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4093,63 +4093,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34446948" name="name2874698cd0dc494fb" descr="eu_funding_250.png"/>
+            <wp:docPr id="26314201" name="name335269a77368cd0ef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3751698cd0dc494f9" cstate="print"/>
+                    <a:blip r:embed="rId109269a77368cd0ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4247,137 +4247,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60297187">
+  <w:abstractNum w:abstractNumId="66384655">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20565620">
+    <w:lvl w:ilvl="0" w:tplc="72656317">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20565620" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72656317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20565620" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72656317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20565620" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72656317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20565620" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72656317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20565620" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72656317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20565620" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72656317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20565620" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72656317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20565620" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72656317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60297186">
+  <w:abstractNum w:abstractNumId="66384654">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35247290">
+    <w:lvl w:ilvl="0" w:tplc="42388667">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5129,55 +5129,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60297186">
-    <w:abstractNumId w:val="60297186"/>
+  <w:num w:numId="66384654">
+    <w:abstractNumId w:val="66384654"/>
   </w:num>
-  <w:num w:numId="60297187">
-    <w:abstractNumId w:val="60297187"/>
+  <w:num w:numId="66384655">
+    <w:abstractNumId w:val="66384655"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16727,51 +16727,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId883327500" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895850526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2155698cd0dc46788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId9798698cd0dc467f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId9570698cd0dc4913b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1454698cd0dc47d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1454698cd0dc47d5c.jpg"/><Relationship Id="rId3751698cd0dc494f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3751698cd0dc494f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId546143257" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835379875" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId671469a77368ca597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId562869a77368ca601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId359769a77368ccd92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId667769a77368cb9ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId667769a77368cb9ac.jpg"/><Relationship Id="rId109269a77368cd0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109269a77368cd0ed.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>