--- v7 (2026-03-03)
+++ v8 (2026-03-24)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Freeman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Western spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId671469a77368ca597" w:history="1">
+            <w:hyperlink r:id="rId493769c1e8d16f0d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId562869a77368ca601" w:history="1">
+            <w:hyperlink r:id="rId504469c1e8d16f13f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1254,63 +1254,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Western Canada have identified populations in southern Alberta and southwest Saskatchewan (Lumley &amp; Sperling, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80537361" name="name367569a77368cb9b0" descr="ARCHOC_distribution_map.jpg"/>
+            <wp:docPr id="91889874" name="name936969c1e8d1704e8" descr="ARCHOC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHOC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId667769a77368cb9ac" cstate="print"/>
+                    <a:blip r:embed="rId774269c1e8d1704e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3974,51 +3974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura occidentalis occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359769a77368ccd92" w:history="1">
+      <w:hyperlink r:id="rId318869c1e8d171bab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4093,63 +4093,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26314201" name="name335269a77368cd0ef" descr="eu_funding_250.png"/>
+            <wp:docPr id="591153" name="name912469c1e8d171d4a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId109269a77368cd0ed" cstate="print"/>
+                    <a:blip r:embed="rId211769c1e8d171d48" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4247,137 +4247,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66384655">
+  <w:abstractNum w:abstractNumId="90905612">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72656317">
+    <w:lvl w:ilvl="0" w:tplc="74549698">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72656317" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74549698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72656317" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74549698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72656317" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74549698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72656317" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74549698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72656317" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74549698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72656317" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74549698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72656317" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74549698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72656317" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74549698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66384654">
+  <w:abstractNum w:abstractNumId="90905611">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42388667">
+    <w:lvl w:ilvl="0" w:tplc="43653897">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5129,55 +5129,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66384654">
-    <w:abstractNumId w:val="66384654"/>
+  <w:num w:numId="90905611">
+    <w:abstractNumId w:val="90905611"/>
   </w:num>
-  <w:num w:numId="66384655">
-    <w:abstractNumId w:val="66384655"/>
+  <w:num w:numId="90905612">
+    <w:abstractNumId w:val="90905612"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16727,51 +16727,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId546143257" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835379875" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId671469a77368ca597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId562869a77368ca601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId359769a77368ccd92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId667769a77368cb9ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId667769a77368cb9ac.jpg"/><Relationship Id="rId109269a77368cd0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109269a77368cd0ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId230825624" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId288682843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId493769c1e8d16f0d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/" TargetMode="External"/><Relationship Id="rId504469c1e8d16f13f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHOC/categorization" TargetMode="External"/><Relationship Id="rId318869c1e8d171bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId774269c1e8d1704e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774269c1e8d1704e5.jpg"/><Relationship Id="rId211769c1e8d171d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211769c1e8d171d48.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>