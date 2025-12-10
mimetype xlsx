--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -12,116 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ARCHOC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>nomcontinent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>isocode</t>
   </si>
   <si>
     <t>qlistlabel</t>
   </si>
   <si>
     <t>yr_add</t>
   </si>
   <si>
     <t>yr_trans</t>
   </si>
   <si>
     <t>yr_del</t>
   </si>
   <si>
+    <t>Africa</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Quarantine pest</t>
+  </si>
+  <si>
     <t>America</t>
   </si>
   <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>A1 list</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>A1 list</t>
-[...1 lines deleted...]
-  <si>
     <t>Asia</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>KZ</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>RPPO/EU</t>
+  </si>
+  <si>
+    <t>COSAVE</t>
+  </si>
+  <si>
+    <t>9D</t>
+  </si>
+  <si>
+    <t>A2 list</t>
   </si>
   <si>
     <t>EAEU</t>
   </si>
   <si>
     <t>9M</t>
   </si>
   <si>
     <t>EPPO</t>
   </si>
   <si>
     <t>9A</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>9L</t>
   </si>
   <si>
     <t>A1 Quarantine pest (Annex II A)</t>
   </si>
 </sst>
 </file>
 
@@ -446,51 +479,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G9"/>
+  <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -500,187 +533,263 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="B5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E5">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E6">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>1995</v>
+        <v>2019</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10">
+        <v>2024</v>
+      </c>
+      <c r="F10"/>
+      <c r="G10"/>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11">
+        <v>2016</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11"/>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12">
+        <v>1995</v>
+      </c>
+      <c r="F12"/>
+      <c r="G12"/>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>39</v>
+      </c>
+      <c r="E13">
+        <v>2021</v>
+      </c>
+      <c r="F13"/>
+      <c r="G13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>