--- v1 (2025-12-10)
+++ v2 (2026-02-11)
@@ -77,51 +77,51 @@
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>A1 list</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Asia</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>KZ</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
@@ -131,51 +131,51 @@
   <si>
     <t>9D</t>
   </si>
   <si>
     <t>A2 list</t>
   </si>
   <si>
     <t>EAEU</t>
   </si>
   <si>
     <t>9M</t>
   </si>
   <si>
     <t>EPPO</t>
   </si>
   <si>
     <t>9A</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>9L</t>
   </si>
   <si>
-    <t>A1 Quarantine pest (Annex II A)</t>
+    <t>Quarantine pest ((EU) 2019/2072 Annex II A)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -488,53 +488,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">