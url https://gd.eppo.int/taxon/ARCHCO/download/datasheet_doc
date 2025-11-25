--- v0 (2025-10-08)
+++ v1 (2025-11-25)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> aspen borer, large aspen tortrix</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419268e6608316682" w:history="1">
+            <w:hyperlink r:id="rId6592692614a43f5ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208568e66083166e9" w:history="1">
+            <w:hyperlink r:id="rId3418692614a43f658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARCHCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76328611" name="name366368e6608316f77" descr="203.jpg"/>
+                  <wp:docPr id="59358081" name="name9025692614a43fe63" descr="203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId917468e6608316f76" cstate="print"/>
+                          <a:blip r:embed="rId5200692614a43fe60" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId328068e6608317096" w:history="1">
+            <w:hyperlink r:id="rId4981692614a43ff92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1690,63 +1690,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is broadly distributed across the North America continent, from the Atlantic to the Pacific oceans, from Newfoundland and Labrador, Canada to Alaska, south to California, Arizona and New Mexico (Freeman 1958, Powell 1964).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24792614" name="name743568e6608318521" descr="ARCHCO_distribution_map.jpg"/>
+            <wp:docPr id="40343980" name="name8810692614a4417e2" descr="ARCHCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId872668e660831851f" cstate="print"/>
+                    <a:blip r:embed="rId1679692614a4417de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3119,51 +3119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walker). High Plains Integrated Pest Management. BugWoodWiki. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602468e660831900a" w:history="1">
+      <w:hyperlink r:id="rId3004692614a44239f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3365,51 +3365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,115–122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761968e6608319199" w:history="1">
+      <w:hyperlink r:id="rId3194692614a442547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-006-0336-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4700,51 +4700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467268e6608319a05" w:history="1">
+      <w:hyperlink r:id="rId5333692614a442df2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4819,63 +4819,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57633218" name="name494968e6608319c8f" descr="eu_funding_250.png"/>
+            <wp:docPr id="29783733" name="name4273692614a4431e7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId512068e6608319c8e" cstate="print"/>
+                    <a:blip r:embed="rId1464692614a4431e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4973,137 +4973,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97089621">
+  <w:abstractNum w:abstractNumId="74965030">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32830157">
+    <w:lvl w:ilvl="0" w:tplc="12005818">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32830157" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12005818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32830157" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12005818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32830157" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12005818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32830157" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12005818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32830157" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12005818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32830157" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12005818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32830157" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12005818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32830157" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12005818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97089620">
+  <w:abstractNum w:abstractNumId="74965029">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26178444">
+    <w:lvl w:ilvl="0" w:tplc="86204985">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5855,55 +5855,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97089620">
-    <w:abstractNumId w:val="97089620"/>
+  <w:num w:numId="74965029">
+    <w:abstractNumId w:val="74965029"/>
   </w:num>
-  <w:num w:numId="97089621">
-    <w:abstractNumId w:val="97089621"/>
+  <w:num w:numId="74965030">
+    <w:abstractNumId w:val="74965030"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17453,51 +17453,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604160967" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId101441305" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId419268e6608316682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId208568e66083166e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId328068e6608317096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId602468e660831900a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId761968e6608319199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId467268e6608319a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId917468e6608316f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId917468e6608316f76.jpg"/><Relationship Id="rId872668e660831851f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId872668e660831851f.jpg"/><Relationship Id="rId512068e6608319c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId512068e6608319c8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643360425" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId902762551" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6592692614a43f5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId3418692614a43f658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId4981692614a43ff92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId3004692614a44239f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId3194692614a442547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId5333692614a442df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5200692614a43fe60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5200692614a43fe60.jpg"/><Relationship Id="rId1679692614a4417de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1679692614a4417de.jpg"/><Relationship Id="rId1464692614a4431e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1464692614a4431e5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>