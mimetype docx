--- v1 (2025-11-25)
+++ v2 (2025-12-16)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> aspen borer, large aspen tortrix</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6592692614a43f5ec" w:history="1">
+            <w:hyperlink r:id="rId7498694162a9420f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3418692614a43f658" w:history="1">
+            <w:hyperlink r:id="rId1142694162a94215f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARCHCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59358081" name="name9025692614a43fe63" descr="203.jpg"/>
+                  <wp:docPr id="98029857" name="name6329694162a942822" descr="203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5200692614a43fe60" cstate="print"/>
+                          <a:blip r:embed="rId3105694162a942820" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4981692614a43ff92" w:history="1">
+            <w:hyperlink r:id="rId9236694162a942952" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1690,63 +1690,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is broadly distributed across the North America continent, from the Atlantic to the Pacific oceans, from Newfoundland and Labrador, Canada to Alaska, south to California, Arizona and New Mexico (Freeman 1958, Powell 1964).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40343980" name="name8810692614a4417e2" descr="ARCHCO_distribution_map.jpg"/>
+            <wp:docPr id="23024026" name="name3344694162a943cc4" descr="ARCHCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1679692614a4417de" cstate="print"/>
+                    <a:blip r:embed="rId3972694162a943cc1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3119,51 +3119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walker). High Plains Integrated Pest Management. BugWoodWiki. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3004692614a44239f" w:history="1">
+      <w:hyperlink r:id="rId5843694162a944830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3365,51 +3365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,115–122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3194692614a442547" w:history="1">
+      <w:hyperlink r:id="rId3603694162a9449d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-006-0336-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4700,51 +4700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5333692614a442df2" w:history="1">
+      <w:hyperlink r:id="rId3562694162a945236" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4819,63 +4819,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29783733" name="name4273692614a4431e7" descr="eu_funding_250.png"/>
+            <wp:docPr id="21460284" name="name2718694162a945537" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1464692614a4431e5" cstate="print"/>
+                    <a:blip r:embed="rId3189694162a945535" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4973,137 +4973,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74965030">
+  <w:abstractNum w:abstractNumId="85453475">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12005818">
+    <w:lvl w:ilvl="0" w:tplc="74155724">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12005818" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74155724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12005818" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74155724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12005818" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74155724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12005818" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74155724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12005818" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74155724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12005818" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74155724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12005818" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74155724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12005818" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74155724" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74965029">
+  <w:abstractNum w:abstractNumId="85453474">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86204985">
+    <w:lvl w:ilvl="0" w:tplc="43670412">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5855,55 +5855,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74965029">
-    <w:abstractNumId w:val="74965029"/>
+  <w:num w:numId="85453474">
+    <w:abstractNumId w:val="85453474"/>
   </w:num>
-  <w:num w:numId="74965030">
-    <w:abstractNumId w:val="74965030"/>
+  <w:num w:numId="85453475">
+    <w:abstractNumId w:val="85453475"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17453,51 +17453,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643360425" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId902762551" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6592692614a43f5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId3418692614a43f658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId4981692614a43ff92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId3004692614a44239f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId3194692614a442547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId5333692614a442df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5200692614a43fe60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5200692614a43fe60.jpg"/><Relationship Id="rId1679692614a4417de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1679692614a4417de.jpg"/><Relationship Id="rId1464692614a4431e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1464692614a4431e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288180030" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456127395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7498694162a9420f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId1142694162a94215f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId9236694162a942952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId5843694162a944830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId3603694162a9449d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId3562694162a945236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3105694162a942820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3105694162a942820.jpg"/><Relationship Id="rId3972694162a943cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3972694162a943cc1.jpg"/><Relationship Id="rId3189694162a945535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3189694162a945535.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>