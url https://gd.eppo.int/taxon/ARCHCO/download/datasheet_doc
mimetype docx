--- v2 (2025-12-16)
+++ v3 (2026-01-27)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> aspen borer, large aspen tortrix</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7498694162a9420f6" w:history="1">
+            <w:hyperlink r:id="rId209669782fa5b2427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1142694162a94215f" w:history="1">
+            <w:hyperlink r:id="rId919569782fa5b2491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARCHCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98029857" name="name6329694162a942822" descr="203.jpg"/>
+                  <wp:docPr id="94431742" name="name514369782fa5b2559" descr="203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3105694162a942820" cstate="print"/>
+                          <a:blip r:embed="rId709769782fa5b2557" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9236694162a942952" w:history="1">
+            <w:hyperlink r:id="rId903369782fa5b2660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1690,63 +1690,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is broadly distributed across the North America continent, from the Atlantic to the Pacific oceans, from Newfoundland and Labrador, Canada to Alaska, south to California, Arizona and New Mexico (Freeman 1958, Powell 1964).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23024026" name="name3344694162a943cc4" descr="ARCHCO_distribution_map.jpg"/>
+            <wp:docPr id="9157212" name="name885669782fa5b3942" descr="ARCHCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3972694162a943cc1" cstate="print"/>
+                    <a:blip r:embed="rId911969782fa5b393e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3119,51 +3119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walker). High Plains Integrated Pest Management. BugWoodWiki. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5843694162a944830" w:history="1">
+      <w:hyperlink r:id="rId419069782fa5b4593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3365,51 +3365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,115–122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3603694162a9449d5" w:history="1">
+      <w:hyperlink r:id="rId828469782fa5b472f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-006-0336-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4678,73 +4678,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3562694162a945236" w:history="1">
+      <w:hyperlink r:id="rId309469782fa5b4ffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4819,63 +4819,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21460284" name="name2718694162a945537" descr="eu_funding_250.png"/>
+            <wp:docPr id="97954938" name="name424469782fa5b5120" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3189694162a945535" cstate="print"/>
+                    <a:blip r:embed="rId429069782fa5b511f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4973,137 +4973,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85453475">
+  <w:abstractNum w:abstractNumId="38930276">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74155724">
+    <w:lvl w:ilvl="0" w:tplc="33467954">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74155724" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33467954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74155724" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33467954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74155724" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33467954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74155724" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33467954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74155724" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33467954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74155724" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33467954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74155724" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33467954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74155724" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33467954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85453474">
+  <w:abstractNum w:abstractNumId="38930275">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43670412">
+    <w:lvl w:ilvl="0" w:tplc="44599072">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5855,55 +5855,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85453474">
-    <w:abstractNumId w:val="85453474"/>
+  <w:num w:numId="38930275">
+    <w:abstractNumId w:val="38930275"/>
   </w:num>
-  <w:num w:numId="85453475">
-    <w:abstractNumId w:val="85453475"/>
+  <w:num w:numId="38930276">
+    <w:abstractNumId w:val="38930276"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17453,51 +17453,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288180030" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456127395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7498694162a9420f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId1142694162a94215f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId9236694162a942952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId5843694162a944830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId3603694162a9449d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId3562694162a945236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3105694162a942820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3105694162a942820.jpg"/><Relationship Id="rId3972694162a943cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3972694162a943cc1.jpg"/><Relationship Id="rId3189694162a945535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3189694162a945535.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId996298677" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId401824314" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId209669782fa5b2427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId919569782fa5b2491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId903369782fa5b2660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId419069782fa5b4593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId828469782fa5b472f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId309469782fa5b4ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId709769782fa5b2557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId709769782fa5b2557.jpg"/><Relationship Id="rId911969782fa5b393e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911969782fa5b393e.jpg"/><Relationship Id="rId429069782fa5b511f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId429069782fa5b511f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>