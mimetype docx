--- v3 (2026-01-27)
+++ v4 (2026-02-16)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> aspen borer, large aspen tortrix</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209669782fa5b2427" w:history="1">
+            <w:hyperlink r:id="rId91566992e0ad20c1a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId919569782fa5b2491" w:history="1">
+            <w:hyperlink r:id="rId38466992e0ad20c90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARCHCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94431742" name="name514369782fa5b2559" descr="203.jpg"/>
+                  <wp:docPr id="61761343" name="name72646992e0ad211c7" descr="203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId709769782fa5b2557" cstate="print"/>
+                          <a:blip r:embed="rId87556992e0ad211c5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId903369782fa5b2660" w:history="1">
+            <w:hyperlink r:id="rId11536992e0ad212c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1690,63 +1690,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is broadly distributed across the North America continent, from the Atlantic to the Pacific oceans, from Newfoundland and Labrador, Canada to Alaska, south to California, Arizona and New Mexico (Freeman 1958, Powell 1964).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9157212" name="name885669782fa5b3942" descr="ARCHCO_distribution_map.jpg"/>
+            <wp:docPr id="499160" name="name67266992e0ad2272c" descr="ARCHCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId911969782fa5b393e" cstate="print"/>
+                    <a:blip r:embed="rId94576992e0ad22729" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3119,51 +3119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walker). High Plains Integrated Pest Management. BugWoodWiki. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419069782fa5b4593" w:history="1">
+      <w:hyperlink r:id="rId89826992e0ad23287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3365,51 +3365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,115–122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828469782fa5b472f" w:history="1">
+      <w:hyperlink r:id="rId43366992e0ad23422" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-006-0336-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4700,51 +4700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309469782fa5b4ffb" w:history="1">
+      <w:hyperlink r:id="rId87226992e0ad23cac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4819,63 +4819,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97954938" name="name424469782fa5b5120" descr="eu_funding_250.png"/>
+            <wp:docPr id="7396487" name="name13926992e0ad23f7e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId429069782fa5b511f" cstate="print"/>
+                    <a:blip r:embed="rId57786992e0ad23f7c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4973,137 +4973,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38930276">
+  <w:abstractNum w:abstractNumId="69809604">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33467954">
+    <w:lvl w:ilvl="0" w:tplc="38724704">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33467954" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38724704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33467954" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38724704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33467954" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38724704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33467954" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38724704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33467954" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38724704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33467954" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38724704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33467954" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38724704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33467954" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38724704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38930275">
+  <w:abstractNum w:abstractNumId="69809603">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44599072">
+    <w:lvl w:ilvl="0" w:tplc="22168721">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5855,55 +5855,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38930275">
-    <w:abstractNumId w:val="38930275"/>
+  <w:num w:numId="69809603">
+    <w:abstractNumId w:val="69809603"/>
   </w:num>
-  <w:num w:numId="38930276">
-    <w:abstractNumId w:val="38930276"/>
+  <w:num w:numId="69809604">
+    <w:abstractNumId w:val="69809604"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17453,51 +17453,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId996298677" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId401824314" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId209669782fa5b2427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId919569782fa5b2491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId903369782fa5b2660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId419069782fa5b4593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId828469782fa5b472f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId309469782fa5b4ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId709769782fa5b2557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId709769782fa5b2557.jpg"/><Relationship Id="rId911969782fa5b393e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911969782fa5b393e.jpg"/><Relationship Id="rId429069782fa5b511f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId429069782fa5b511f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId241070109" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId950349665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId91566992e0ad20c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId38466992e0ad20c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId11536992e0ad212c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId89826992e0ad23287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId43366992e0ad23422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId87226992e0ad23cac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87556992e0ad211c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87556992e0ad211c5.jpg"/><Relationship Id="rId94576992e0ad22729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94576992e0ad22729.jpg"/><Relationship Id="rId57786992e0ad23f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57786992e0ad23f7c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>