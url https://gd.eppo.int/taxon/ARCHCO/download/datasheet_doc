--- v4 (2026-02-16)
+++ v5 (2026-03-10)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> aspen borer, large aspen tortrix</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91566992e0ad20c1a" w:history="1">
+            <w:hyperlink r:id="rId885669af800d6ae83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38466992e0ad20c90" w:history="1">
+            <w:hyperlink r:id="rId931369af800d6aeed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ARCHCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61761343" name="name72646992e0ad211c7" descr="203.jpg"/>
+                  <wp:docPr id="59282956" name="name901569af800d6b561" descr="203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId87556992e0ad211c5" cstate="print"/>
+                          <a:blip r:embed="rId936869af800d6b55f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11536992e0ad212c4" w:history="1">
+            <w:hyperlink r:id="rId787869af800d6b6ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1690,63 +1690,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is broadly distributed across the North America continent, from the Atlantic to the Pacific oceans, from Newfoundland and Labrador, Canada to Alaska, south to California, Arizona and New Mexico (Freeman 1958, Powell 1964).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="499160" name="name67266992e0ad2272c" descr="ARCHCO_distribution_map.jpg"/>
+            <wp:docPr id="85263238" name="name118869af800d6cb8e" descr="ARCHCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ARCHCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId94576992e0ad22729" cstate="print"/>
+                    <a:blip r:embed="rId824869af800d6cb8c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3119,51 +3119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Walker). High Plains Integrated Pest Management. BugWoodWiki. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89826992e0ad23287" w:history="1">
+      <w:hyperlink r:id="rId821269af800d6d6bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3365,51 +3365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,115–122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43366992e0ad23422" w:history="1">
+      <w:hyperlink r:id="rId114469af800d6d850" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-006-0336-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4700,51 +4700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura conflictana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87226992e0ad23cac" w:history="1">
+      <w:hyperlink r:id="rId408069af800d6e09a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4819,63 +4819,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7396487" name="name13926992e0ad23f7e" descr="eu_funding_250.png"/>
+            <wp:docPr id="38821675" name="name171369af800d6e1ac" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57786992e0ad23f7c" cstate="print"/>
+                    <a:blip r:embed="rId814969af800d6e1ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4973,137 +4973,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69809604">
+  <w:abstractNum w:abstractNumId="12846811">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38724704">
+    <w:lvl w:ilvl="0" w:tplc="82682916">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38724704" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82682916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38724704" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82682916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38724704" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82682916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38724704" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82682916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38724704" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82682916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38724704" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82682916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38724704" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82682916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38724704" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82682916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69809603">
+  <w:abstractNum w:abstractNumId="12846810">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22168721">
+    <w:lvl w:ilvl="0" w:tplc="19156102">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5855,55 +5855,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69809603">
-    <w:abstractNumId w:val="69809603"/>
+  <w:num w:numId="12846810">
+    <w:abstractNumId w:val="12846810"/>
   </w:num>
-  <w:num w:numId="69809604">
-    <w:abstractNumId w:val="69809604"/>
+  <w:num w:numId="12846811">
+    <w:abstractNumId w:val="12846811"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17453,51 +17453,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId241070109" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId950349665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId91566992e0ad20c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId38466992e0ad20c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId11536992e0ad212c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId89826992e0ad23287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId43366992e0ad23422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId87226992e0ad23cac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87556992e0ad211c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87556992e0ad211c5.jpg"/><Relationship Id="rId94576992e0ad22729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94576992e0ad22729.jpg"/><Relationship Id="rId57786992e0ad23f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57786992e0ad23f7c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749145937" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId847826364" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId885669af800d6ae83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/" TargetMode="External"/><Relationship Id="rId931369af800d6aeed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/categorization" TargetMode="External"/><Relationship Id="rId787869af800d6b6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ARCHCO/photos" TargetMode="External"/><Relationship Id="rId821269af800d6d6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/HPIPM:Choristoneura_conflictana" TargetMode="External"/><Relationship Id="rId114469af800d6d850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-006-0336-x" TargetMode="External"/><Relationship Id="rId408069af800d6e09a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId936869af800d6b55f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId936869af800d6b55f.jpg"/><Relationship Id="rId824869af800d6cb8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId824869af800d6cb8c.jpg"/><Relationship Id="rId814969af800d6e1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId814969af800d6e1ab.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>