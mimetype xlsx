--- v0 (2025-10-09)
+++ v1 (2026-03-19)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>