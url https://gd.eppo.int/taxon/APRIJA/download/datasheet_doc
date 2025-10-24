--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> mulberry Longhorn beetle, mulberry borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId835168e095ac0294b" w:history="1">
+            <w:hyperlink r:id="rId791468fb8871e7b57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId992268e095ac029b6" w:history="1">
+            <w:hyperlink r:id="rId777168fb8871e7bc3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48407106" name="name254668e095ac02a8a" descr="11532.jpg"/>
+                  <wp:docPr id="94837020" name="name938368fb8871e7cbb" descr="11532.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11532.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId438968e095ac02a88" cstate="print"/>
+                          <a:blip r:embed="rId617668fb8871e7cb9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId569268e095ac02b70" w:history="1">
+            <w:hyperlink r:id="rId373568fb8871e7dd3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1459,63 +1459,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. germari, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with a more northerly distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71128189" name="name777368e095ac03f0f" descr="APRIJA_distribution_map.jpg"/>
+            <wp:docPr id="64331288" name="name478368fb8871e91a3" descr="APRIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId634368e095ac03f0c" cstate="print"/>
+                    <a:blip r:embed="rId406968fb8871e91a0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2993,51 +2993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261868e095ac04ac3" w:history="1">
+      <w:hyperlink r:id="rId322068fb8871e9e4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4847,81 +4847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona rugicollis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936468e095ac057d7" w:history="1">
+      <w:hyperlink r:id="rId226268fb8871eaa53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72185561" name="name189568e095ac0585b" descr="eu_funding_250.png"/>
+            <wp:docPr id="29476057" name="name329268fb8871eaaa9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId843668e095ac0585a" cstate="print"/>
+                    <a:blip r:embed="rId308068fb8871eaaa8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5019,137 +5019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24049471">
+  <w:abstractNum w:abstractNumId="65264112">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77265996">
+    <w:lvl w:ilvl="0" w:tplc="66920886">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77265996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66920886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77265996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66920886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77265996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66920886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77265996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66920886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77265996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66920886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77265996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66920886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77265996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66920886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77265996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66920886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24049470">
+  <w:abstractNum w:abstractNumId="65264111">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92388505">
+    <w:lvl w:ilvl="0" w:tplc="75678932">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5901,55 +5901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24049470">
-    <w:abstractNumId w:val="24049470"/>
+  <w:num w:numId="65264111">
+    <w:abstractNumId w:val="65264111"/>
   </w:num>
-  <w:num w:numId="24049471">
-    <w:abstractNumId w:val="24049471"/>
+  <w:num w:numId="65264112">
+    <w:abstractNumId w:val="65264112"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17499,51 +17499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId455873853" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId913238925" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId835168e095ac0294b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId992268e095ac029b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId569268e095ac02b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId261868e095ac04ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId936468e095ac057d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId438968e095ac02a88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId438968e095ac02a88.jpg"/><Relationship Id="rId634368e095ac03f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634368e095ac03f0c.jpg"/><Relationship Id="rId843668e095ac0585a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId843668e095ac0585a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId976028185" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId175183688" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId791468fb8871e7b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId777168fb8871e7bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId373568fb8871e7dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId322068fb8871e9e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId226268fb8871eaa53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId617668fb8871e7cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617668fb8871e7cb9.jpg"/><Relationship Id="rId406968fb8871e91a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406968fb8871e91a0.jpg"/><Relationship Id="rId308068fb8871eaaa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308068fb8871eaaa8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>