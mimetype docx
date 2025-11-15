--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> mulberry Longhorn beetle, mulberry borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId791468fb8871e7b57" w:history="1">
+            <w:hyperlink r:id="rId62966918613b5995c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId777168fb8871e7bc3" w:history="1">
+            <w:hyperlink r:id="rId58076918613b599c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94837020" name="name938368fb8871e7cbb" descr="11532.jpg"/>
+                  <wp:docPr id="12776487" name="name85796918613b59ac9" descr="11532.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11532.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId617668fb8871e7cb9" cstate="print"/>
+                          <a:blip r:embed="rId24856918613b59ac8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId373568fb8871e7dd3" w:history="1">
+            <w:hyperlink r:id="rId11556918613b59bc1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1459,63 +1459,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. germari, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with a more northerly distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64331288" name="name478368fb8871e91a3" descr="APRIJA_distribution_map.jpg"/>
+            <wp:docPr id="30862862" name="name99696918613b5b24a" descr="APRIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId406968fb8871e91a0" cstate="print"/>
+                    <a:blip r:embed="rId66646918613b5b246" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2993,51 +2993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322068fb8871e9e4f" w:history="1">
+      <w:hyperlink r:id="rId35736918613b5bebf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4847,81 +4847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona rugicollis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226268fb8871eaa53" w:history="1">
+      <w:hyperlink r:id="rId14396918613b5caa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29476057" name="name329268fb8871eaaa9" descr="eu_funding_250.png"/>
+            <wp:docPr id="80815178" name="name32476918613b5cb08" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId308068fb8871eaaa8" cstate="print"/>
+                    <a:blip r:embed="rId49446918613b5cb07" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5019,137 +5019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65264112">
+  <w:abstractNum w:abstractNumId="17705949">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66920886">
+    <w:lvl w:ilvl="0" w:tplc="90059803">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66920886" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90059803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66920886" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90059803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66920886" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90059803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66920886" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90059803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66920886" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90059803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66920886" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90059803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66920886" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90059803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66920886" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90059803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65264111">
+  <w:abstractNum w:abstractNumId="17705948">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75678932">
+    <w:lvl w:ilvl="0" w:tplc="36372179">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5901,55 +5901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65264111">
-    <w:abstractNumId w:val="65264111"/>
+  <w:num w:numId="17705948">
+    <w:abstractNumId w:val="17705948"/>
   </w:num>
-  <w:num w:numId="65264112">
-    <w:abstractNumId w:val="65264112"/>
+  <w:num w:numId="17705949">
+    <w:abstractNumId w:val="17705949"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17499,51 +17499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId976028185" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId175183688" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId791468fb8871e7b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId777168fb8871e7bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId373568fb8871e7dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId322068fb8871e9e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId226268fb8871eaa53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId617668fb8871e7cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617668fb8871e7cb9.jpg"/><Relationship Id="rId406968fb8871e91a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406968fb8871e91a0.jpg"/><Relationship Id="rId308068fb8871eaaa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308068fb8871eaaa8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602060836" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId678924324" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId62966918613b5995c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId58076918613b599c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId11556918613b59bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId35736918613b5bebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId14396918613b5caa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24856918613b59ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24856918613b59ac8.jpg"/><Relationship Id="rId66646918613b5b246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66646918613b5b246.jpg"/><Relationship Id="rId49446918613b5cb07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49446918613b5cb07.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>