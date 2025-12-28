--- v2 (2025-11-15)
+++ v3 (2025-12-28)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> mulberry Longhorn beetle, mulberry borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62966918613b5995c" w:history="1">
+            <w:hyperlink r:id="rId73446950bc263d5a1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58076918613b599c5" w:history="1">
+            <w:hyperlink r:id="rId69506950bc263d609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12776487" name="name85796918613b59ac9" descr="11532.jpg"/>
+                  <wp:docPr id="12676464" name="name47306950bc263d6cf" descr="11532.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11532.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId24856918613b59ac8" cstate="print"/>
+                          <a:blip r:embed="rId65776950bc263d6ce" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11556918613b59bc1" w:history="1">
+            <w:hyperlink r:id="rId88066950bc263d807" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1459,63 +1459,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. germari, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with a more northerly distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30862862" name="name99696918613b5b24a" descr="APRIJA_distribution_map.jpg"/>
+            <wp:docPr id="18594431" name="name71316950bc263ea72" descr="APRIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66646918613b5b246" cstate="print"/>
+                    <a:blip r:embed="rId51556950bc263ea6f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2993,51 +2993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35736918613b5bebf" w:history="1">
+      <w:hyperlink r:id="rId29736950bc263f607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4847,81 +4847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona rugicollis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14396918613b5caa4" w:history="1">
+      <w:hyperlink r:id="rId53396950bc26401a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80815178" name="name32476918613b5cb08" descr="eu_funding_250.png"/>
+            <wp:docPr id="77300763" name="name63316950bc2640209" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49446918613b5cb07" cstate="print"/>
+                    <a:blip r:embed="rId35786950bc2640208" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5019,137 +5019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17705949">
+  <w:abstractNum w:abstractNumId="37581577">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90059803">
+    <w:lvl w:ilvl="0" w:tplc="32393756">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90059803" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32393756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90059803" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32393756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90059803" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32393756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90059803" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32393756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90059803" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32393756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90059803" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32393756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90059803" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32393756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90059803" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32393756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17705948">
+  <w:abstractNum w:abstractNumId="37581576">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36372179">
+    <w:lvl w:ilvl="0" w:tplc="34196364">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5901,55 +5901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17705948">
-    <w:abstractNumId w:val="17705948"/>
+  <w:num w:numId="37581576">
+    <w:abstractNumId w:val="37581576"/>
   </w:num>
-  <w:num w:numId="17705949">
-    <w:abstractNumId w:val="17705949"/>
+  <w:num w:numId="37581577">
+    <w:abstractNumId w:val="37581577"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17499,51 +17499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602060836" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId678924324" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId62966918613b5995c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId58076918613b599c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId11556918613b59bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId35736918613b5bebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId14396918613b5caa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24856918613b59ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24856918613b59ac8.jpg"/><Relationship Id="rId66646918613b5b246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66646918613b5b246.jpg"/><Relationship Id="rId49446918613b5cb07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49446918613b5cb07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId751720229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId742520083" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73446950bc263d5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId69506950bc263d609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId88066950bc263d807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId29736950bc263f607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId53396950bc26401a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65776950bc263d6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65776950bc263d6ce.jpg"/><Relationship Id="rId51556950bc263ea6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51556950bc263ea6f.jpg"/><Relationship Id="rId35786950bc2640208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35786950bc2640208.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>