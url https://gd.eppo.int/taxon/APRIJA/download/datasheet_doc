--- v3 (2025-12-28)
+++ v4 (2026-01-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> mulberry Longhorn beetle, mulberry borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73446950bc263d5a1" w:history="1">
+            <w:hyperlink r:id="rId1246696c28b3574b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69506950bc263d609" w:history="1">
+            <w:hyperlink r:id="rId7049696c28b357543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12676464" name="name47306950bc263d6cf" descr="11532.jpg"/>
+                  <wp:docPr id="40269616" name="name9667696c28b357a96" descr="11532.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11532.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId65776950bc263d6ce" cstate="print"/>
+                          <a:blip r:embed="rId3834696c28b357a94" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId88066950bc263d807" w:history="1">
+            <w:hyperlink r:id="rId8225696c28b357c00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1459,63 +1459,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. germari, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with a more northerly distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18594431" name="name71316950bc263ea72" descr="APRIJA_distribution_map.jpg"/>
+            <wp:docPr id="59524018" name="name2426696c28b358e04" descr="APRIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51556950bc263ea6f" cstate="print"/>
+                    <a:blip r:embed="rId3711696c28b358e01" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2993,51 +2993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29736950bc263f607" w:history="1">
+      <w:hyperlink r:id="rId8461696c28b3599d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4825,103 +4825,103 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona rugicollis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53396950bc26401a3" w:history="1">
+      <w:hyperlink r:id="rId9954696c28b35a65c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77300763" name="name63316950bc2640209" descr="eu_funding_250.png"/>
+            <wp:docPr id="1664451" name="name8852696c28b35a6b7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35786950bc2640208" cstate="print"/>
+                    <a:blip r:embed="rId4563696c28b35a6b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5019,137 +5019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37581577">
+  <w:abstractNum w:abstractNumId="58433739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32393756">
+    <w:lvl w:ilvl="0" w:tplc="28899024">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32393756" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28899024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32393756" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28899024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32393756" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28899024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32393756" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28899024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32393756" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28899024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32393756" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28899024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32393756" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28899024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32393756" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28899024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37581576">
+  <w:abstractNum w:abstractNumId="58433738">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34196364">
+    <w:lvl w:ilvl="0" w:tplc="19058835">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5901,55 +5901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37581576">
-    <w:abstractNumId w:val="37581576"/>
+  <w:num w:numId="58433738">
+    <w:abstractNumId w:val="58433738"/>
   </w:num>
-  <w:num w:numId="37581577">
-    <w:abstractNumId w:val="37581577"/>
+  <w:num w:numId="58433739">
+    <w:abstractNumId w:val="58433739"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17499,51 +17499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId751720229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId742520083" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73446950bc263d5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId69506950bc263d609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId88066950bc263d807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId29736950bc263f607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId53396950bc26401a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65776950bc263d6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65776950bc263d6ce.jpg"/><Relationship Id="rId51556950bc263ea6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51556950bc263ea6f.jpg"/><Relationship Id="rId35786950bc2640208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35786950bc2640208.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104897075" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId478892358" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1246696c28b3574b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId7049696c28b357543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId8225696c28b357c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId8461696c28b3599d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId9954696c28b35a65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3834696c28b357a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3834696c28b357a94.jpg"/><Relationship Id="rId3711696c28b358e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3711696c28b358e01.jpg"/><Relationship Id="rId4563696c28b35a6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4563696c28b35a6b5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>