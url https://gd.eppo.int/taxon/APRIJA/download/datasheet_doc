--- v4 (2026-01-18)
+++ v5 (2026-02-09)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> mulberry Longhorn beetle, mulberry borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1246696c28b3574b6" w:history="1">
+            <w:hyperlink r:id="rId76116989ea6cb5178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7049696c28b357543" w:history="1">
+            <w:hyperlink r:id="rId87696989ea6cb51e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40269616" name="name9667696c28b357a96" descr="11532.jpg"/>
+                  <wp:docPr id="64896560" name="name57416989ea6cb5832" descr="11532.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11532.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3834696c28b357a94" cstate="print"/>
+                          <a:blip r:embed="rId12886989ea6cb5830" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8225696c28b357c00" w:history="1">
+            <w:hyperlink r:id="rId75386989ea6cb5963" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1459,63 +1459,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. germari, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with a more northerly distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59524018" name="name2426696c28b358e04" descr="APRIJA_distribution_map.jpg"/>
+            <wp:docPr id="50657296" name="name81066989ea6cb6fde" descr="APRIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3711696c28b358e01" cstate="print"/>
+                    <a:blip r:embed="rId66556989ea6cb6fda" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2993,51 +2993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8461696c28b3599d5" w:history="1">
+      <w:hyperlink r:id="rId93126989ea6cb7c9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4847,81 +4847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona rugicollis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9954696c28b35a65c" w:history="1">
+      <w:hyperlink r:id="rId66796989ea6cb8842" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1664451" name="name8852696c28b35a6b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="26341589" name="name82196989ea6cb88ac" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4563696c28b35a6b5" cstate="print"/>
+                    <a:blip r:embed="rId79836989ea6cb88ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5019,137 +5019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58433739">
+  <w:abstractNum w:abstractNumId="76591214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28899024">
+    <w:lvl w:ilvl="0" w:tplc="86599819">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28899024" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86599819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28899024" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86599819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28899024" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86599819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28899024" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86599819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28899024" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86599819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28899024" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86599819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28899024" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86599819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28899024" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86599819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58433738">
+  <w:abstractNum w:abstractNumId="76591213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19058835">
+    <w:lvl w:ilvl="0" w:tplc="42074822">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5901,55 +5901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58433738">
-    <w:abstractNumId w:val="58433738"/>
+  <w:num w:numId="76591213">
+    <w:abstractNumId w:val="76591213"/>
   </w:num>
-  <w:num w:numId="58433739">
-    <w:abstractNumId w:val="58433739"/>
+  <w:num w:numId="76591214">
+    <w:abstractNumId w:val="76591214"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17499,51 +17499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104897075" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId478892358" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1246696c28b3574b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId7049696c28b357543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId8225696c28b357c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId8461696c28b3599d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId9954696c28b35a65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3834696c28b357a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3834696c28b357a94.jpg"/><Relationship Id="rId3711696c28b358e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3711696c28b358e01.jpg"/><Relationship Id="rId4563696c28b35a6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4563696c28b35a6b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId370549459" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691842030" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76116989ea6cb5178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId87696989ea6cb51e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId75386989ea6cb5963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId93126989ea6cb7c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId66796989ea6cb8842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12886989ea6cb5830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12886989ea6cb5830.jpg"/><Relationship Id="rId66556989ea6cb6fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66556989ea6cb6fda.jpg"/><Relationship Id="rId79836989ea6cb88ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79836989ea6cb88ab.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>