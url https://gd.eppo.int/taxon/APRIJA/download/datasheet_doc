--- v5 (2026-02-09)
+++ v6 (2026-03-03)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> mulberry Longhorn beetle, mulberry borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76116989ea6cb5178" w:history="1">
+            <w:hyperlink r:id="rId421269a6b344ab634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87696989ea6cb51e3" w:history="1">
+            <w:hyperlink r:id="rId503969a6b344ab6aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64896560" name="name57416989ea6cb5832" descr="11532.jpg"/>
+                  <wp:docPr id="6930326" name="name255969a6b344abe0e" descr="11532.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11532.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12886989ea6cb5830" cstate="print"/>
+                          <a:blip r:embed="rId518169a6b344abe0d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId75386989ea6cb5963" w:history="1">
+            <w:hyperlink r:id="rId182369a6b344abf33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1459,63 +1459,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. germari, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with a more northerly distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50657296" name="name81066989ea6cb6fde" descr="APRIJA_distribution_map.jpg"/>
+            <wp:docPr id="52458702" name="name736869a6b344ad50c" descr="APRIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66556989ea6cb6fda" cstate="print"/>
+                    <a:blip r:embed="rId327969a6b344ad508" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2993,51 +2993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93126989ea6cb7c9d" w:history="1">
+      <w:hyperlink r:id="rId942169a6b344ae0f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4847,81 +4847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona rugicollis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66796989ea6cb8842" w:history="1">
+      <w:hyperlink r:id="rId601469a6b344aec7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26341589" name="name82196989ea6cb88ac" descr="eu_funding_250.png"/>
+            <wp:docPr id="82799039" name="name851269a6b344aed13" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79836989ea6cb88ab" cstate="print"/>
+                    <a:blip r:embed="rId758469a6b344aed12" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5019,137 +5019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76591214">
+  <w:abstractNum w:abstractNumId="26791410">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86599819">
+    <w:lvl w:ilvl="0" w:tplc="75673649">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86599819" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75673649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86599819" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75673649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86599819" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75673649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86599819" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75673649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86599819" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75673649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86599819" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75673649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86599819" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75673649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86599819" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75673649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76591213">
+  <w:abstractNum w:abstractNumId="26791409">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42074822">
+    <w:lvl w:ilvl="0" w:tplc="14546824">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5901,55 +5901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76591213">
-    <w:abstractNumId w:val="76591213"/>
+  <w:num w:numId="26791409">
+    <w:abstractNumId w:val="26791409"/>
   </w:num>
-  <w:num w:numId="76591214">
-    <w:abstractNumId w:val="76591214"/>
+  <w:num w:numId="26791410">
+    <w:abstractNumId w:val="26791410"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17499,51 +17499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId370549459" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691842030" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76116989ea6cb5178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId87696989ea6cb51e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId75386989ea6cb5963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId93126989ea6cb7c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId66796989ea6cb8842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12886989ea6cb5830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12886989ea6cb5830.jpg"/><Relationship Id="rId66556989ea6cb6fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66556989ea6cb6fda.jpg"/><Relationship Id="rId79836989ea6cb88ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79836989ea6cb88ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId123434816" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId155980089" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId421269a6b344ab634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId503969a6b344ab6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId182369a6b344abf33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId942169a6b344ae0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId601469a6b344aec7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId518169a6b344abe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518169a6b344abe0d.jpg"/><Relationship Id="rId327969a6b344ad508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327969a6b344ad508.jpg"/><Relationship Id="rId758469a6b344aed12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758469a6b344aed12.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>