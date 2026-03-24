--- v6 (2026-03-03)
+++ v7 (2026-03-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> mulberry Longhorn beetle, mulberry borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421269a6b344ab634" w:history="1">
+            <w:hyperlink r:id="rId550969c25496ac7ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503969a6b344ab6aa" w:history="1">
+            <w:hyperlink r:id="rId751869c25496ac822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6930326" name="name255969a6b344abe0e" descr="11532.jpg"/>
+                  <wp:docPr id="98179013" name="name610269c25496ace98" descr="11532.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11532.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId518169a6b344abe0d" cstate="print"/>
+                          <a:blip r:embed="rId961569c25496ace96" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId182369a6b344abf33" w:history="1">
+            <w:hyperlink r:id="rId821169c25496acfac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1459,63 +1459,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. germari, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with a more northerly distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52458702" name="name736869a6b344ad50c" descr="APRIJA_distribution_map.jpg"/>
+            <wp:docPr id="46699381" name="name129069c25496ae64b" descr="APRIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId327969a6b344ad508" cstate="print"/>
+                    <a:blip r:embed="rId522169c25496ae648" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2993,51 +2993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942169a6b344ae0f4" w:history="1">
+      <w:hyperlink r:id="rId971469c25496af255" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4847,81 +4847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona rugicollis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601469a6b344aec7f" w:history="1">
+      <w:hyperlink r:id="rId255069c25496afdf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82799039" name="name851269a6b344aed13" descr="eu_funding_250.png"/>
+            <wp:docPr id="48768050" name="name865069c25496afe77" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId758469a6b344aed12" cstate="print"/>
+                    <a:blip r:embed="rId681169c25496afe76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5019,137 +5019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26791410">
+  <w:abstractNum w:abstractNumId="34525638">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75673649">
+    <w:lvl w:ilvl="0" w:tplc="53613563">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75673649" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53613563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75673649" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53613563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75673649" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53613563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75673649" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53613563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75673649" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53613563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75673649" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53613563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75673649" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53613563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75673649" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53613563" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26791409">
+  <w:abstractNum w:abstractNumId="34525637">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14546824">
+    <w:lvl w:ilvl="0" w:tplc="42828975">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5901,55 +5901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26791409">
-    <w:abstractNumId w:val="26791409"/>
+  <w:num w:numId="34525637">
+    <w:abstractNumId w:val="34525637"/>
   </w:num>
-  <w:num w:numId="26791410">
-    <w:abstractNumId w:val="26791410"/>
+  <w:num w:numId="34525638">
+    <w:abstractNumId w:val="34525638"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17499,51 +17499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId123434816" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId155980089" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId421269a6b344ab634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId503969a6b344ab6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId182369a6b344abf33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId942169a6b344ae0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId601469a6b344aec7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId518169a6b344abe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518169a6b344abe0d.jpg"/><Relationship Id="rId327969a6b344ad508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327969a6b344ad508.jpg"/><Relationship Id="rId758469a6b344aed12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758469a6b344aed12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824139823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId283216314" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId550969c25496ac7ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/" TargetMode="External"/><Relationship Id="rId751869c25496ac822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/categorization" TargetMode="External"/><Relationship Id="rId821169c25496acfac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRIJA/photos" TargetMode="External"/><Relationship Id="rId971469c25496af255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId255069c25496afdf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId961569c25496ace96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId961569c25496ace96.jpg"/><Relationship Id="rId522169c25496ae648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId522169c25496ae648.jpg"/><Relationship Id="rId681169c25496afe76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId681169c25496afe76.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>