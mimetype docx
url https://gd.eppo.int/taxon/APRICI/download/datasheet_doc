--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Gilmour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple stem borer, apple tree borer, poplar stem borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId995268e70d549279c" w:history="1">
+            <w:hyperlink r:id="rId7670690215d930bf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId856668e70d5492807" w:history="1">
+            <w:hyperlink r:id="rId6329690215d930c57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRICI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16829210" name="name164568e70d54928ce" descr="13706.jpg"/>
+                  <wp:docPr id="3076069" name="name4250690215d931397" descr="13706.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13706.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId551168e70d54928cd" cstate="print"/>
+                          <a:blip r:embed="rId8591690215d931396" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId214468e70d54929a4" w:history="1">
+            <w:hyperlink r:id="rId3115690215d93148c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1096,63 +1096,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. cinerea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is indigenous to the west Himalayan ranges and adjoining areas of India and Pakistan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77602008" name="name583768e70d5493967" descr="APRICI_distribution_map.jpg"/>
+            <wp:docPr id="39778906" name="name5977690215d932612" descr="APRICI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRICI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId216968e70d5493965" cstate="print"/>
+                    <a:blip r:embed="rId7835690215d932610" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2393,51 +2393,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553168e70d54943ac" w:history="1">
+      <w:hyperlink r:id="rId2843690215d932fcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/6508</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2608,51 +2608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). Revised in 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606268e70d5494518" w:history="1">
+      <w:hyperlink r:id="rId2438690215d933136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3188,51 +3188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId238468e70d54948e7" w:history="1">
+      <w:hyperlink r:id="rId6385690215d9334de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3308,90 +3308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 151-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516168e70d54949ac" w:history="1">
+      <w:hyperlink r:id="rId9186690215d9335a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12126</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1845893" name="name920868e70d5494a14" descr="eu_funding_250.png"/>
+            <wp:docPr id="10703362" name="name3219690215d9335fb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId950968e70d5494a13" cstate="print"/>
+                    <a:blip r:embed="rId1854690215d9335fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3489,137 +3489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26309107">
+  <w:abstractNum w:abstractNumId="78334819">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55425185">
+    <w:lvl w:ilvl="0" w:tplc="30714716">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55425185" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30714716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55425185" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30714716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55425185" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30714716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55425185" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30714716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55425185" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30714716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55425185" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30714716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55425185" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30714716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55425185" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30714716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26309106">
+  <w:abstractNum w:abstractNumId="78334818">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14611701">
+    <w:lvl w:ilvl="0" w:tplc="27275236">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4371,55 +4371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26309106">
-    <w:abstractNumId w:val="26309106"/>
+  <w:num w:numId="78334818">
+    <w:abstractNumId w:val="78334818"/>
   </w:num>
-  <w:num w:numId="26309107">
-    <w:abstractNumId w:val="26309107"/>
+  <w:num w:numId="78334819">
+    <w:abstractNumId w:val="78334819"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15969,51 +15969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId600258081" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId391739810" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId995268e70d549279c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId856668e70d5492807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId214468e70d54929a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId553168e70d54943ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId606268e70d5494518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId238468e70d54948e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId516168e70d54949ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId551168e70d54928cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId551168e70d54928cd.jpg"/><Relationship Id="rId216968e70d5493965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId216968e70d5493965.jpg"/><Relationship Id="rId950968e70d5494a13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId950968e70d5494a13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId787977115" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId250363630" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7670690215d930bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId6329690215d930c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId3115690215d93148c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId2843690215d932fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId2438690215d933136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId6385690215d9334de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9186690215d9335a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId8591690215d931396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8591690215d931396.jpg"/><Relationship Id="rId7835690215d932610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7835690215d932610.jpg"/><Relationship Id="rId1854690215d9335fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1854690215d9335fa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>