--- v1 (2025-10-29)
+++ v2 (2025-12-15)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Gilmour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple stem borer, apple tree borer, poplar stem borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7670690215d930bf1" w:history="1">
+            <w:hyperlink r:id="rId5780694061220116e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6329690215d930c57" w:history="1">
+            <w:hyperlink r:id="rId290569406122011d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRICI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3076069" name="name4250690215d931397" descr="13706.jpg"/>
+                  <wp:docPr id="26415938" name="name691669406122019e7" descr="13706.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13706.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8591690215d931396" cstate="print"/>
+                          <a:blip r:embed="rId268369406122019e5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3115690215d93148c" w:history="1">
+            <w:hyperlink r:id="rId93576940612201b12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1096,63 +1096,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. cinerea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is indigenous to the west Himalayan ranges and adjoining areas of India and Pakistan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39778906" name="name5977690215d932612" descr="APRICI_distribution_map.jpg"/>
+            <wp:docPr id="50618574" name="name77196940612202c51" descr="APRICI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRICI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7835690215d932610" cstate="print"/>
+                    <a:blip r:embed="rId75916940612202c4e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2393,51 +2393,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2843690215d932fcb" w:history="1">
+      <w:hyperlink r:id="rId2283694061220369d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/6508</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2608,51 +2608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). Revised in 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2438690215d933136" w:history="1">
+      <w:hyperlink r:id="rId851969406122037ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3188,51 +3188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6385690215d9334de" w:history="1">
+      <w:hyperlink r:id="rId20566940612203ba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3308,90 +3308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 151-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9186690215d9335a2" w:history="1">
+      <w:hyperlink r:id="rId60116940612203c6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12126</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10703362" name="name3219690215d9335fb" descr="eu_funding_250.png"/>
+            <wp:docPr id="50076089" name="name12536940612203cca" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1854690215d9335fa" cstate="print"/>
+                    <a:blip r:embed="rId26616940612203cc9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3489,137 +3489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78334819">
+  <w:abstractNum w:abstractNumId="14554502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30714716">
+    <w:lvl w:ilvl="0" w:tplc="52547205">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30714716" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52547205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30714716" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52547205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30714716" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52547205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30714716" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52547205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30714716" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52547205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30714716" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52547205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30714716" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52547205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30714716" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52547205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78334818">
+  <w:abstractNum w:abstractNumId="14554501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27275236">
+    <w:lvl w:ilvl="0" w:tplc="11927670">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4371,55 +4371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78334818">
-    <w:abstractNumId w:val="78334818"/>
+  <w:num w:numId="14554501">
+    <w:abstractNumId w:val="14554501"/>
   </w:num>
-  <w:num w:numId="78334819">
-    <w:abstractNumId w:val="78334819"/>
+  <w:num w:numId="14554502">
+    <w:abstractNumId w:val="14554502"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15969,51 +15969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId787977115" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId250363630" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7670690215d930bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId6329690215d930c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId3115690215d93148c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId2843690215d932fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId2438690215d933136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId6385690215d9334de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9186690215d9335a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId8591690215d931396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8591690215d931396.jpg"/><Relationship Id="rId7835690215d932610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7835690215d932610.jpg"/><Relationship Id="rId1854690215d9335fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1854690215d9335fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId478586371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId451665899" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5780694061220116e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId290569406122011d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId93576940612201b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId2283694061220369d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId851969406122037ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId20566940612203ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60116940612203c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId268369406122019e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId268369406122019e5.jpg"/><Relationship Id="rId75916940612202c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75916940612202c4e.jpg"/><Relationship Id="rId26616940612203cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26616940612203cc9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>