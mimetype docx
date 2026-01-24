--- v2 (2025-12-15)
+++ v3 (2026-01-24)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Gilmour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple stem borer, apple tree borer, poplar stem borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5780694061220116e" w:history="1">
+            <w:hyperlink r:id="rId2066697557eba8770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290569406122011d9" w:history="1">
+            <w:hyperlink r:id="rId9863697557eba87dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRICI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26415938" name="name691669406122019e7" descr="13706.jpg"/>
+                  <wp:docPr id="8140704" name="name9436697557eba8b22" descr="13706.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13706.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId268369406122019e5" cstate="print"/>
+                          <a:blip r:embed="rId7620697557eba8b20" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId93576940612201b12" w:history="1">
+            <w:hyperlink r:id="rId1096697557eba8c26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1096,63 +1096,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. cinerea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is indigenous to the west Himalayan ranges and adjoining areas of India and Pakistan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50618574" name="name77196940612202c51" descr="APRICI_distribution_map.jpg"/>
+            <wp:docPr id="80659237" name="name8187697557eba9e16" descr="APRICI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRICI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75916940612202c4e" cstate="print"/>
+                    <a:blip r:embed="rId4486697557eba9e13" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2393,51 +2393,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2283694061220369d" w:history="1">
+      <w:hyperlink r:id="rId3287697557ebaa888" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/6508</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2608,51 +2608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). Revised in 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851969406122037ff" w:history="1">
+      <w:hyperlink r:id="rId1122697557ebaaa07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,73 +3166,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20566940612203ba5" w:history="1">
+      <w:hyperlink r:id="rId6137697557ebaadb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3308,90 +3308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 151-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60116940612203c6a" w:history="1">
+      <w:hyperlink r:id="rId3458697557ebaae92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12126</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50076089" name="name12536940612203cca" descr="eu_funding_250.png"/>
+            <wp:docPr id="44104179" name="name9388697557ebaaf06" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26616940612203cc9" cstate="print"/>
+                    <a:blip r:embed="rId1937697557ebaaf05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3489,137 +3489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14554502">
+  <w:abstractNum w:abstractNumId="98741231">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52547205">
+    <w:lvl w:ilvl="0" w:tplc="39801501">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52547205" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39801501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52547205" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39801501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52547205" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39801501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52547205" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39801501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52547205" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39801501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52547205" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39801501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52547205" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39801501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52547205" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39801501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14554501">
+  <w:abstractNum w:abstractNumId="98741230">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11927670">
+    <w:lvl w:ilvl="0" w:tplc="95504800">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4371,55 +4371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14554501">
-    <w:abstractNumId w:val="14554501"/>
+  <w:num w:numId="98741230">
+    <w:abstractNumId w:val="98741230"/>
   </w:num>
-  <w:num w:numId="14554502">
-    <w:abstractNumId w:val="14554502"/>
+  <w:num w:numId="98741231">
+    <w:abstractNumId w:val="98741231"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15969,51 +15969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId478586371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId451665899" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5780694061220116e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId290569406122011d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId93576940612201b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId2283694061220369d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId851969406122037ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId20566940612203ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60116940612203c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId268369406122019e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId268369406122019e5.jpg"/><Relationship Id="rId75916940612202c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75916940612202c4e.jpg"/><Relationship Id="rId26616940612203cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26616940612203cc9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462994087" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId334712327" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2066697557eba8770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId9863697557eba87dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId1096697557eba8c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId3287697557ebaa888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId1122697557ebaaa07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId6137697557ebaadb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3458697557ebaae92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId7620697557eba8b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7620697557eba8b20.jpg"/><Relationship Id="rId4486697557eba9e13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4486697557eba9e13.jpg"/><Relationship Id="rId1937697557ebaaf05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1937697557ebaaf05.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>