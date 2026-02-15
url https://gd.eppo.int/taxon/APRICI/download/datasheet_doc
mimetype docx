--- v3 (2026-01-24)
+++ v4 (2026-02-15)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Gilmour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple stem borer, apple tree borer, poplar stem borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2066697557eba8770" w:history="1">
+            <w:hyperlink r:id="rId18116991bc705b2f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9863697557eba87dc" w:history="1">
+            <w:hyperlink r:id="rId44846991bc705b367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRICI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8140704" name="name9436697557eba8b22" descr="13706.jpg"/>
+                  <wp:docPr id="15623233" name="name41666991bc705b98c" descr="13706.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13706.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7620697557eba8b20" cstate="print"/>
+                          <a:blip r:embed="rId62376991bc705b98a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1096697557eba8c26" w:history="1">
+            <w:hyperlink r:id="rId71716991bc705bac3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1096,63 +1096,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. cinerea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is indigenous to the west Himalayan ranges and adjoining areas of India and Pakistan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80659237" name="name8187697557eba9e16" descr="APRICI_distribution_map.jpg"/>
+            <wp:docPr id="58145593" name="name10796991bc705cbeb" descr="APRICI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRICI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4486697557eba9e13" cstate="print"/>
+                    <a:blip r:embed="rId23766991bc705cbe8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2393,51 +2393,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3287697557ebaa888" w:history="1">
+      <w:hyperlink r:id="rId58856991bc705d63d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/6508</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2608,51 +2608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). Revised in 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1122697557ebaaa07" w:history="1">
+      <w:hyperlink r:id="rId52846991bc705d7a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3188,51 +3188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6137697557ebaadb6" w:history="1">
+      <w:hyperlink r:id="rId62516991bc705db55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3308,90 +3308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 151-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3458697557ebaae92" w:history="1">
+      <w:hyperlink r:id="rId35616991bc705dc44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12126</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44104179" name="name9388697557ebaaf06" descr="eu_funding_250.png"/>
+            <wp:docPr id="75066630" name="name44096991bc705dcaf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1937697557ebaaf05" cstate="print"/>
+                    <a:blip r:embed="rId53496991bc705dcae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3489,137 +3489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98741231">
+  <w:abstractNum w:abstractNumId="66251448">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39801501">
+    <w:lvl w:ilvl="0" w:tplc="61869906">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39801501" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61869906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39801501" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61869906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39801501" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61869906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39801501" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61869906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39801501" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61869906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39801501" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61869906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39801501" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61869906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39801501" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61869906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98741230">
+  <w:abstractNum w:abstractNumId="66251447">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95504800">
+    <w:lvl w:ilvl="0" w:tplc="76816621">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4371,55 +4371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98741230">
-    <w:abstractNumId w:val="98741230"/>
+  <w:num w:numId="66251447">
+    <w:abstractNumId w:val="66251447"/>
   </w:num>
-  <w:num w:numId="98741231">
-    <w:abstractNumId w:val="98741231"/>
+  <w:num w:numId="66251448">
+    <w:abstractNumId w:val="66251448"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15969,51 +15969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462994087" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId334712327" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2066697557eba8770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId9863697557eba87dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId1096697557eba8c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId3287697557ebaa888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId1122697557ebaaa07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId6137697557ebaadb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3458697557ebaae92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId7620697557eba8b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7620697557eba8b20.jpg"/><Relationship Id="rId4486697557eba9e13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4486697557eba9e13.jpg"/><Relationship Id="rId1937697557ebaaf05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1937697557ebaaf05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId135806088" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId376379187" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18116991bc705b2f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId44846991bc705b367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId71716991bc705bac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId58856991bc705d63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId52846991bc705d7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId62516991bc705db55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35616991bc705dc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId62376991bc705b98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62376991bc705b98a.jpg"/><Relationship Id="rId23766991bc705cbe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23766991bc705cbe8.jpg"/><Relationship Id="rId53496991bc705dcae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53496991bc705dcae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>