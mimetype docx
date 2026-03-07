--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Gilmour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple stem borer, apple tree borer, poplar stem borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18116991bc705b2f8" w:history="1">
+            <w:hyperlink r:id="rId742069ac8d196a852" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44846991bc705b367" w:history="1">
+            <w:hyperlink r:id="rId163269ac8d196a8bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRICI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15623233" name="name41666991bc705b98c" descr="13706.jpg"/>
+                  <wp:docPr id="21964996" name="name500869ac8d196afc1" descr="13706.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13706.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62376991bc705b98a" cstate="print"/>
+                          <a:blip r:embed="rId472369ac8d196afbf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId71716991bc705bac3" w:history="1">
+            <w:hyperlink r:id="rId260569ac8d196b0cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1096,63 +1096,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. cinerea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is indigenous to the west Himalayan ranges and adjoining areas of India and Pakistan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58145593" name="name10796991bc705cbeb" descr="APRICI_distribution_map.jpg"/>
+            <wp:docPr id="35895220" name="name938469ac8d196c210" descr="APRICI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRICI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23766991bc705cbe8" cstate="print"/>
+                    <a:blip r:embed="rId190769ac8d196c20d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2393,51 +2393,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58856991bc705d63d" w:history="1">
+      <w:hyperlink r:id="rId311769ac8d196cc3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/6508</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2608,51 +2608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). Revised in 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52846991bc705d7a7" w:history="1">
+      <w:hyperlink r:id="rId471569ac8d196cdac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3188,51 +3188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62516991bc705db55" w:history="1">
+      <w:hyperlink r:id="rId986069ac8d196d15d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3308,90 +3308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 151-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35616991bc705dc44" w:history="1">
+      <w:hyperlink r:id="rId812269ac8d196d222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12126</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75066630" name="name44096991bc705dcaf" descr="eu_funding_250.png"/>
+            <wp:docPr id="5630585" name="name800369ac8d196d281" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53496991bc705dcae" cstate="print"/>
+                    <a:blip r:embed="rId336469ac8d196d280" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3489,137 +3489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66251448">
+  <w:abstractNum w:abstractNumId="79401426">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61869906">
+    <w:lvl w:ilvl="0" w:tplc="25913655">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61869906" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25913655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61869906" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25913655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61869906" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25913655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61869906" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25913655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61869906" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25913655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61869906" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25913655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61869906" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25913655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61869906" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25913655" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66251447">
+  <w:abstractNum w:abstractNumId="79401425">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76816621">
+    <w:lvl w:ilvl="0" w:tplc="28295718">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4371,55 +4371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66251447">
-    <w:abstractNumId w:val="66251447"/>
+  <w:num w:numId="79401425">
+    <w:abstractNumId w:val="79401425"/>
   </w:num>
-  <w:num w:numId="66251448">
-    <w:abstractNumId w:val="66251448"/>
+  <w:num w:numId="79401426">
+    <w:abstractNumId w:val="79401426"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15969,51 +15969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId135806088" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId376379187" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18116991bc705b2f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId44846991bc705b367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId71716991bc705bac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId58856991bc705d63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId52846991bc705d7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId62516991bc705db55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35616991bc705dc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId62376991bc705b98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62376991bc705b98a.jpg"/><Relationship Id="rId23766991bc705cbe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23766991bc705cbe8.jpg"/><Relationship Id="rId53496991bc705dcae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53496991bc705dcae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627259995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId673674847" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId742069ac8d196a852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId163269ac8d196a8bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId260569ac8d196b0cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId311769ac8d196cc3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId471569ac8d196cdac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId986069ac8d196d15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId812269ac8d196d222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId472369ac8d196afbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId472369ac8d196afbf.jpg"/><Relationship Id="rId190769ac8d196c20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId190769ac8d196c20d.jpg"/><Relationship Id="rId336469ac8d196d280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId336469ac8d196d280.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>