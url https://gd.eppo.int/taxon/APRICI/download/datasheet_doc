--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Gilmour</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple stem borer, apple tree borer, poplar stem borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId742069ac8d196a852" w:history="1">
+            <w:hyperlink r:id="rId955369c7c8bfd2b43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163269ac8d196a8bc" w:history="1">
+            <w:hyperlink r:id="rId272569c7c8bfd2bb4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APRICI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21964996" name="name500869ac8d196afc1" descr="13706.jpg"/>
+                  <wp:docPr id="4919355" name="name226069c7c8bfd3227" descr="13706.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13706.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId472369ac8d196afbf" cstate="print"/>
+                          <a:blip r:embed="rId371169c7c8bfd3225" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId260569ac8d196b0cd" w:history="1">
+            <w:hyperlink r:id="rId207069c7c8bfd3333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1096,63 +1096,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. cinerea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is indigenous to the west Himalayan ranges and adjoining areas of India and Pakistan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35895220" name="name938469ac8d196c210" descr="APRICI_distribution_map.jpg"/>
+            <wp:docPr id="60229961" name="name666769c7c8bfd435b" descr="APRICI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APRICI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId190769ac8d196c20d" cstate="print"/>
+                    <a:blip r:embed="rId339269c7c8bfd4359" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2393,51 +2393,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311769ac8d196cc3f" w:history="1">
+      <w:hyperlink r:id="rId508669c7c8bfd4dd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/6508</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2608,51 +2608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona germari, A. japonica, A. cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). Revised in 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471569ac8d196cdac" w:history="1">
+      <w:hyperlink r:id="rId777669c7c8bfd4f5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3188,51 +3188,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apriona cinerea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986069ac8d196d15d" w:history="1">
+      <w:hyperlink r:id="rId873569c7c8bfd5321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3308,90 +3308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 151-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812269ac8d196d222" w:history="1">
+      <w:hyperlink r:id="rId710669c7c8bfd53ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12126</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5630585" name="name800369ac8d196d281" descr="eu_funding_250.png"/>
+            <wp:docPr id="99818358" name="name439469c7c8bfd56e1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId336469ac8d196d280" cstate="print"/>
+                    <a:blip r:embed="rId800469c7c8bfd56e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3489,137 +3489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79401426">
+  <w:abstractNum w:abstractNumId="25281416">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25913655">
+    <w:lvl w:ilvl="0" w:tplc="10787058">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25913655" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10787058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25913655" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10787058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25913655" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10787058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25913655" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10787058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25913655" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10787058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25913655" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10787058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25913655" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10787058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25913655" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10787058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79401425">
+  <w:abstractNum w:abstractNumId="25281415">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28295718">
+    <w:lvl w:ilvl="0" w:tplc="89774489">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4371,55 +4371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79401425">
-    <w:abstractNumId w:val="79401425"/>
+  <w:num w:numId="25281415">
+    <w:abstractNumId w:val="25281415"/>
   </w:num>
-  <w:num w:numId="79401426">
-    <w:abstractNumId w:val="79401426"/>
+  <w:num w:numId="25281416">
+    <w:abstractNumId w:val="25281416"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15969,51 +15969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627259995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId673674847" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId742069ac8d196a852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId163269ac8d196a8bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId260569ac8d196b0cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId311769ac8d196cc3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId471569ac8d196cdac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId986069ac8d196d15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId812269ac8d196d222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId472369ac8d196afbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId472369ac8d196afbf.jpg"/><Relationship Id="rId190769ac8d196c20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId190769ac8d196c20d.jpg"/><Relationship Id="rId336469ac8d196d280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId336469ac8d196d280.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId515513941" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId567715343" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId955369c7c8bfd2b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/" TargetMode="External"/><Relationship Id="rId272569c7c8bfd2bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/categorization" TargetMode="External"/><Relationship Id="rId207069c7c8bfd3333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APRICI/photos" TargetMode="External"/><Relationship Id="rId508669c7c8bfd4dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/6508" TargetMode="External"/><Relationship Id="rId777669c7c8bfd4f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/d27ccfab-df80-4d8f-afcf-0ce8512a89d7" TargetMode="External"/><Relationship Id="rId873569c7c8bfd5321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId710669c7c8bfd53ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12126" TargetMode="External"/><Relationship Id="rId371169c7c8bfd3225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId371169c7c8bfd3225.jpg"/><Relationship Id="rId339269c7c8bfd4359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId339269c7c8bfd4359.jpg"/><Relationship Id="rId800469c7c8bfd56e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800469c7c8bfd56e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>