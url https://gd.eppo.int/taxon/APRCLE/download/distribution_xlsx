--- v0 (2025-10-12)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="APRCLE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>America</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
@@ -242,99 +242,102 @@
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
+    <t>Present, widespread</t>
+  </si>
+  <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
@@ -1304,347 +1307,347 @@
       <c r="B32" t="s">
         <v>72</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>73</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>57</v>
       </c>
       <c r="B33" t="s">
         <v>74</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>57</v>
       </c>
       <c r="B34" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>57</v>
       </c>
       <c r="B35" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>57</v>
       </c>
       <c r="B36" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>57</v>
       </c>
       <c r="B37" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>57</v>
       </c>
       <c r="B38" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>57</v>
       </c>
       <c r="B39" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>57</v>
       </c>
       <c r="B40" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>57</v>
       </c>
       <c r="B41" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>57</v>
       </c>
       <c r="B42" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>57</v>
       </c>
       <c r="B43" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C43" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" t="s">
         <v>94</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>57</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D44" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E44" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>57</v>
       </c>
       <c r="B45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C45" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E45" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>57</v>
       </c>
       <c r="B46" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>57</v>
       </c>
       <c r="B47" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>57</v>
       </c>
       <c r="B48" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>57</v>
       </c>
       <c r="B49" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>57</v>
       </c>
       <c r="B50" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>57</v>
       </c>
       <c r="B51" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>