--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Potato Andean mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean mottle of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId886568e74b08ea172" w:history="1">
+            <w:hyperlink r:id="rId1794691c3d0204b6e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198568e74b08ea1d9" w:history="1">
+            <w:hyperlink r:id="rId2203691c3d0204bd6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1991,63 +1991,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Chile, although APMoV has been reported infecting potato (Contreras &amp; Banse, 1982), it was not reported following testing of 98 samples collected from the Chiloé Archipelago using HTS (Pena Reyes, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60511308" name="name318168e74b08eb78e" descr="APMOV0_distribution_map.jpg"/>
+            <wp:docPr id="70892818" name="name3020691c3d02067d4" descr="APMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId295968e74b08eb78b" cstate="print"/>
+                    <a:blip r:embed="rId9098691c3d02067d1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2747,51 +2747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1992, ICTV 2022c). The complete coding sequence of the type strain Lm (Adams </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019) and other APMoV strains has been obtained (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101068e74b08ebdc9" w:history="1">
+      <w:hyperlink r:id="rId5282691c3d0206e46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4027,51 +4027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum aethiopicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396868e74b08ec64e" w:history="1">
+      <w:hyperlink r:id="rId9166691c3d02077d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://en.wikipedia.org/wiki/Solanum_aethiopicum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1989) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report, International Potato Center (CIP), Lima, Peru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 59. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376968e74b08ec7e2" w:history="1">
+      <w:hyperlink r:id="rId8106691c3d0207969" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4602,51 +4602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982968e74b08ec9e2" w:history="1">
+      <w:hyperlink r:id="rId7381691c3d0207b7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4672,51 +4672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId379268e74b08eca53" w:history="1">
+      <w:hyperlink r:id="rId5617691c3d0207beb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4742,51 +4742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604768e74b08ecac1" w:history="1">
+      <w:hyperlink r:id="rId1103691c3d0207c5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4821,51 +4821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664868e74b08ecb3d" w:history="1">
+      <w:hyperlink r:id="rId1318691c3d0207ce5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4891,51 +4891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623268e74b08ecbac" w:history="1">
+      <w:hyperlink r:id="rId6532691c3d0207d5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4970,51 +4970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796968e74b08ecc27" w:history="1">
+      <w:hyperlink r:id="rId4312691c3d0207dd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5049,168 +5049,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267368e74b08ecca1" w:history="1">
+      <w:hyperlink r:id="rId5617691c3d0207e52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590768e74b08eccde" w:history="1">
+      <w:hyperlink r:id="rId9388691c3d0207e91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565268e74b08ecd1f" w:history="1">
+      <w:hyperlink r:id="rId1193691c3d0207ed2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2022) FAOSTAT.  Crop and livestock statistics.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608268e74b08ecd60" w:history="1">
+      <w:hyperlink r:id="rId4070691c3d0207f14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data/QCL</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5225,51 +5225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE &amp; Jones RAC (1981) Andean potato mottle virus. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Potato Diseases</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), p 77. APS Press, St Paul, USA. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351868e74b08ecdbb" w:history="1">
+      <w:hyperlink r:id="rId7661691c3d0207f7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 21 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5322,51 +5322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533168e74b08ece62" w:history="1">
+      <w:hyperlink r:id="rId2921691c3d020801b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5446,101 +5446,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) ICTV master species list 2021 v2. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228668e74b08ecf2d" w:history="1">
+      <w:hyperlink r:id="rId4766691c3d02080e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760968e74b08ecf7e" w:history="1">
+      <w:hyperlink r:id="rId4339691c3d0208139" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022c) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352568e74b08ecfd9" w:history="1">
+      <w:hyperlink r:id="rId8607691c3d0208196" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5768,90 +5768,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265968e74b08ed130" w:history="1">
+      <w:hyperlink r:id="rId2434691c3d02082ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022].    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186768e74b08ed175" w:history="1">
+      <w:hyperlink r:id="rId2747691c3d0208333" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5915,51 +5915,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 546–550.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273668e74b08ed29d" w:history="1">
+      <w:hyperlink r:id="rId8635691c3d020858d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6623,90 +6623,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE, Jones RAC &amp; Koenig R (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643868e74b08ed71b" w:history="1">
+      <w:hyperlink r:id="rId2739691c3d02089f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId342668e74b08ed759" w:history="1">
+      <w:hyperlink r:id="rId3236691c3d0208a2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6781,51 +6781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus andesense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835168e74b08ed81e" w:history="1">
+      <w:hyperlink r:id="rId2978691c3d0208afe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7016,99 +7016,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369468e74b08ed993" w:history="1">
+      <w:hyperlink r:id="rId6929691c3d0208c87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25015978" name="name255468e74b08eda33" descr="eu_funding_250.png"/>
+            <wp:docPr id="66044780" name="name5331691c3d0208d05" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId758468e74b08eda32" cstate="print"/>
+                    <a:blip r:embed="rId4014691c3d0208d04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -7207,137 +7207,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90564070">
+  <w:abstractNum w:abstractNumId="36949810">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46183956">
+    <w:lvl w:ilvl="0" w:tplc="58003922">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46183956" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58003922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46183956" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58003922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46183956" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58003922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46183956" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58003922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46183956" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58003922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46183956" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58003922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46183956" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58003922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46183956" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58003922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90564069">
+  <w:abstractNum w:abstractNumId="36949809">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86392218">
+    <w:lvl w:ilvl="0" w:tplc="48144904">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8089,55 +8089,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90564069">
-    <w:abstractNumId w:val="90564069"/>
+  <w:num w:numId="36949809">
+    <w:abstractNumId w:val="36949809"/>
   </w:num>
-  <w:num w:numId="90564070">
-    <w:abstractNumId w:val="90564070"/>
+  <w:num w:numId="36949810">
+    <w:abstractNumId w:val="36949810"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19687,51 +19687,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId978123872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId255770470" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId886568e74b08ea172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId198568e74b08ea1d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId101068e74b08ebdc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId396868e74b08ec64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId376968e74b08ec7e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId982968e74b08ec9e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId379268e74b08eca53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId604768e74b08ecac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId664868e74b08ecb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId623268e74b08ecbac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId796968e74b08ecc27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId267368e74b08ecca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId590768e74b08eccde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId565268e74b08ecd1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId608268e74b08ecd60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId351868e74b08ecdbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId533168e74b08ece62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId228668e74b08ecf2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId760968e74b08ecf7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId352568e74b08ecfd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId265968e74b08ed130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId186768e74b08ed175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId273668e74b08ed29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId643868e74b08ed71b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId342668e74b08ed759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId835168e74b08ed81e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId369468e74b08ed993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId295968e74b08eb78b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId295968e74b08eb78b.jpg"/><Relationship Id="rId758468e74b08eda32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758468e74b08eda32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId703284209" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId199289327" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1794691c3d0204b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId2203691c3d0204bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId5282691c3d0206e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId9166691c3d02077d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId8106691c3d0207969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId7381691c3d0207b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId5617691c3d0207beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId1103691c3d0207c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId1318691c3d0207ce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId6532691c3d0207d5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId4312691c3d0207dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId5617691c3d0207e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId9388691c3d0207e91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId1193691c3d0207ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId4070691c3d0207f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId7661691c3d0207f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId2921691c3d020801b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId4766691c3d02080e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId4339691c3d0208139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId8607691c3d0208196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId2434691c3d02082ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2747691c3d0208333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId8635691c3d020858d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId2739691c3d02089f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId3236691c3d0208a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId2978691c3d0208afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6929691c3d0208c87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId9098691c3d02067d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9098691c3d02067d1.jpg"/><Relationship Id="rId4014691c3d0208d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4014691c3d0208d04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>