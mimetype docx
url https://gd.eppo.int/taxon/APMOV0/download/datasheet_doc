--- v1 (2025-11-18)
+++ v2 (2025-12-12)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Potato Andean mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean mottle of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1794691c3d0204b6e" w:history="1">
+            <w:hyperlink r:id="rId2446693c0e8062713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2203691c3d0204bd6" w:history="1">
+            <w:hyperlink r:id="rId4794693c0e806277d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1991,63 +1991,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Chile, although APMoV has been reported infecting potato (Contreras &amp; Banse, 1982), it was not reported following testing of 98 samples collected from the Chiloé Archipelago using HTS (Pena Reyes, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70892818" name="name3020691c3d02067d4" descr="APMOV0_distribution_map.jpg"/>
+            <wp:docPr id="6219573" name="name7435693c0e806402a" descr="APMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9098691c3d02067d1" cstate="print"/>
+                    <a:blip r:embed="rId8518693c0e8064027" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2747,51 +2747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1992, ICTV 2022c). The complete coding sequence of the type strain Lm (Adams </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019) and other APMoV strains has been obtained (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5282691c3d0206e46" w:history="1">
+      <w:hyperlink r:id="rId9806693c0e8064756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4027,51 +4027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum aethiopicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9166691c3d02077d5" w:history="1">
+      <w:hyperlink r:id="rId2175693c0e8065091" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://en.wikipedia.org/wiki/Solanum_aethiopicum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1989) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report, International Potato Center (CIP), Lima, Peru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 59. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8106691c3d0207969" w:history="1">
+      <w:hyperlink r:id="rId2966693c0e8065264" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4602,51 +4602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7381691c3d0207b7b" w:history="1">
+      <w:hyperlink r:id="rId8216693c0e806548c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4672,51 +4672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5617691c3d0207beb" w:history="1">
+      <w:hyperlink r:id="rId1270693c0e80654ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4742,51 +4742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1103691c3d0207c5b" w:history="1">
+      <w:hyperlink r:id="rId9957693c0e806557d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4821,51 +4821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1318691c3d0207ce5" w:history="1">
+      <w:hyperlink r:id="rId8121693c0e80655fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4891,51 +4891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6532691c3d0207d5a" w:history="1">
+      <w:hyperlink r:id="rId5775693c0e806566e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4970,51 +4970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4312691c3d0207dd7" w:history="1">
+      <w:hyperlink r:id="rId5301693c0e80656eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5049,168 +5049,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5617691c3d0207e52" w:history="1">
+      <w:hyperlink r:id="rId9255693c0e8065766" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9388691c3d0207e91" w:history="1">
+      <w:hyperlink r:id="rId8324693c0e80657a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1193691c3d0207ed2" w:history="1">
+      <w:hyperlink r:id="rId5212693c0e80657e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2022) FAOSTAT.  Crop and livestock statistics.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4070691c3d0207f14" w:history="1">
+      <w:hyperlink r:id="rId7378693c0e8065827" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data/QCL</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5225,51 +5225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE &amp; Jones RAC (1981) Andean potato mottle virus. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Potato Diseases</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), p 77. APS Press, St Paul, USA. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7661691c3d0207f7f" w:history="1">
+      <w:hyperlink r:id="rId7697693c0e8065890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 21 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5322,51 +5322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2921691c3d020801b" w:history="1">
+      <w:hyperlink r:id="rId3660693c0e806593f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5446,101 +5446,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) ICTV master species list 2021 v2. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4766691c3d02080e7" w:history="1">
+      <w:hyperlink r:id="rId3338693c0e8065a11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4339691c3d0208139" w:history="1">
+      <w:hyperlink r:id="rId1549693c0e8065a62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022c) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8607691c3d0208196" w:history="1">
+      <w:hyperlink r:id="rId9130693c0e8065ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5768,90 +5768,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2434691c3d02082ef" w:history="1">
+      <w:hyperlink r:id="rId5466693c0e8065c1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022].    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2747691c3d0208333" w:history="1">
+      <w:hyperlink r:id="rId2194693c0e8065c62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5915,51 +5915,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 546–550.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8635691c3d020858d" w:history="1">
+      <w:hyperlink r:id="rId6735693c0e8065f58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6623,90 +6623,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE, Jones RAC &amp; Koenig R (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2739691c3d02089f2" w:history="1">
+      <w:hyperlink r:id="rId8095693c0e806642a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3236691c3d0208a2f" w:history="1">
+      <w:hyperlink r:id="rId8288693c0e806646c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6781,51 +6781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus andesense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2978691c3d0208afe" w:history="1">
+      <w:hyperlink r:id="rId3070693c0e8066539" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7016,99 +7016,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6929691c3d0208c87" w:history="1">
+      <w:hyperlink r:id="rId2301693c0e80666ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66044780" name="name5331691c3d0208d05" descr="eu_funding_250.png"/>
+            <wp:docPr id="9167871" name="name4009693c0e806673d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4014691c3d0208d04" cstate="print"/>
+                    <a:blip r:embed="rId1174693c0e806673c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -7207,137 +7207,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36949810">
+  <w:abstractNum w:abstractNumId="29028765">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58003922">
+    <w:lvl w:ilvl="0" w:tplc="94225090">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58003922" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94225090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58003922" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94225090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58003922" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94225090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58003922" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94225090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58003922" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94225090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58003922" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94225090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58003922" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94225090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58003922" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94225090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36949809">
+  <w:abstractNum w:abstractNumId="29028764">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48144904">
+    <w:lvl w:ilvl="0" w:tplc="74108755">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8089,55 +8089,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36949809">
-    <w:abstractNumId w:val="36949809"/>
+  <w:num w:numId="29028764">
+    <w:abstractNumId w:val="29028764"/>
   </w:num>
-  <w:num w:numId="36949810">
-    <w:abstractNumId w:val="36949810"/>
+  <w:num w:numId="29028765">
+    <w:abstractNumId w:val="29028765"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19687,51 +19687,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId703284209" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId199289327" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1794691c3d0204b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId2203691c3d0204bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId5282691c3d0206e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId9166691c3d02077d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId8106691c3d0207969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId7381691c3d0207b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId5617691c3d0207beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId1103691c3d0207c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId1318691c3d0207ce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId6532691c3d0207d5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId4312691c3d0207dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId5617691c3d0207e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId9388691c3d0207e91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId1193691c3d0207ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId4070691c3d0207f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId7661691c3d0207f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId2921691c3d020801b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId4766691c3d02080e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId4339691c3d0208139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId8607691c3d0208196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId2434691c3d02082ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2747691c3d0208333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId8635691c3d020858d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId2739691c3d02089f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId3236691c3d0208a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId2978691c3d0208afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6929691c3d0208c87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId9098691c3d02067d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9098691c3d02067d1.jpg"/><Relationship Id="rId4014691c3d0208d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4014691c3d0208d04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId144564277" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId892421752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2446693c0e8062713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId4794693c0e806277d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId9806693c0e8064756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId2175693c0e8065091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId2966693c0e8065264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId8216693c0e806548c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId1270693c0e80654ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId9957693c0e806557d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId8121693c0e80655fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId5775693c0e806566e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId5301693c0e80656eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId9255693c0e8065766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId8324693c0e80657a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId5212693c0e80657e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId7378693c0e8065827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId7697693c0e8065890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId3660693c0e806593f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId3338693c0e8065a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId1549693c0e8065a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId9130693c0e8065ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId5466693c0e8065c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2194693c0e8065c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId6735693c0e8065f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId8095693c0e806642a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId8288693c0e806646c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId3070693c0e8066539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2301693c0e80666ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId8518693c0e8064027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8518693c0e8064027.jpg"/><Relationship Id="rId1174693c0e806673c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1174693c0e806673c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>