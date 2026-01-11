--- v2 (2025-12-12)
+++ v3 (2026-01-11)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Potato Andean mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean mottle of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2446693c0e8062713" w:history="1">
+            <w:hyperlink r:id="rId31486963b5b408265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4794693c0e806277d" w:history="1">
+            <w:hyperlink r:id="rId89536963b5b4082cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1991,63 +1991,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Chile, although APMoV has been reported infecting potato (Contreras &amp; Banse, 1982), it was not reported following testing of 98 samples collected from the Chiloé Archipelago using HTS (Pena Reyes, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6219573" name="name7435693c0e806402a" descr="APMOV0_distribution_map.jpg"/>
+            <wp:docPr id="71212503" name="name44706963b5b409c78" descr="APMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8518693c0e8064027" cstate="print"/>
+                    <a:blip r:embed="rId39826963b5b409c76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2747,51 +2747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1992, ICTV 2022c). The complete coding sequence of the type strain Lm (Adams </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019) and other APMoV strains has been obtained (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9806693c0e8064756" w:history="1">
+      <w:hyperlink r:id="rId37896963b5b40a365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4027,51 +4027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum aethiopicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2175693c0e8065091" w:history="1">
+      <w:hyperlink r:id="rId61386963b5b40abf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://en.wikipedia.org/wiki/Solanum_aethiopicum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1989) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report, International Potato Center (CIP), Lima, Peru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 59. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2966693c0e8065264" w:history="1">
+      <w:hyperlink r:id="rId15106963b5b40ad8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4602,51 +4602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8216693c0e806548c" w:history="1">
+      <w:hyperlink r:id="rId65936963b5b40af98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4672,51 +4672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1270693c0e80654ff" w:history="1">
+      <w:hyperlink r:id="rId97176963b5b40b008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4742,51 +4742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9957693c0e806557d" w:history="1">
+      <w:hyperlink r:id="rId88026963b5b40b07a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4821,51 +4821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8121693c0e80655fc" w:history="1">
+      <w:hyperlink r:id="rId56286963b5b40b0f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4891,51 +4891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5775693c0e806566e" w:history="1">
+      <w:hyperlink r:id="rId28496963b5b40b18d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4970,51 +4970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5301693c0e80656eb" w:history="1">
+      <w:hyperlink r:id="rId95386963b5b40b239" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5049,168 +5049,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9255693c0e8065766" w:history="1">
+      <w:hyperlink r:id="rId34416963b5b40b2b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8324693c0e80657a4" w:history="1">
+      <w:hyperlink r:id="rId75486963b5b40b2f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5212693c0e80657e6" w:history="1">
+      <w:hyperlink r:id="rId49166963b5b40b338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2022) FAOSTAT.  Crop and livestock statistics.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7378693c0e8065827" w:history="1">
+      <w:hyperlink r:id="rId79536963b5b40b37a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data/QCL</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5225,51 +5225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE &amp; Jones RAC (1981) Andean potato mottle virus. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Potato Diseases</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), p 77. APS Press, St Paul, USA. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7697693c0e8065890" w:history="1">
+      <w:hyperlink r:id="rId75026963b5b40b3d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 21 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5322,51 +5322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3660693c0e806593f" w:history="1">
+      <w:hyperlink r:id="rId79176963b5b40b472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5446,101 +5446,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) ICTV master species list 2021 v2. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3338693c0e8065a11" w:history="1">
+      <w:hyperlink r:id="rId12036963b5b40b557" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1549693c0e8065a62" w:history="1">
+      <w:hyperlink r:id="rId43866963b5b40b5a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022c) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9130693c0e8065ac0" w:history="1">
+      <w:hyperlink r:id="rId73896963b5b40b606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5768,90 +5768,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5466693c0e8065c1c" w:history="1">
+      <w:hyperlink r:id="rId71946963b5b40b75d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022].    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2194693c0e8065c62" w:history="1">
+      <w:hyperlink r:id="rId26306963b5b40b7a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5915,51 +5915,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 546–550.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6735693c0e8065f58" w:history="1">
+      <w:hyperlink r:id="rId62496963b5b40baa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6623,90 +6623,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE, Jones RAC &amp; Koenig R (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8095693c0e806642a" w:history="1">
+      <w:hyperlink r:id="rId81186963b5b40bf49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8288693c0e806646c" w:history="1">
+      <w:hyperlink r:id="rId92236963b5b40bf88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6759,73 +6759,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus andesense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3070693c0e8066539" w:history="1">
+      <w:hyperlink r:id="rId20516963b5b40c04e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7016,99 +7016,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2301693c0e80666ac" w:history="1">
+      <w:hyperlink r:id="rId39076963b5b40c1f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9167871" name="name4009693c0e806673d" descr="eu_funding_250.png"/>
+            <wp:docPr id="23690315" name="name38866963b5b40c52e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1174693c0e806673c" cstate="print"/>
+                    <a:blip r:embed="rId12716963b5b40c52d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -7207,137 +7207,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29028765">
+  <w:abstractNum w:abstractNumId="94480087">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94225090">
+    <w:lvl w:ilvl="0" w:tplc="58155727">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94225090" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58155727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94225090" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58155727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94225090" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58155727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94225090" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58155727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94225090" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58155727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94225090" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58155727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94225090" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58155727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94225090" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58155727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29028764">
+  <w:abstractNum w:abstractNumId="94480086">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74108755">
+    <w:lvl w:ilvl="0" w:tplc="86564746">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8089,55 +8089,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29028764">
-    <w:abstractNumId w:val="29028764"/>
+  <w:num w:numId="94480086">
+    <w:abstractNumId w:val="94480086"/>
   </w:num>
-  <w:num w:numId="29028765">
-    <w:abstractNumId w:val="29028765"/>
+  <w:num w:numId="94480087">
+    <w:abstractNumId w:val="94480087"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19687,51 +19687,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId144564277" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId892421752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2446693c0e8062713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId4794693c0e806277d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId9806693c0e8064756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId2175693c0e8065091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId2966693c0e8065264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId8216693c0e806548c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId1270693c0e80654ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId9957693c0e806557d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId8121693c0e80655fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId5775693c0e806566e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId5301693c0e80656eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId9255693c0e8065766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId8324693c0e80657a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId5212693c0e80657e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId7378693c0e8065827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId7697693c0e8065890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId3660693c0e806593f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId3338693c0e8065a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId1549693c0e8065a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId9130693c0e8065ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId5466693c0e8065c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2194693c0e8065c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId6735693c0e8065f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId8095693c0e806642a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId8288693c0e806646c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId3070693c0e8066539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2301693c0e80666ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId8518693c0e8064027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8518693c0e8064027.jpg"/><Relationship Id="rId1174693c0e806673c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1174693c0e806673c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId147872955" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId395445777" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31486963b5b408265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId89536963b5b4082cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId37896963b5b40a365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId61386963b5b40abf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId15106963b5b40ad8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId65936963b5b40af98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId97176963b5b40b008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId88026963b5b40b07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId56286963b5b40b0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId28496963b5b40b18d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId95386963b5b40b239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId34416963b5b40b2b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId75486963b5b40b2f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId49166963b5b40b338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId79536963b5b40b37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId75026963b5b40b3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId79176963b5b40b472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId12036963b5b40b557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId43866963b5b40b5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId73896963b5b40b606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId71946963b5b40b75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId26306963b5b40b7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId62496963b5b40baa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId81186963b5b40bf49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId92236963b5b40bf88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId20516963b5b40c04e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39076963b5b40c1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId39826963b5b409c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39826963b5b409c76.jpg"/><Relationship Id="rId12716963b5b40c52d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12716963b5b40c52d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>