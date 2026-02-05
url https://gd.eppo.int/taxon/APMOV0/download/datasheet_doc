--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Potato Andean mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean mottle of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31486963b5b408265" w:history="1">
+            <w:hyperlink r:id="rId30726984571112f44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -383,53 +383,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89536963b5b4082cf" w:history="1">
+            <w:hyperlink r:id="rId64516984571112fae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1991,63 +1991,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Chile, although APMoV has been reported infecting potato (Contreras &amp; Banse, 1982), it was not reported following testing of 98 samples collected from the Chiloé Archipelago using HTS (Pena Reyes, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71212503" name="name44706963b5b409c78" descr="APMOV0_distribution_map.jpg"/>
+            <wp:docPr id="24205409" name="name91706984571114847" descr="APMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39826963b5b409c76" cstate="print"/>
+                    <a:blip r:embed="rId69766984571114844" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2747,51 +2747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1992, ICTV 2022c). The complete coding sequence of the type strain Lm (Adams </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019) and other APMoV strains has been obtained (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37896963b5b40a365" w:history="1">
+      <w:hyperlink r:id="rId83766984571114ef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4027,51 +4027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum aethiopicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61386963b5b40abf3" w:history="1">
+      <w:hyperlink r:id="rId2067698457111591f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://en.wikipedia.org/wiki/Solanum_aethiopicum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1989) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report, International Potato Center (CIP), Lima, Peru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 59. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15106963b5b40ad8f" w:history="1">
+      <w:hyperlink r:id="rId61626984571115aba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4602,51 +4602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65936963b5b40af98" w:history="1">
+      <w:hyperlink r:id="rId67106984571115ccf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4672,51 +4672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97176963b5b40b008" w:history="1">
+      <w:hyperlink r:id="rId87046984571115d40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4742,51 +4742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88026963b5b40b07a" w:history="1">
+      <w:hyperlink r:id="rId97366984571115db1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4821,51 +4821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56286963b5b40b0f4" w:history="1">
+      <w:hyperlink r:id="rId99026984571115e2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4891,51 +4891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28496963b5b40b18d" w:history="1">
+      <w:hyperlink r:id="rId48356984571115e9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4970,51 +4970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95386963b5b40b239" w:history="1">
+      <w:hyperlink r:id="rId78536984571115f1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5049,168 +5049,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34416963b5b40b2b9" w:history="1">
+      <w:hyperlink r:id="rId29016984571115fb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75486963b5b40b2f7" w:history="1">
+      <w:hyperlink r:id="rId44446984571115ff5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49166963b5b40b338" w:history="1">
+      <w:hyperlink r:id="rId45186984571116048" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2022) FAOSTAT.  Crop and livestock statistics.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79536963b5b40b37a" w:history="1">
+      <w:hyperlink r:id="rId1363698457111608d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data/QCL</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5225,51 +5225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE &amp; Jones RAC (1981) Andean potato mottle virus. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Potato Diseases</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), p 77. APS Press, St Paul, USA. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75026963b5b40b3d7" w:history="1">
+      <w:hyperlink r:id="rId348469845711160eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 21 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5322,51 +5322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79176963b5b40b472" w:history="1">
+      <w:hyperlink r:id="rId66386984571116186" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5446,101 +5446,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) ICTV master species list 2021 v2. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12036963b5b40b557" w:history="1">
+      <w:hyperlink r:id="rId8715698457111625e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43866963b5b40b5a9" w:history="1">
+      <w:hyperlink r:id="rId891369845711162ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022c) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73896963b5b40b606" w:history="1">
+      <w:hyperlink r:id="rId4670698457111630a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5768,90 +5768,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71946963b5b40b75d" w:history="1">
+      <w:hyperlink r:id="rId58396984571116664" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022].    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26306963b5b40b7a3" w:history="1">
+      <w:hyperlink r:id="rId115469845711166ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5915,51 +5915,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 546–550.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62496963b5b40baa8" w:history="1">
+      <w:hyperlink r:id="rId449069845711169e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6623,90 +6623,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE, Jones RAC &amp; Koenig R (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81186963b5b40bf49" w:history="1">
+      <w:hyperlink r:id="rId60416984571116fb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92236963b5b40bf88" w:history="1">
+      <w:hyperlink r:id="rId64886984571116ff6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6781,51 +6781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus andesense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20516963b5b40c04e" w:history="1">
+      <w:hyperlink r:id="rId557469845711170c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7016,99 +7016,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39076963b5b40c1f5" w:history="1">
+      <w:hyperlink r:id="rId51906984571117231" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23690315" name="name38866963b5b40c52e" descr="eu_funding_250.png"/>
+            <wp:docPr id="17379639" name="name624369845711172fe" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12716963b5b40c52d" cstate="print"/>
+                    <a:blip r:embed="rId994469845711172fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -7207,137 +7207,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94480087">
+  <w:abstractNum w:abstractNumId="82720629">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58155727">
+    <w:lvl w:ilvl="0" w:tplc="72371595">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58155727" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72371595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58155727" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72371595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58155727" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72371595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58155727" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72371595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58155727" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72371595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58155727" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72371595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58155727" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72371595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58155727" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72371595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94480086">
+  <w:abstractNum w:abstractNumId="82720628">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86564746">
+    <w:lvl w:ilvl="0" w:tplc="76382696">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8089,55 +8089,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94480086">
-    <w:abstractNumId w:val="94480086"/>
+  <w:num w:numId="82720628">
+    <w:abstractNumId w:val="82720628"/>
   </w:num>
-  <w:num w:numId="94480087">
-    <w:abstractNumId w:val="94480087"/>
+  <w:num w:numId="82720629">
+    <w:abstractNumId w:val="82720629"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19687,51 +19687,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId147872955" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId395445777" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31486963b5b408265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId89536963b5b4082cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId37896963b5b40a365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId61386963b5b40abf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId15106963b5b40ad8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId65936963b5b40af98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId97176963b5b40b008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId88026963b5b40b07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId56286963b5b40b0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId28496963b5b40b18d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId95386963b5b40b239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId34416963b5b40b2b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId75486963b5b40b2f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId49166963b5b40b338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId79536963b5b40b37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId75026963b5b40b3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId79176963b5b40b472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId12036963b5b40b557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId43866963b5b40b5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId73896963b5b40b606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId71946963b5b40b75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId26306963b5b40b7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId62496963b5b40baa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId81186963b5b40bf49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId92236963b5b40bf88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId20516963b5b40c04e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39076963b5b40c1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId39826963b5b409c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39826963b5b409c76.jpg"/><Relationship Id="rId12716963b5b40c52d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12716963b5b40c52d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId514375464" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId958579216" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30726984571112f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId64516984571112fae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId83766984571114ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId2067698457111591f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId61626984571115aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId67106984571115ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId87046984571115d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId97366984571115db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId99026984571115e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId48356984571115e9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId78536984571115f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId29016984571115fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId44446984571115ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId45186984571116048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId1363698457111608d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId348469845711160eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId66386984571116186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8715698457111625e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId891369845711162ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId4670698457111630a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId58396984571116664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId115469845711166ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId449069845711169e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId60416984571116fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId64886984571116ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId557469845711170c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51906984571117231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId69766984571114844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69766984571114844.jpg"/><Relationship Id="rId994469845711172fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994469845711172fd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>