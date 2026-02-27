--- v4 (2026-02-05)
+++ v5 (2026-02-27)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Potato Andean mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean mottle of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30726984571112f44" w:history="1">
+            <w:hyperlink r:id="rId845569a21a7dc6293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64516984571112fae" w:history="1">
+            <w:hyperlink r:id="rId413869a21a7dc62ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1991,63 +1991,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Chile, although APMoV has been reported infecting potato (Contreras &amp; Banse, 1982), it was not reported following testing of 98 samples collected from the Chiloé Archipelago using HTS (Pena Reyes, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24205409" name="name91706984571114847" descr="APMOV0_distribution_map.jpg"/>
+            <wp:docPr id="6087310" name="name171169a21a7dc7b54" descr="APMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69766984571114844" cstate="print"/>
+                    <a:blip r:embed="rId377069a21a7dc7b51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2747,51 +2747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1992, ICTV 2022c). The complete coding sequence of the type strain Lm (Adams </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019) and other APMoV strains has been obtained (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83766984571114ef4" w:history="1">
+      <w:hyperlink r:id="rId341369a21a7dc822a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4027,51 +4027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum aethiopicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2067698457111591f" w:history="1">
+      <w:hyperlink r:id="rId303169a21a7dc8ad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://en.wikipedia.org/wiki/Solanum_aethiopicum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1989) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report, International Potato Center (CIP), Lima, Peru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 59. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61626984571115aba" w:history="1">
+      <w:hyperlink r:id="rId201869a21a7dc8c6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4602,51 +4602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67106984571115ccf" w:history="1">
+      <w:hyperlink r:id="rId693269a21a7dc8e8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4672,51 +4672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87046984571115d40" w:history="1">
+      <w:hyperlink r:id="rId700769a21a7dc8efc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4742,51 +4742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97366984571115db1" w:history="1">
+      <w:hyperlink r:id="rId583369a21a7dc8f6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4821,51 +4821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99026984571115e2c" w:history="1">
+      <w:hyperlink r:id="rId430869a21a7dc8fe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4891,51 +4891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48356984571115e9c" w:history="1">
+      <w:hyperlink r:id="rId752169a21a7dc905c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4970,51 +4970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78536984571115f1f" w:history="1">
+      <w:hyperlink r:id="rId138269a21a7dc90d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5049,168 +5049,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29016984571115fb7" w:history="1">
+      <w:hyperlink r:id="rId433469a21a7dc9153" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44446984571115ff5" w:history="1">
+      <w:hyperlink r:id="rId942569a21a7dc9190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45186984571116048" w:history="1">
+      <w:hyperlink r:id="rId485669a21a7dc91d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2022) FAOSTAT.  Crop and livestock statistics.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1363698457111608d" w:history="1">
+      <w:hyperlink r:id="rId953469a21a7dc9214" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data/QCL</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5225,51 +5225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE &amp; Jones RAC (1981) Andean potato mottle virus. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Potato Diseases</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), p 77. APS Press, St Paul, USA. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348469845711160eb" w:history="1">
+      <w:hyperlink r:id="rId433269a21a7dc9271" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 21 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5322,51 +5322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66386984571116186" w:history="1">
+      <w:hyperlink r:id="rId403669a21a7dc9323" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5446,101 +5446,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) ICTV master species list 2021 v2. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8715698457111625e" w:history="1">
+      <w:hyperlink r:id="rId155269a21a7dc9419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891369845711162ae" w:history="1">
+      <w:hyperlink r:id="rId678269a21a7dc946d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022c) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4670698457111630a" w:history="1">
+      <w:hyperlink r:id="rId730069a21a7dc94cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5768,90 +5768,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58396984571116664" w:history="1">
+      <w:hyperlink r:id="rId317669a21a7dc962b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022].    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115469845711166ae" w:history="1">
+      <w:hyperlink r:id="rId599169a21a7dc9672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5915,51 +5915,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 546–550.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449069845711169e3" w:history="1">
+      <w:hyperlink r:id="rId945769a21a7dc97ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6623,90 +6623,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE, Jones RAC &amp; Koenig R (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60416984571116fb8" w:history="1">
+      <w:hyperlink r:id="rId115769a21a7dc9c22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64886984571116ff6" w:history="1">
+      <w:hyperlink r:id="rId406969a21a7dc9c75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6781,51 +6781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus andesense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557469845711170c3" w:history="1">
+      <w:hyperlink r:id="rId969469a21a7dc9d3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7016,99 +7016,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51906984571117231" w:history="1">
+      <w:hyperlink r:id="rId973169a21a7dc9eb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17379639" name="name624369845711172fe" descr="eu_funding_250.png"/>
+            <wp:docPr id="24086615" name="name740369a21a7dca05c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId994469845711172fd" cstate="print"/>
+                    <a:blip r:embed="rId435369a21a7dca05b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -7207,137 +7207,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82720629">
+  <w:abstractNum w:abstractNumId="68758369">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72371595">
+    <w:lvl w:ilvl="0" w:tplc="70662047">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72371595" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70662047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72371595" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70662047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72371595" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70662047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72371595" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70662047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72371595" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70662047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72371595" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70662047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72371595" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70662047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72371595" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70662047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82720628">
+  <w:abstractNum w:abstractNumId="68758368">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76382696">
+    <w:lvl w:ilvl="0" w:tplc="91397872">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8089,55 +8089,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82720628">
-    <w:abstractNumId w:val="82720628"/>
+  <w:num w:numId="68758368">
+    <w:abstractNumId w:val="68758368"/>
   </w:num>
-  <w:num w:numId="82720629">
-    <w:abstractNumId w:val="82720629"/>
+  <w:num w:numId="68758369">
+    <w:abstractNumId w:val="68758369"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19687,51 +19687,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId514375464" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId958579216" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30726984571112f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId64516984571112fae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId83766984571114ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId2067698457111591f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId61626984571115aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId67106984571115ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId87046984571115d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId97366984571115db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId99026984571115e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId48356984571115e9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId78536984571115f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId29016984571115fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId44446984571115ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId45186984571116048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId1363698457111608d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId348469845711160eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId66386984571116186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8715698457111625e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId891369845711162ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId4670698457111630a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId58396984571116664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId115469845711166ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId449069845711169e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId60416984571116fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId64886984571116ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId557469845711170c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51906984571117231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId69766984571114844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69766984571114844.jpg"/><Relationship Id="rId994469845711172fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994469845711172fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId231683754" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607180505" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId845569a21a7dc6293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId413869a21a7dc62ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId341369a21a7dc822a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId303169a21a7dc8ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId201869a21a7dc8c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId693269a21a7dc8e8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId700769a21a7dc8efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId583369a21a7dc8f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId430869a21a7dc8fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId752169a21a7dc905c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId138269a21a7dc90d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId433469a21a7dc9153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId942569a21a7dc9190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId485669a21a7dc91d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId953469a21a7dc9214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId433269a21a7dc9271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId403669a21a7dc9323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId155269a21a7dc9419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId678269a21a7dc946d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId730069a21a7dc94cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId317669a21a7dc962b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId599169a21a7dc9672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId945769a21a7dc97ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId115769a21a7dc9c22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId406969a21a7dc9c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId969469a21a7dc9d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973169a21a7dc9eb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId377069a21a7dc7b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId377069a21a7dc7b51.jpg"/><Relationship Id="rId435369a21a7dca05b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435369a21a7dca05b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>