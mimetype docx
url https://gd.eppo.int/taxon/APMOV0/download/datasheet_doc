--- v5 (2026-02-27)
+++ v6 (2026-03-21)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Potato Andean mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean mottle of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId845569a21a7dc6293" w:history="1">
+            <w:hyperlink r:id="rId733469be773956cb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413869a21a7dc62ff" w:history="1">
+            <w:hyperlink r:id="rId936469be773956d21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1991,63 +1991,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Chile, although APMoV has been reported infecting potato (Contreras &amp; Banse, 1982), it was not reported following testing of 98 samples collected from the Chiloé Archipelago using HTS (Pena Reyes, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6087310" name="name171169a21a7dc7b54" descr="APMOV0_distribution_map.jpg"/>
+            <wp:docPr id="34248880" name="name679169be7739582b8" descr="APMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId377069a21a7dc7b51" cstate="print"/>
+                    <a:blip r:embed="rId929069be7739582b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2747,51 +2747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1992, ICTV 2022c). The complete coding sequence of the type strain Lm (Adams </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019) and other APMoV strains has been obtained (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId341369a21a7dc822a" w:history="1">
+      <w:hyperlink r:id="rId323669be7739589fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4027,51 +4027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum aethiopicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303169a21a7dc8ad1" w:history="1">
+      <w:hyperlink r:id="rId648069be7739592c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://en.wikipedia.org/wiki/Solanum_aethiopicum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CIP (1989) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Report, International Potato Center (CIP), Lima, Peru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 59. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201869a21a7dc8c6e" w:history="1">
+      <w:hyperlink r:id="rId750969be77395945d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4602,51 +4602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693269a21a7dc8e8b" w:history="1">
+      <w:hyperlink r:id="rId613369be773959670" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4672,51 +4672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700769a21a7dc8efc" w:history="1">
+      <w:hyperlink r:id="rId415869be7739596e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4742,51 +4742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583369a21a7dc8f6e" w:history="1">
+      <w:hyperlink r:id="rId191569be773959753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4821,51 +4821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430869a21a7dc8fe9" w:history="1">
+      <w:hyperlink r:id="rId572169be7739597cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4891,51 +4891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752169a21a7dc905c" w:history="1">
+      <w:hyperlink r:id="rId959069be773959842" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4970,51 +4970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138269a21a7dc90d7" w:history="1">
+      <w:hyperlink r:id="rId225469be7739598be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5049,168 +5049,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433469a21a7dc9153" w:history="1">
+      <w:hyperlink r:id="rId585669be773959946" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942569a21a7dc9190" w:history="1">
+      <w:hyperlink r:id="rId960569be773959988" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485669a21a7dc91d1" w:history="1">
+      <w:hyperlink r:id="rId826869be7739599cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2022) FAOSTAT.  Crop and livestock statistics.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953469a21a7dc9214" w:history="1">
+      <w:hyperlink r:id="rId619869be773959a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/faostat/en/#data/QCL</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5225,51 +5225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE &amp; Jones RAC (1981) Andean potato mottle virus. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Potato Diseases</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), p 77. APS Press, St Paul, USA. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433269a21a7dc9271" w:history="1">
+      <w:hyperlink r:id="rId425169be773959a6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 21 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5322,51 +5322,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 969-974.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403669a21a7dc9323" w:history="1">
+      <w:hyperlink r:id="rId154069be773959b0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5446,101 +5446,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2012) Virus Taxonomy: Ninth Report of the International Committee on Taxonomy of Viruses. ICTV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) ICTV master species list 2021 v2. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155269a21a7dc9419" w:history="1">
+      <w:hyperlink r:id="rId294069be773959bdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678269a21a7dc946d" w:history="1">
+      <w:hyperlink r:id="rId793969be773959c2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5555,51 +5555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022c) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730069a21a7dc94cb" w:history="1">
+      <w:hyperlink r:id="rId858969be773959c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5768,90 +5768,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317669a21a7dc962b" w:history="1">
+      <w:hyperlink r:id="rId812969be773959e02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October 2022].    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599169a21a7dc9672" w:history="1">
+      <w:hyperlink r:id="rId867169be773959e4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 October  2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5915,51 +5915,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 546–550.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945769a21a7dc97ad" w:history="1">
+      <w:hyperlink r:id="rId383369be773959f7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6623,90 +6623,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fribourg CE, Jones RAC &amp; Koenig R (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115769a21a7dc9c22" w:history="1">
+      <w:hyperlink r:id="rId151669be77395a407" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 October 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406969a21a7dc9c75" w:history="1">
+      <w:hyperlink r:id="rId103869be77395a446" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6781,51 +6781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comovirus andesense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId969469a21a7dc9d3f" w:history="1">
+      <w:hyperlink r:id="rId665669be77395a51a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7016,99 +7016,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973169a21a7dc9eb1" w:history="1">
+      <w:hyperlink r:id="rId887769be77395a694" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24086615" name="name740369a21a7dca05c" descr="eu_funding_250.png"/>
+            <wp:docPr id="28155900" name="name453369be77395aa63" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId435369a21a7dca05b" cstate="print"/>
+                    <a:blip r:embed="rId221069be77395aa62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -7207,137 +7207,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68758369">
+  <w:abstractNum w:abstractNumId="78956318">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70662047">
+    <w:lvl w:ilvl="0" w:tplc="30772340">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70662047" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30772340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70662047" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30772340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70662047" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30772340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70662047" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30772340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70662047" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30772340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70662047" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30772340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70662047" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30772340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70662047" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30772340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68758368">
+  <w:abstractNum w:abstractNumId="78956317">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91397872">
+    <w:lvl w:ilvl="0" w:tplc="92884442">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8089,55 +8089,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68758368">
-    <w:abstractNumId w:val="68758368"/>
+  <w:num w:numId="78956317">
+    <w:abstractNumId w:val="78956317"/>
   </w:num>
-  <w:num w:numId="68758369">
-    <w:abstractNumId w:val="68758369"/>
+  <w:num w:numId="78956318">
+    <w:abstractNumId w:val="78956318"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19687,51 +19687,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId231683754" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607180505" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId845569a21a7dc6293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId413869a21a7dc62ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId341369a21a7dc822a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId303169a21a7dc8ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId201869a21a7dc8c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId693269a21a7dc8e8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId700769a21a7dc8efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId583369a21a7dc8f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId430869a21a7dc8fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId752169a21a7dc905c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId138269a21a7dc90d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId433469a21a7dc9153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId942569a21a7dc9190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId485669a21a7dc91d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId953469a21a7dc9214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId433269a21a7dc9271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId403669a21a7dc9323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId155269a21a7dc9419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId678269a21a7dc946d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId730069a21a7dc94cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId317669a21a7dc962b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId599169a21a7dc9672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId945769a21a7dc97ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId115769a21a7dc9c22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId406969a21a7dc9c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId969469a21a7dc9d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973169a21a7dc9eb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId377069a21a7dc7b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId377069a21a7dc7b51.jpg"/><Relationship Id="rId435369a21a7dca05b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435369a21a7dca05b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId595602348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId177583750" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId733469be773956cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/" TargetMode="External"/><Relationship Id="rId936469be773956d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMOV0/categorization" TargetMode="External"/><Relationship Id="rId323669be7739589fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=andean+potato+mottle+virus" TargetMode="External"/><Relationship Id="rId648069be7739592c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Solanum_aethiopicum" TargetMode="External"/><Relationship Id="rId750969be77395945d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109437" TargetMode="External"/><Relationship Id="rId613369be773959670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId415869be7739596e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId191569be773959753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId572169be7739597cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId959069be773959842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId225469be7739598be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId585669be773959946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId960569be773959988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId826869be7739599cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId619869be773959a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/faostat/en/%23data/QCL" TargetMode="External"/><Relationship Id="rId425169be773959a6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId154069be773959b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId294069be773959bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId793969be773959c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId858969be773959c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/comovirus" TargetMode="External"/><Relationship Id="rId812969be773959e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId867169be773959e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId383369be773959f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId151669be77395a407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=203" TargetMode="External"/><Relationship Id="rId103869be77395a446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42520" TargetMode="External"/><Relationship Id="rId665669be77395a51a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId887769be77395a694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId929069be7739582b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId929069be7739582b5.jpg"/><Relationship Id="rId221069be77395aa62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId221069be77395aa62.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>