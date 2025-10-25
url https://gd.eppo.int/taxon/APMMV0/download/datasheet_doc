--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -286,51 +286,51 @@
               </w:rPr>
               <w:t xml:space="preserve">APMMV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Andean potato mild mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497968e0e1b9ceb74" w:history="1">
+            <w:hyperlink r:id="rId993868fd18c2bb4b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -346,51 +346,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId818668e0e1b9cebdf" w:history="1">
+            <w:hyperlink r:id="rId554368fd18c2bb53d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1889,63 +1889,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97286756" name="name621968e0e1b9d0570" descr="APMMV0_distribution_map.jpg"/>
+            <wp:docPr id="31987965" name="name559368fd18c2bcff2" descr="APMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId304368e0e1b9d056c" cstate="print"/>
+                    <a:blip r:embed="rId868968fd18c2bcfef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3638,51 +3638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337868e0e1b9d1401" w:history="1">
+      <w:hyperlink r:id="rId302568fd18c2be0f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3775,51 +3775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId972568e0e1b9d14e7" w:history="1">
+      <w:hyperlink r:id="rId629868fd18c2be1d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,51 +3845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843468e0e1b9d155b" w:history="1">
+      <w:hyperlink r:id="rId616668fd18c2be24c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3924,51 +3924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId442968e0e1b9d15db" w:history="1">
+      <w:hyperlink r:id="rId872068fd18c2be2ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4023,51 +4023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109968e0e1b9d167a" w:history="1">
+      <w:hyperlink r:id="rId174868fd18c2be36e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4093,51 +4093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486268e0e1b9d1739" w:history="1">
+      <w:hyperlink r:id="rId821568fd18c2be3df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4221,51 +4221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854068e0e1b9d180e" w:history="1">
+      <w:hyperlink r:id="rId291168fd18c2be4d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962968e0e1b9d188d" w:history="1">
+      <w:hyperlink r:id="rId340568fd18c2be553" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4359,51 +4359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425968e0e1b9d18eb" w:history="1">
+      <w:hyperlink r:id="rId508368fd18c2be5c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4438,51 +4438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860168e0e1b9d1969" w:history="1">
+      <w:hyperlink r:id="rId150968fd18c2be69d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4517,51 +4517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369968e0e1b9d19e5" w:history="1">
+      <w:hyperlink r:id="rId386968fd18c2be72f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4596,51 +4596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277868e0e1b9d1a64" w:history="1">
+      <w:hyperlink r:id="rId200368fd18c2be7c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4666,168 +4666,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714768e0e1b9d1ad2" w:history="1">
+      <w:hyperlink r:id="rId424268fd18c2be83e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId220168e0e1b9d1b13" w:history="1">
+      <w:hyperlink r:id="rId646768fd18c2be880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420468e0e1b9d1b56" w:history="1">
+      <w:hyperlink r:id="rId343468fd18c2be8c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321268e0e1b9d1b94" w:history="1">
+      <w:hyperlink r:id="rId693868fd18c2be903" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,51 +4958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718768e0e1b9d1cae" w:history="1">
+      <w:hyperlink r:id="rId867568fd18c2bea20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5153,51 +5153,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676868e0e1b9d1df1" w:history="1">
+      <w:hyperlink r:id="rId808068fd18c2beb5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId815468e0e1b9d1f08" w:history="1">
+      <w:hyperlink r:id="rId848068fd18c2bec85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5389,90 +5389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309168e0e1b9d1f92" w:history="1">
+      <w:hyperlink r:id="rId311268fd18c2becf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524568e0e1b9d1fd1" w:history="1">
+      <w:hyperlink r:id="rId819968fd18c2bed37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5681,51 +5681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484468e0e1b9d2165" w:history="1">
+      <w:hyperlink r:id="rId111568fd18c2beefe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5836,72 +5836,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369368e0e1b9d2264" w:history="1">
+      <w:hyperlink r:id="rId949768fd18c2bf004" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448768e0e1b9d2283" w:history="1">
+      <w:hyperlink r:id="rId411368fd18c2bf024" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5994,208 +5994,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181968e0e1b9d2361" w:history="1">
+      <w:hyperlink r:id="rId755468fd18c2bf105" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId973768e0e1b9d239f" w:history="1">
+      <w:hyperlink r:id="rId306568fd18c2bf144" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId647668e0e1b9d23bd" w:history="1">
+      <w:hyperlink r:id="rId861168fd18c2bf163" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940468e0e1b9d23dc" w:history="1">
+      <w:hyperlink r:id="rId740368fd18c2bf182" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649968e0e1b9d2423" w:history="1">
+      <w:hyperlink r:id="rId471968fd18c2bf1c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626568e0e1b9d2457" w:history="1">
+      <w:hyperlink r:id="rId336368fd18c2bf1ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6288,51 +6288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId948368e0e1b9d2533" w:history="1">
+      <w:hyperlink r:id="rId413168fd18c2bf2da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6347,51 +6347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305568e0e1b9d2595" w:history="1">
+      <w:hyperlink r:id="rId548768fd18c2bf33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6484,51 +6484,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533268e0e1b9d2671" w:history="1">
+      <w:hyperlink r:id="rId560868fd18c2bf42e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6601,51 +6601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId454068e0e1b9d272c" w:history="1">
+      <w:hyperlink r:id="rId592168fd18c2bf4ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6776,161 +6776,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556968e0e1b9d2846" w:history="1">
+      <w:hyperlink r:id="rId884368fd18c2bf624" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300368e0e1b9d2896" w:history="1">
+      <w:hyperlink r:id="rId900868fd18c2bf6a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396068e0e1b9d28b6" w:history="1">
+      <w:hyperlink r:id="rId276568fd18c2bf6c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668268e0e1b9d28f4" w:history="1">
+      <w:hyperlink r:id="rId194368fd18c2bf706" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7005,51 +7005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus mosandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503468e0e1b9d29c7" w:history="1">
+      <w:hyperlink r:id="rId954268fd18c2bf7cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7220,81 +7220,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId688868e0e1b9d2b1c" w:history="1">
+      <w:hyperlink r:id="rId548568fd18c2bf91e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45491616" name="name758768e0e1b9d2f10" descr="eu_funding_250.png"/>
+            <wp:docPr id="12074641" name="name848468fd18c2bfb12" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId356968e0e1b9d2f0f" cstate="print"/>
+                    <a:blip r:embed="rId503068fd18c2bfb10" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7392,137 +7392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65734820">
+  <w:abstractNum w:abstractNumId="80898173">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39896129">
+    <w:lvl w:ilvl="0" w:tplc="63254464">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39896129" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63254464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39896129" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63254464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39896129" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63254464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39896129" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63254464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39896129" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63254464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39896129" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63254464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39896129" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63254464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39896129" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63254464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65734819">
+  <w:abstractNum w:abstractNumId="80898172">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90315629">
+    <w:lvl w:ilvl="0" w:tplc="54716572">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8274,55 +8274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65734819">
-    <w:abstractNumId w:val="65734819"/>
+  <w:num w:numId="80898172">
+    <w:abstractNumId w:val="80898172"/>
   </w:num>
-  <w:num w:numId="65734820">
-    <w:abstractNumId w:val="65734820"/>
+  <w:num w:numId="80898173">
+    <w:abstractNumId w:val="80898173"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19872,51 +19872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId737531504" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId231193485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId497968e0e1b9ceb74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId818668e0e1b9cebdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId337868e0e1b9d1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId972568e0e1b9d14e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId843468e0e1b9d155b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId442968e0e1b9d15db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId109968e0e1b9d167a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId486268e0e1b9d1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId854068e0e1b9d180e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId962968e0e1b9d188d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId425968e0e1b9d18eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId860168e0e1b9d1969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId369968e0e1b9d19e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId277868e0e1b9d1a64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId714768e0e1b9d1ad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId220168e0e1b9d1b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId420468e0e1b9d1b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId321268e0e1b9d1b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId718768e0e1b9d1cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId676868e0e1b9d1df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId815468e0e1b9d1f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId309168e0e1b9d1f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId524568e0e1b9d1fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId484468e0e1b9d2165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId369368e0e1b9d2264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId448768e0e1b9d2283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId181968e0e1b9d2361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId973768e0e1b9d239f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId647668e0e1b9d23bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId940468e0e1b9d23dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId649968e0e1b9d2423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId626568e0e1b9d2457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId948368e0e1b9d2533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId305568e0e1b9d2595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId533268e0e1b9d2671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId454068e0e1b9d272c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId556968e0e1b9d2846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId300368e0e1b9d2896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId396068e0e1b9d28b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId668268e0e1b9d28f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId503468e0e1b9d29c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId688868e0e1b9d2b1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId304368e0e1b9d056c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId304368e0e1b9d056c.jpg"/><Relationship Id="rId356968e0e1b9d2f0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId356968e0e1b9d2f0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId267204473" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339032111" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId993868fd18c2bb4b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId554368fd18c2bb53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId302568fd18c2be0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId629868fd18c2be1d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId616668fd18c2be24c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId872068fd18c2be2ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId174868fd18c2be36e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId821568fd18c2be3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId291168fd18c2be4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId340568fd18c2be553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId508368fd18c2be5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId150968fd18c2be69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId386968fd18c2be72f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId200368fd18c2be7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId424268fd18c2be83e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId646768fd18c2be880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId343468fd18c2be8c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId693868fd18c2be903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId867568fd18c2bea20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId808068fd18c2beb5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId848068fd18c2bec85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId311268fd18c2becf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId819968fd18c2bed37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId111568fd18c2beefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId949768fd18c2bf004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId411368fd18c2bf024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId755468fd18c2bf105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId306568fd18c2bf144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId861168fd18c2bf163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId740368fd18c2bf182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId471968fd18c2bf1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId336368fd18c2bf1ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId413168fd18c2bf2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId548768fd18c2bf33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId560868fd18c2bf42e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId592168fd18c2bf4ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId884368fd18c2bf624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId900868fd18c2bf6a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId276568fd18c2bf6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId194368fd18c2bf706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId954268fd18c2bf7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId548568fd18c2bf91e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId868968fd18c2bcfef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId868968fd18c2bcfef.jpg"/><Relationship Id="rId503068fd18c2bfb10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId503068fd18c2bfb10.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>