--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -286,51 +286,51 @@
               </w:rPr>
               <w:t xml:space="preserve">APMMV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Andean potato mild mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId993868fd18c2bb4b2" w:history="1">
+            <w:hyperlink r:id="rId52506918909c7a254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -346,51 +346,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId554368fd18c2bb53d" w:history="1">
+            <w:hyperlink r:id="rId85566918909c7a2c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1889,63 +1889,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31987965" name="name559368fd18c2bcff2" descr="APMMV0_distribution_map.jpg"/>
+            <wp:docPr id="60435601" name="name55516918909c7ba6f" descr="APMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId868968fd18c2bcfef" cstate="print"/>
+                    <a:blip r:embed="rId95936918909c7ba6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3638,51 +3638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302568fd18c2be0f2" w:history="1">
+      <w:hyperlink r:id="rId87296918909c7ca6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3775,51 +3775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629868fd18c2be1d8" w:history="1">
+      <w:hyperlink r:id="rId12446918909c7cb4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,51 +3845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616668fd18c2be24c" w:history="1">
+      <w:hyperlink r:id="rId13746918909c7cbbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3924,51 +3924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872068fd18c2be2ce" w:history="1">
+      <w:hyperlink r:id="rId86416918909c7cc3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4023,51 +4023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174868fd18c2be36e" w:history="1">
+      <w:hyperlink r:id="rId44806918909c7ccda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4093,51 +4093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821568fd18c2be3df" w:history="1">
+      <w:hyperlink r:id="rId78976918909c7cd49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4221,51 +4221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291168fd18c2be4d1" w:history="1">
+      <w:hyperlink r:id="rId56626918909c7ce13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340568fd18c2be553" w:history="1">
+      <w:hyperlink r:id="rId38026918909c7ce8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4359,51 +4359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508368fd18c2be5c9" w:history="1">
+      <w:hyperlink r:id="rId64836918909c7ceeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4438,51 +4438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150968fd18c2be69d" w:history="1">
+      <w:hyperlink r:id="rId24076918909c7cf65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4517,51 +4517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386968fd18c2be72f" w:history="1">
+      <w:hyperlink r:id="rId59976918909c7d008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4596,51 +4596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200368fd18c2be7c8" w:history="1">
+      <w:hyperlink r:id="rId95096918909c7d095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4666,168 +4666,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424268fd18c2be83e" w:history="1">
+      <w:hyperlink r:id="rId60346918909c7d10b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646768fd18c2be880" w:history="1">
+      <w:hyperlink r:id="rId31246918909c7d14e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343468fd18c2be8c3" w:history="1">
+      <w:hyperlink r:id="rId46866918909c7d190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693868fd18c2be903" w:history="1">
+      <w:hyperlink r:id="rId83526918909c7d1ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,51 +4958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867568fd18c2bea20" w:history="1">
+      <w:hyperlink r:id="rId49346918909c7d2e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5153,51 +5153,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808068fd18c2beb5a" w:history="1">
+      <w:hyperlink r:id="rId89316918909c7d41f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848068fd18c2bec85" w:history="1">
+      <w:hyperlink r:id="rId76546918909c7d541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5389,90 +5389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311268fd18c2becf8" w:history="1">
+      <w:hyperlink r:id="rId68266918909c7d5b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819968fd18c2bed37" w:history="1">
+      <w:hyperlink r:id="rId46626918909c7d5f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5681,51 +5681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111568fd18c2beefe" w:history="1">
+      <w:hyperlink r:id="rId22766918909c7d77e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5836,72 +5836,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949768fd18c2bf004" w:history="1">
+      <w:hyperlink r:id="rId15746918909c7d87b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411368fd18c2bf024" w:history="1">
+      <w:hyperlink r:id="rId54376918909c7d89a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5994,208 +5994,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755468fd18c2bf105" w:history="1">
+      <w:hyperlink r:id="rId23786918909c7d975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId306568fd18c2bf144" w:history="1">
+      <w:hyperlink r:id="rId39466918909c7d9b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861168fd18c2bf163" w:history="1">
+      <w:hyperlink r:id="rId32886918909c7d9d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740368fd18c2bf182" w:history="1">
+      <w:hyperlink r:id="rId68946918909c7d9ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471968fd18c2bf1c8" w:history="1">
+      <w:hyperlink r:id="rId23216918909c7da33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336368fd18c2bf1ff" w:history="1">
+      <w:hyperlink r:id="rId91816918909c7da68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6288,51 +6288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId413168fd18c2bf2da" w:history="1">
+      <w:hyperlink r:id="rId32586918909c7db40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6347,51 +6347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548768fd18c2bf33e" w:history="1">
+      <w:hyperlink r:id="rId50096918909c7dba1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6484,51 +6484,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId560868fd18c2bf42e" w:history="1">
+      <w:hyperlink r:id="rId94606918909c7dca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6601,51 +6601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592168fd18c2bf4ea" w:history="1">
+      <w:hyperlink r:id="rId27586918909c7dd64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6776,161 +6776,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884368fd18c2bf624" w:history="1">
+      <w:hyperlink r:id="rId89956918909c7de7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900868fd18c2bf6a2" w:history="1">
+      <w:hyperlink r:id="rId59756918909c7decd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276568fd18c2bf6c4" w:history="1">
+      <w:hyperlink r:id="rId79686918909c7deed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194368fd18c2bf706" w:history="1">
+      <w:hyperlink r:id="rId71756918909c7df2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7005,51 +7005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus mosandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954268fd18c2bf7cc" w:history="1">
+      <w:hyperlink r:id="rId67876918909c7e00d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7220,81 +7220,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548568fd18c2bf91e" w:history="1">
+      <w:hyperlink r:id="rId73646918909c7e15d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12074641" name="name848468fd18c2bfb12" descr="eu_funding_250.png"/>
+            <wp:docPr id="56991977" name="name73656918909c7e1f2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId503068fd18c2bfb10" cstate="print"/>
+                    <a:blip r:embed="rId39526918909c7e1f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7392,137 +7392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80898173">
+  <w:abstractNum w:abstractNumId="78412063">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63254464">
+    <w:lvl w:ilvl="0" w:tplc="54097252">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63254464" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54097252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63254464" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54097252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63254464" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54097252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63254464" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54097252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63254464" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54097252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63254464" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54097252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63254464" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54097252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63254464" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54097252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80898172">
+  <w:abstractNum w:abstractNumId="78412062">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54716572">
+    <w:lvl w:ilvl="0" w:tplc="19814769">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8274,55 +8274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80898172">
-    <w:abstractNumId w:val="80898172"/>
+  <w:num w:numId="78412062">
+    <w:abstractNumId w:val="78412062"/>
   </w:num>
-  <w:num w:numId="80898173">
-    <w:abstractNumId w:val="80898173"/>
+  <w:num w:numId="78412063">
+    <w:abstractNumId w:val="78412063"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19872,51 +19872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId267204473" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339032111" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId993868fd18c2bb4b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId554368fd18c2bb53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId302568fd18c2be0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId629868fd18c2be1d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId616668fd18c2be24c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId872068fd18c2be2ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId174868fd18c2be36e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId821568fd18c2be3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId291168fd18c2be4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId340568fd18c2be553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId508368fd18c2be5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId150968fd18c2be69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId386968fd18c2be72f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId200368fd18c2be7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId424268fd18c2be83e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId646768fd18c2be880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId343468fd18c2be8c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId693868fd18c2be903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId867568fd18c2bea20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId808068fd18c2beb5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId848068fd18c2bec85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId311268fd18c2becf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId819968fd18c2bed37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId111568fd18c2beefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId949768fd18c2bf004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId411368fd18c2bf024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId755468fd18c2bf105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId306568fd18c2bf144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId861168fd18c2bf163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId740368fd18c2bf182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId471968fd18c2bf1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId336368fd18c2bf1ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId413168fd18c2bf2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId548768fd18c2bf33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId560868fd18c2bf42e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId592168fd18c2bf4ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId884368fd18c2bf624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId900868fd18c2bf6a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId276568fd18c2bf6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId194368fd18c2bf706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId954268fd18c2bf7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId548568fd18c2bf91e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId868968fd18c2bcfef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId868968fd18c2bcfef.jpg"/><Relationship Id="rId503068fd18c2bfb10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId503068fd18c2bfb10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId815808904" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId322275396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId52506918909c7a254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId85566918909c7a2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId87296918909c7ca6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId12446918909c7cb4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId13746918909c7cbbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId86416918909c7cc3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId44806918909c7ccda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId78976918909c7cd49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId56626918909c7ce13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId38026918909c7ce8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId64836918909c7ceeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId24076918909c7cf65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId59976918909c7d008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId95096918909c7d095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId60346918909c7d10b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId31246918909c7d14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId46866918909c7d190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId83526918909c7d1ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId49346918909c7d2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId89316918909c7d41f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId76546918909c7d541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId68266918909c7d5b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId46626918909c7d5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId22766918909c7d77e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId15746918909c7d87b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId54376918909c7d89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId23786918909c7d975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId39466918909c7d9b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId32886918909c7d9d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId68946918909c7d9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId23216918909c7da33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId91816918909c7da68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId32586918909c7db40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId50096918909c7dba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId94606918909c7dca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId27586918909c7dd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId89956918909c7de7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId59756918909c7decd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId79686918909c7deed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId71756918909c7df2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId67876918909c7e00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73646918909c7e15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId95936918909c7ba6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95936918909c7ba6c.jpg"/><Relationship Id="rId39526918909c7e1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39526918909c7e1f0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>