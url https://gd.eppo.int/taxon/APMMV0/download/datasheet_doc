--- v2 (2025-11-15)
+++ v3 (2025-12-26)
@@ -286,51 +286,51 @@
               </w:rPr>
               <w:t xml:space="preserve">APMMV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Andean potato mild mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52506918909c7a254" w:history="1">
+            <w:hyperlink r:id="rId7648694eb212505ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -346,51 +346,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85566918909c7a2c0" w:history="1">
+            <w:hyperlink r:id="rId2667694eb21250637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1889,63 +1889,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60435601" name="name55516918909c7ba6f" descr="APMMV0_distribution_map.jpg"/>
+            <wp:docPr id="49243439" name="name5072694eb21251ee1" descr="APMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95936918909c7ba6c" cstate="print"/>
+                    <a:blip r:embed="rId6841694eb21251edd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3638,51 +3638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87296918909c7ca6b" w:history="1">
+      <w:hyperlink r:id="rId4897694eb21252f05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3775,51 +3775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12446918909c7cb4b" w:history="1">
+      <w:hyperlink r:id="rId2256694eb21253000" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,51 +3845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13746918909c7cbbd" w:history="1">
+      <w:hyperlink r:id="rId9893694eb21253098" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3924,51 +3924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86416918909c7cc3e" w:history="1">
+      <w:hyperlink r:id="rId2396694eb2125311d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4023,51 +4023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44806918909c7ccda" w:history="1">
+      <w:hyperlink r:id="rId8790694eb212531be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4093,51 +4093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78976918909c7cd49" w:history="1">
+      <w:hyperlink r:id="rId5059694eb21253231" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4221,51 +4221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56626918909c7ce13" w:history="1">
+      <w:hyperlink r:id="rId7158694eb212532fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38026918909c7ce8f" w:history="1">
+      <w:hyperlink r:id="rId9389694eb2125337b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4359,51 +4359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64836918909c7ceeb" w:history="1">
+      <w:hyperlink r:id="rId8873694eb212533d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4438,51 +4438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24076918909c7cf65" w:history="1">
+      <w:hyperlink r:id="rId1509694eb21253469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4517,51 +4517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59976918909c7d008" w:history="1">
+      <w:hyperlink r:id="rId3732694eb212534eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4596,51 +4596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95096918909c7d095" w:history="1">
+      <w:hyperlink r:id="rId3845694eb2125356a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4666,168 +4666,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60346918909c7d10b" w:history="1">
+      <w:hyperlink r:id="rId7995694eb212535dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31246918909c7d14e" w:history="1">
+      <w:hyperlink r:id="rId3900694eb2125361e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46866918909c7d190" w:history="1">
+      <w:hyperlink r:id="rId6557694eb21253660" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83526918909c7d1ce" w:history="1">
+      <w:hyperlink r:id="rId1660694eb2125369f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,51 +4958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49346918909c7d2e8" w:history="1">
+      <w:hyperlink r:id="rId5180694eb212537bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5153,51 +5153,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89316918909c7d41f" w:history="1">
+      <w:hyperlink r:id="rId8491694eb212538f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76546918909c7d541" w:history="1">
+      <w:hyperlink r:id="rId6322694eb21253a06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5389,90 +5389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68266918909c7d5b2" w:history="1">
+      <w:hyperlink r:id="rId3512694eb21253a78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46626918909c7d5f0" w:history="1">
+      <w:hyperlink r:id="rId3437694eb21253ab6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5681,51 +5681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22766918909c7d77e" w:history="1">
+      <w:hyperlink r:id="rId2499694eb21253c49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5836,72 +5836,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15746918909c7d87b" w:history="1">
+      <w:hyperlink r:id="rId9224694eb21253d47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54376918909c7d89a" w:history="1">
+      <w:hyperlink r:id="rId6427694eb21253d66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5994,208 +5994,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23786918909c7d975" w:history="1">
+      <w:hyperlink r:id="rId8034694eb21253e44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId39466918909c7d9b3" w:history="1">
+      <w:hyperlink r:id="rId6769694eb21253e83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32886918909c7d9d1" w:history="1">
+      <w:hyperlink r:id="rId8433694eb21253ea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68946918909c7d9ef" w:history="1">
+      <w:hyperlink r:id="rId9362694eb21253ec1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23216918909c7da33" w:history="1">
+      <w:hyperlink r:id="rId2633694eb21253f07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91816918909c7da68" w:history="1">
+      <w:hyperlink r:id="rId8213694eb21253f3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6288,51 +6288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId32586918909c7db40" w:history="1">
+      <w:hyperlink r:id="rId1232694eb21254046" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6347,51 +6347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50096918909c7dba1" w:history="1">
+      <w:hyperlink r:id="rId9383694eb212540ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6484,51 +6484,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94606918909c7dca8" w:history="1">
+      <w:hyperlink r:id="rId2698694eb2125418c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6601,51 +6601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27586918909c7dd64" w:history="1">
+      <w:hyperlink r:id="rId1976694eb21254249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6776,161 +6776,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89956918909c7de7d" w:history="1">
+      <w:hyperlink r:id="rId6661694eb21254369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59756918909c7decd" w:history="1">
+      <w:hyperlink r:id="rId1831694eb212543bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79686918909c7deed" w:history="1">
+      <w:hyperlink r:id="rId9540694eb212543db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71756918909c7df2b" w:history="1">
+      <w:hyperlink r:id="rId1723694eb2125441a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7005,51 +7005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus mosandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67876918909c7e00d" w:history="1">
+      <w:hyperlink r:id="rId4136694eb212544de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7220,81 +7220,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73646918909c7e15d" w:history="1">
+      <w:hyperlink r:id="rId4085694eb2125462e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56991977" name="name73656918909c7e1f2" descr="eu_funding_250.png"/>
+            <wp:docPr id="33090454" name="name5674694eb212546df" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39526918909c7e1f0" cstate="print"/>
+                    <a:blip r:embed="rId9880694eb212546dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7392,137 +7392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78412063">
+  <w:abstractNum w:abstractNumId="72415315">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54097252">
+    <w:lvl w:ilvl="0" w:tplc="32749339">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54097252" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32749339" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54097252" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32749339" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54097252" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32749339" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54097252" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32749339" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54097252" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32749339" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54097252" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32749339" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54097252" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32749339" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54097252" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32749339" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78412062">
+  <w:abstractNum w:abstractNumId="72415314">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19814769">
+    <w:lvl w:ilvl="0" w:tplc="34234055">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8274,55 +8274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78412062">
-    <w:abstractNumId w:val="78412062"/>
+  <w:num w:numId="72415314">
+    <w:abstractNumId w:val="72415314"/>
   </w:num>
-  <w:num w:numId="78412063">
-    <w:abstractNumId w:val="78412063"/>
+  <w:num w:numId="72415315">
+    <w:abstractNumId w:val="72415315"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19872,51 +19872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId815808904" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId322275396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId52506918909c7a254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId85566918909c7a2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId87296918909c7ca6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId12446918909c7cb4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId13746918909c7cbbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId86416918909c7cc3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId44806918909c7ccda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId78976918909c7cd49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId56626918909c7ce13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId38026918909c7ce8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId64836918909c7ceeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId24076918909c7cf65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId59976918909c7d008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId95096918909c7d095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId60346918909c7d10b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId31246918909c7d14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId46866918909c7d190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId83526918909c7d1ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId49346918909c7d2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId89316918909c7d41f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId76546918909c7d541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId68266918909c7d5b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId46626918909c7d5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId22766918909c7d77e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId15746918909c7d87b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId54376918909c7d89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId23786918909c7d975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId39466918909c7d9b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId32886918909c7d9d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId68946918909c7d9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId23216918909c7da33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId91816918909c7da68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId32586918909c7db40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId50096918909c7dba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId94606918909c7dca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId27586918909c7dd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId89956918909c7de7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId59756918909c7decd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId79686918909c7deed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId71756918909c7df2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId67876918909c7e00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73646918909c7e15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId95936918909c7ba6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95936918909c7ba6c.jpg"/><Relationship Id="rId39526918909c7e1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39526918909c7e1f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257571315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId991262633" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7648694eb212505ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId2667694eb21250637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId4897694eb21252f05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId2256694eb21253000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId9893694eb21253098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId2396694eb2125311d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId8790694eb212531be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId5059694eb21253231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId7158694eb212532fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId9389694eb2125337b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId8873694eb212533d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId1509694eb21253469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId3732694eb212534eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId3845694eb2125356a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId7995694eb212535dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId3900694eb2125361e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId6557694eb21253660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId1660694eb2125369f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId5180694eb212537bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8491694eb212538f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId6322694eb21253a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId3512694eb21253a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId3437694eb21253ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId2499694eb21253c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId9224694eb21253d47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId6427694eb21253d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId8034694eb21253e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId6769694eb21253e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId8433694eb21253ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId9362694eb21253ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId2633694eb21253f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId8213694eb21253f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId1232694eb21254046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId9383694eb212540ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId2698694eb2125418c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId1976694eb21254249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId6661694eb21254369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId1831694eb212543bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId9540694eb212543db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId1723694eb2125441a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId4136694eb212544de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4085694eb2125462e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId6841694eb21251edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6841694eb21251edd.jpg"/><Relationship Id="rId9880694eb212546dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9880694eb212546dd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>