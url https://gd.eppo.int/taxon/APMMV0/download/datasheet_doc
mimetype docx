--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -286,51 +286,51 @@
               </w:rPr>
               <w:t xml:space="preserve">APMMV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Andean potato mild mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7648694eb212505ce" w:history="1">
+            <w:hyperlink r:id="rId4691696a92785e13a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -346,51 +346,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2667694eb21250637" w:history="1">
+            <w:hyperlink r:id="rId9765696a92785e1a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1889,63 +1889,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49243439" name="name5072694eb21251ee1" descr="APMMV0_distribution_map.jpg"/>
+            <wp:docPr id="57437398" name="name5058696a92785f9be" descr="APMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6841694eb21251edd" cstate="print"/>
+                    <a:blip r:embed="rId7489696a92785f9bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3638,51 +3638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4897694eb21252f05" w:history="1">
+      <w:hyperlink r:id="rId2583696a927860b23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3775,51 +3775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2256694eb21253000" w:history="1">
+      <w:hyperlink r:id="rId8172696a927860c08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,51 +3845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9893694eb21253098" w:history="1">
+      <w:hyperlink r:id="rId3156696a927860c7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3924,51 +3924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2396694eb2125311d" w:history="1">
+      <w:hyperlink r:id="rId5565696a927860cfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4023,51 +4023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8790694eb212531be" w:history="1">
+      <w:hyperlink r:id="rId7357696a927860d9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4093,51 +4093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5059694eb21253231" w:history="1">
+      <w:hyperlink r:id="rId7879696a927860e0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4221,51 +4221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7158694eb212532fe" w:history="1">
+      <w:hyperlink r:id="rId3712696a927860ed4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9389694eb2125337b" w:history="1">
+      <w:hyperlink r:id="rId7658696a927860f50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4359,51 +4359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8873694eb212533d9" w:history="1">
+      <w:hyperlink r:id="rId5486696a927860fad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4438,51 +4438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1509694eb21253469" w:history="1">
+      <w:hyperlink r:id="rId4707696a92786102e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4517,51 +4517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3732694eb212534eb" w:history="1">
+      <w:hyperlink r:id="rId9498696a9278610b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4596,51 +4596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3845694eb2125356a" w:history="1">
+      <w:hyperlink r:id="rId4780696a927861132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4666,168 +4666,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7995694eb212535dc" w:history="1">
+      <w:hyperlink r:id="rId2477696a9278611a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3900694eb2125361e" w:history="1">
+      <w:hyperlink r:id="rId4279696a9278611e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6557694eb21253660" w:history="1">
+      <w:hyperlink r:id="rId3637696a927861224" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1660694eb2125369f" w:history="1">
+      <w:hyperlink r:id="rId5225696a927861263" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,51 +4958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5180694eb212537bb" w:history="1">
+      <w:hyperlink r:id="rId4823696a92786137c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5153,51 +5153,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8491694eb212538f5" w:history="1">
+      <w:hyperlink r:id="rId1381696a9278614c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6322694eb21253a06" w:history="1">
+      <w:hyperlink r:id="rId3708696a9278615d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5389,90 +5389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3512694eb21253a78" w:history="1">
+      <w:hyperlink r:id="rId9862696a927861648" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3437694eb21253ab6" w:history="1">
+      <w:hyperlink r:id="rId3409696a927861686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5681,51 +5681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2499694eb21253c49" w:history="1">
+      <w:hyperlink r:id="rId4821696a927861816" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5836,72 +5836,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9224694eb21253d47" w:history="1">
+      <w:hyperlink r:id="rId8139696a927861911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6427694eb21253d66" w:history="1">
+      <w:hyperlink r:id="rId5937696a92786192f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5994,208 +5994,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8034694eb21253e44" w:history="1">
+      <w:hyperlink r:id="rId3491696a927861a0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6769694eb21253e83" w:history="1">
+      <w:hyperlink r:id="rId5889696a927861a58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8433694eb21253ea2" w:history="1">
+      <w:hyperlink r:id="rId7729696a927861a79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9362694eb21253ec1" w:history="1">
+      <w:hyperlink r:id="rId8669696a927861a98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2633694eb21253f07" w:history="1">
+      <w:hyperlink r:id="rId9428696a927861ae1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8213694eb21253f3b" w:history="1">
+      <w:hyperlink r:id="rId7256696a927861b1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6288,51 +6288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1232694eb21254046" w:history="1">
+      <w:hyperlink r:id="rId8451696a927861c02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6347,51 +6347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9383694eb212540ae" w:history="1">
+      <w:hyperlink r:id="rId6849696a927861c66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6484,51 +6484,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2698694eb2125418c" w:history="1">
+      <w:hyperlink r:id="rId2494696a927861d40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6601,51 +6601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1976694eb21254249" w:history="1">
+      <w:hyperlink r:id="rId9247696a927861dfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6776,161 +6776,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6661694eb21254369" w:history="1">
+      <w:hyperlink r:id="rId6908696a927861f15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1831694eb212543bb" w:history="1">
+      <w:hyperlink r:id="rId9521696a927861f75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9540694eb212543db" w:history="1">
+      <w:hyperlink r:id="rId9166696a927861f95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1723694eb2125441a" w:history="1">
+      <w:hyperlink r:id="rId6069696a927861fd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6983,73 +6983,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus mosandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4136694eb212544de" w:history="1">
+      <w:hyperlink r:id="rId9555696a92786209d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7220,81 +7220,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4085694eb2125462e" w:history="1">
+      <w:hyperlink r:id="rId8758696a9278621ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33090454" name="name5674694eb212546df" descr="eu_funding_250.png"/>
+            <wp:docPr id="83482762" name="name5333696a9278623b2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9880694eb212546dd" cstate="print"/>
+                    <a:blip r:embed="rId4693696a9278623b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7392,137 +7392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72415315">
+  <w:abstractNum w:abstractNumId="37500539">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32749339">
+    <w:lvl w:ilvl="0" w:tplc="70505964">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32749339" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70505964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32749339" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70505964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32749339" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70505964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32749339" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70505964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32749339" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70505964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32749339" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70505964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32749339" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70505964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32749339" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70505964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72415314">
+  <w:abstractNum w:abstractNumId="37500538">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34234055">
+    <w:lvl w:ilvl="0" w:tplc="42088155">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8274,55 +8274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72415314">
-    <w:abstractNumId w:val="72415314"/>
+  <w:num w:numId="37500538">
+    <w:abstractNumId w:val="37500538"/>
   </w:num>
-  <w:num w:numId="72415315">
-    <w:abstractNumId w:val="72415315"/>
+  <w:num w:numId="37500539">
+    <w:abstractNumId w:val="37500539"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19872,51 +19872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257571315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId991262633" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7648694eb212505ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId2667694eb21250637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId4897694eb21252f05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId2256694eb21253000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId9893694eb21253098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId2396694eb2125311d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId8790694eb212531be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId5059694eb21253231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId7158694eb212532fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId9389694eb2125337b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId8873694eb212533d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId1509694eb21253469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId3732694eb212534eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId3845694eb2125356a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId7995694eb212535dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId3900694eb2125361e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId6557694eb21253660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId1660694eb2125369f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId5180694eb212537bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8491694eb212538f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId6322694eb21253a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId3512694eb21253a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId3437694eb21253ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId2499694eb21253c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId9224694eb21253d47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId6427694eb21253d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId8034694eb21253e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId6769694eb21253e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId8433694eb21253ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId9362694eb21253ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId2633694eb21253f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId8213694eb21253f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId1232694eb21254046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId9383694eb212540ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId2698694eb2125418c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId1976694eb21254249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId6661694eb21254369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId1831694eb212543bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId9540694eb212543db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId1723694eb2125441a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId4136694eb212544de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4085694eb2125462e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId6841694eb21251edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6841694eb21251edd.jpg"/><Relationship Id="rId9880694eb212546dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9880694eb212546dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910196571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631431478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4691696a92785e13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId9765696a92785e1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId2583696a927860b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId8172696a927860c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId3156696a927860c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId5565696a927860cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId7357696a927860d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId7879696a927860e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId3712696a927860ed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId7658696a927860f50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId5486696a927860fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId4707696a92786102e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId9498696a9278610b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId4780696a927861132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId2477696a9278611a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId4279696a9278611e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId3637696a927861224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId5225696a927861263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId4823696a92786137c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId1381696a9278614c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId3708696a9278615d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId9862696a927861648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId3409696a927861686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId4821696a927861816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId8139696a927861911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId5937696a92786192f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId3491696a927861a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId5889696a927861a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId7729696a927861a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId8669696a927861a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId9428696a927861ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId7256696a927861b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId8451696a927861c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId6849696a927861c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId2494696a927861d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId9247696a927861dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId6908696a927861f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId9521696a927861f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId9166696a927861f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId6069696a927861fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId9555696a92786209d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8758696a9278621ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId7489696a92785f9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7489696a92785f9bc.jpg"/><Relationship Id="rId4693696a9278623b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4693696a9278623b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>