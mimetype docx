--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -286,51 +286,51 @@
               </w:rPr>
               <w:t xml:space="preserve">APMMV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Andean potato mild mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4691696a92785e13a" w:history="1">
+            <w:hyperlink r:id="rId66286986515094267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -344,53 +344,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9765696a92785e1a2" w:history="1">
+            <w:hyperlink r:id="rId872369865150942d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1889,63 +1889,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57437398" name="name5058696a92785f9be" descr="APMMV0_distribution_map.jpg"/>
+            <wp:docPr id="83058354" name="name16256986515095952" descr="APMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7489696a92785f9bc" cstate="print"/>
+                    <a:blip r:embed="rId62726986515095935" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3638,51 +3638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2583696a927860b23" w:history="1">
+      <w:hyperlink r:id="rId20286986515096804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3775,51 +3775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8172696a927860c08" w:history="1">
+      <w:hyperlink r:id="rId160869865150968ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,51 +3845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3156696a927860c7c" w:history="1">
+      <w:hyperlink r:id="rId71286986515096962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3924,51 +3924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5565696a927860cfd" w:history="1">
+      <w:hyperlink r:id="rId489369865150969e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4023,51 +4023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7357696a927860d9b" w:history="1">
+      <w:hyperlink r:id="rId35766986515096a87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4093,51 +4093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7879696a927860e0a" w:history="1">
+      <w:hyperlink r:id="rId46146986515096af9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4221,51 +4221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3712696a927860ed4" w:history="1">
+      <w:hyperlink r:id="rId19326986515096be4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7658696a927860f50" w:history="1">
+      <w:hyperlink r:id="rId24066986515096eec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4359,51 +4359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5486696a927860fad" w:history="1">
+      <w:hyperlink r:id="rId76336986515096f63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4438,51 +4438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4707696a92786102e" w:history="1">
+      <w:hyperlink r:id="rId37806986515096fe4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4517,51 +4517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9498696a9278610b4" w:history="1">
+      <w:hyperlink r:id="rId35036986515097064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4596,51 +4596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4780696a927861132" w:history="1">
+      <w:hyperlink r:id="rId298469865150970e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4666,168 +4666,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2477696a9278611a2" w:history="1">
+      <w:hyperlink r:id="rId49556986515097155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4279696a9278611e3" w:history="1">
+      <w:hyperlink r:id="rId31986986515097198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3637696a927861224" w:history="1">
+      <w:hyperlink r:id="rId468769865150971db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5225696a927861263" w:history="1">
+      <w:hyperlink r:id="rId3009698651509721a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,51 +4958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4823696a92786137c" w:history="1">
+      <w:hyperlink r:id="rId33896986515097356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5153,51 +5153,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1381696a9278614c4" w:history="1">
+      <w:hyperlink r:id="rId997369865150974a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3708696a9278615d6" w:history="1">
+      <w:hyperlink r:id="rId704569865150975dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5389,90 +5389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9862696a927861648" w:history="1">
+      <w:hyperlink r:id="rId2482698651509766d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3409696a927861686" w:history="1">
+      <w:hyperlink r:id="rId724769865150976b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5681,51 +5681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4821696a927861816" w:history="1">
+      <w:hyperlink r:id="rId10136986515097861" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5836,72 +5836,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8139696a927861911" w:history="1">
+      <w:hyperlink r:id="rId76466986515097964" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5937696a92786192f" w:history="1">
+      <w:hyperlink r:id="rId52786986515097984" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5994,208 +5994,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3491696a927861a0a" w:history="1">
+      <w:hyperlink r:id="rId44336986515097a64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5889696a927861a58" w:history="1">
+      <w:hyperlink r:id="rId13906986515097aa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7729696a927861a79" w:history="1">
+      <w:hyperlink r:id="rId58286986515097ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8669696a927861a98" w:history="1">
+      <w:hyperlink r:id="rId40816986515097ae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9428696a927861ae1" w:history="1">
+      <w:hyperlink r:id="rId36466986515097b28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7256696a927861b1f" w:history="1">
+      <w:hyperlink r:id="rId74296986515097b5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6288,51 +6288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8451696a927861c02" w:history="1">
+      <w:hyperlink r:id="rId86916986515097c39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6347,51 +6347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6849696a927861c66" w:history="1">
+      <w:hyperlink r:id="rId19806986515097cc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6484,51 +6484,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2494696a927861d40" w:history="1">
+      <w:hyperlink r:id="rId81626986515097da9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6601,51 +6601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9247696a927861dfb" w:history="1">
+      <w:hyperlink r:id="rId89086986515097e65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6776,161 +6776,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6908696a927861f15" w:history="1">
+      <w:hyperlink r:id="rId18176986515097f9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9521696a927861f75" w:history="1">
+      <w:hyperlink r:id="rId22416986515097ff2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9166696a927861f95" w:history="1">
+      <w:hyperlink r:id="rId27016986515098013" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6069696a927861fd7" w:history="1">
+      <w:hyperlink r:id="rId75586986515098052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7005,51 +7005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus mosandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9555696a92786209d" w:history="1">
+      <w:hyperlink r:id="rId41516986515098138" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7220,81 +7220,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8758696a9278621ed" w:history="1">
+      <w:hyperlink r:id="rId800069865150984f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83482762" name="name5333696a9278623b2" descr="eu_funding_250.png"/>
+            <wp:docPr id="87562065" name="name328469865150985a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4693696a9278623b1" cstate="print"/>
+                    <a:blip r:embed="rId703769865150985a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7392,137 +7392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37500539">
+  <w:abstractNum w:abstractNumId="24704188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70505964">
+    <w:lvl w:ilvl="0" w:tplc="63498844">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70505964" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63498844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70505964" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63498844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70505964" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63498844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70505964" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63498844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70505964" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63498844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70505964" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63498844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70505964" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63498844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70505964" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63498844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37500538">
+  <w:abstractNum w:abstractNumId="24704187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42088155">
+    <w:lvl w:ilvl="0" w:tplc="86417555">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8274,55 +8274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37500538">
-    <w:abstractNumId w:val="37500538"/>
+  <w:num w:numId="24704187">
+    <w:abstractNumId w:val="24704187"/>
   </w:num>
-  <w:num w:numId="37500539">
-    <w:abstractNumId w:val="37500539"/>
+  <w:num w:numId="24704188">
+    <w:abstractNumId w:val="24704188"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19872,51 +19872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910196571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631431478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4691696a92785e13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId9765696a92785e1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId2583696a927860b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId8172696a927860c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId3156696a927860c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId5565696a927860cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId7357696a927860d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId7879696a927860e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId3712696a927860ed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId7658696a927860f50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId5486696a927860fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId4707696a92786102e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId9498696a9278610b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId4780696a927861132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId2477696a9278611a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId4279696a9278611e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId3637696a927861224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId5225696a927861263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId4823696a92786137c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId1381696a9278614c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId3708696a9278615d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId9862696a927861648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId3409696a927861686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId4821696a927861816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId8139696a927861911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId5937696a92786192f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId3491696a927861a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId5889696a927861a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId7729696a927861a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId8669696a927861a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId9428696a927861ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId7256696a927861b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId8451696a927861c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId6849696a927861c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId2494696a927861d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId9247696a927861dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId6908696a927861f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId9521696a927861f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId9166696a927861f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId6069696a927861fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId9555696a92786209d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8758696a9278621ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId7489696a92785f9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7489696a92785f9bc.jpg"/><Relationship Id="rId4693696a9278623b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4693696a9278623b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId119750710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687819422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66286986515094267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId872369865150942d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId20286986515096804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId160869865150968ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId71286986515096962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId489369865150969e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId35766986515096a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId46146986515096af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId19326986515096be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId24066986515096eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId76336986515096f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId37806986515096fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId35036986515097064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId298469865150970e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId49556986515097155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId31986986515097198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId468769865150971db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId3009698651509721a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId33896986515097356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId997369865150974a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId704569865150975dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId2482698651509766d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId724769865150976b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId10136986515097861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId76466986515097964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId52786986515097984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId44336986515097a64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId13906986515097aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId58286986515097ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId40816986515097ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId36466986515097b28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId74296986515097b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId86916986515097c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId19806986515097cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId81626986515097da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId89086986515097e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId18176986515097f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId22416986515097ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId27016986515098013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId75586986515098052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId41516986515098138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId800069865150984f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId62726986515095935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62726986515095935.jpg"/><Relationship Id="rId703769865150985a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId703769865150985a3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>