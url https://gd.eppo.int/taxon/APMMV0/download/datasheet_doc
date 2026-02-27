--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -286,51 +286,51 @@
               </w:rPr>
               <w:t xml:space="preserve">APMMV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Andean potato mild mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66286986515094267" w:history="1">
+            <w:hyperlink r:id="rId894069a216c5e002c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -346,51 +346,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId872369865150942d1" w:history="1">
+            <w:hyperlink r:id="rId419369a216c5e0098" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1889,63 +1889,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83058354" name="name16256986515095952" descr="APMMV0_distribution_map.jpg"/>
+            <wp:docPr id="51207186" name="name684069a216c5e1476" descr="APMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62726986515095935" cstate="print"/>
+                    <a:blip r:embed="rId593469a216c5e1473" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3638,51 +3638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20286986515096804" w:history="1">
+      <w:hyperlink r:id="rId692669a216c5e2367" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3775,51 +3775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId160869865150968ea" w:history="1">
+      <w:hyperlink r:id="rId558869a216c5e244d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,51 +3845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71286986515096962" w:history="1">
+      <w:hyperlink r:id="rId113969a216c5e24c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3924,51 +3924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489369865150969e5" w:history="1">
+      <w:hyperlink r:id="rId443869a216c5e2544" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4023,51 +4023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35766986515096a87" w:history="1">
+      <w:hyperlink r:id="rId693369a216c5e25e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4093,51 +4093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46146986515096af9" w:history="1">
+      <w:hyperlink r:id="rId710569a216c5e2657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4221,51 +4221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19326986515096be4" w:history="1">
+      <w:hyperlink r:id="rId522169a216c5e2726" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24066986515096eec" w:history="1">
+      <w:hyperlink r:id="rId184569a216c5e27a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4359,51 +4359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76336986515096f63" w:history="1">
+      <w:hyperlink r:id="rId901769a216c5e2802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4438,51 +4438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37806986515096fe4" w:history="1">
+      <w:hyperlink r:id="rId969669a216c5e2880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4517,51 +4517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35036986515097064" w:history="1">
+      <w:hyperlink r:id="rId789269a216c5e290b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4596,51 +4596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298469865150970e3" w:history="1">
+      <w:hyperlink r:id="rId201869a216c5e298f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4666,168 +4666,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49556986515097155" w:history="1">
+      <w:hyperlink r:id="rId101569a216c5e2a00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31986986515097198" w:history="1">
+      <w:hyperlink r:id="rId360969a216c5e2a42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468769865150971db" w:history="1">
+      <w:hyperlink r:id="rId523269a216c5e2a85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3009698651509721a" w:history="1">
+      <w:hyperlink r:id="rId400969a216c5e2ad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,51 +4958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33896986515097356" w:history="1">
+      <w:hyperlink r:id="rId940869a216c5e2bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5153,51 +5153,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997369865150974a9" w:history="1">
+      <w:hyperlink r:id="rId552569a216c5e2d3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704569865150975dc" w:history="1">
+      <w:hyperlink r:id="rId315069a216c5e2e54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5389,90 +5389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2482698651509766d" w:history="1">
+      <w:hyperlink r:id="rId652269a216c5e2ec8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724769865150976b6" w:history="1">
+      <w:hyperlink r:id="rId991869a216c5e2f07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5681,51 +5681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10136986515097861" w:history="1">
+      <w:hyperlink r:id="rId804069a216c5e30a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5836,72 +5836,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76466986515097964" w:history="1">
+      <w:hyperlink r:id="rId419169a216c5e31d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52786986515097984" w:history="1">
+      <w:hyperlink r:id="rId424469a216c5e31f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5994,208 +5994,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44336986515097a64" w:history="1">
+      <w:hyperlink r:id="rId380669a216c5e32dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId13906986515097aa4" w:history="1">
+      <w:hyperlink r:id="rId536869a216c5e331d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58286986515097ac4" w:history="1">
+      <w:hyperlink r:id="rId212069a216c5e333c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40816986515097ae2" w:history="1">
+      <w:hyperlink r:id="rId549969a216c5e335c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36466986515097b28" w:history="1">
+      <w:hyperlink r:id="rId283169a216c5e33a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74296986515097b5d" w:history="1">
+      <w:hyperlink r:id="rId954969a216c5e33da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6288,51 +6288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId86916986515097c39" w:history="1">
+      <w:hyperlink r:id="rId448569a216c5e34bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6347,51 +6347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19806986515097cc8" w:history="1">
+      <w:hyperlink r:id="rId547569a216c5e351f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6484,51 +6484,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81626986515097da9" w:history="1">
+      <w:hyperlink r:id="rId309469a216c5e35fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6601,51 +6601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89086986515097e65" w:history="1">
+      <w:hyperlink r:id="rId631569a216c5e36b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6776,161 +6776,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18176986515097f9e" w:history="1">
+      <w:hyperlink r:id="rId288469a216c5e37d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22416986515097ff2" w:history="1">
+      <w:hyperlink r:id="rId273669a216c5e3828" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27016986515098013" w:history="1">
+      <w:hyperlink r:id="rId866769a216c5e3848" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75586986515098052" w:history="1">
+      <w:hyperlink r:id="rId141569a216c5e389c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7005,51 +7005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus mosandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41516986515098138" w:history="1">
+      <w:hyperlink r:id="rId636169a216c5e3965" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7220,81 +7220,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800069865150984f4" w:history="1">
+      <w:hyperlink r:id="rId997169a216c5e3ad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87562065" name="name328469865150985a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="71637136" name="name446669a216c5e3b3e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId703769865150985a3" cstate="print"/>
+                    <a:blip r:embed="rId545669a216c5e3b3d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7392,137 +7392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24704188">
+  <w:abstractNum w:abstractNumId="86820885">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63498844">
+    <w:lvl w:ilvl="0" w:tplc="42324136">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63498844" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42324136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63498844" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42324136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63498844" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42324136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63498844" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42324136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63498844" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42324136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63498844" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42324136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63498844" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42324136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63498844" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42324136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24704187">
+  <w:abstractNum w:abstractNumId="86820884">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86417555">
+    <w:lvl w:ilvl="0" w:tplc="56203460">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8274,55 +8274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24704187">
-    <w:abstractNumId w:val="24704187"/>
+  <w:num w:numId="86820884">
+    <w:abstractNumId w:val="86820884"/>
   </w:num>
-  <w:num w:numId="24704188">
-    <w:abstractNumId w:val="24704188"/>
+  <w:num w:numId="86820885">
+    <w:abstractNumId w:val="86820885"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19872,51 +19872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId119750710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687819422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66286986515094267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId872369865150942d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId20286986515096804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId160869865150968ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId71286986515096962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId489369865150969e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId35766986515096a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId46146986515096af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId19326986515096be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId24066986515096eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId76336986515096f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId37806986515096fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId35036986515097064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId298469865150970e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId49556986515097155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId31986986515097198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId468769865150971db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId3009698651509721a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId33896986515097356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId997369865150974a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId704569865150975dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId2482698651509766d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId724769865150976b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId10136986515097861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId76466986515097964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId52786986515097984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId44336986515097a64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId13906986515097aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId58286986515097ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId40816986515097ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId36466986515097b28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId74296986515097b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId86916986515097c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId19806986515097cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId81626986515097da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId89086986515097e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId18176986515097f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId22416986515097ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId27016986515098013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId75586986515098052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId41516986515098138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId800069865150984f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId62726986515095935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62726986515095935.jpg"/><Relationship Id="rId703769865150985a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId703769865150985a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId226162187" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId578801660" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId894069a216c5e002c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId419369a216c5e0098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId692669a216c5e2367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId558869a216c5e244d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId113969a216c5e24c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId443869a216c5e2544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId693369a216c5e25e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId710569a216c5e2657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId522169a216c5e2726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId184569a216c5e27a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId901769a216c5e2802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId969669a216c5e2880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId789269a216c5e290b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId201869a216c5e298f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId101569a216c5e2a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId360969a216c5e2a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId523269a216c5e2a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId400969a216c5e2ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId940869a216c5e2bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId552569a216c5e2d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId315069a216c5e2e54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId652269a216c5e2ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId991869a216c5e2f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId804069a216c5e30a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId419169a216c5e31d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId424469a216c5e31f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId380669a216c5e32dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId536869a216c5e331d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId212069a216c5e333c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId549969a216c5e335c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId283169a216c5e33a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId954969a216c5e33da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId448569a216c5e34bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId547569a216c5e351f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId309469a216c5e35fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId631569a216c5e36b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId288469a216c5e37d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId273669a216c5e3828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId866769a216c5e3848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId141569a216c5e389c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId636169a216c5e3965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId997169a216c5e3ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId593469a216c5e1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId593469a216c5e1473.jpg"/><Relationship Id="rId545669a216c5e3b3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545669a216c5e3b3d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>