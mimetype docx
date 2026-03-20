--- v6 (2026-02-27)
+++ v7 (2026-03-20)
@@ -286,51 +286,51 @@
               </w:rPr>
               <w:t xml:space="preserve">APMMV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Andean potato mild mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId894069a216c5e002c" w:history="1">
+            <w:hyperlink r:id="rId881369bcf726c26ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -346,51 +346,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419369a216c5e0098" w:history="1">
+            <w:hyperlink r:id="rId910569bcf726c2760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1889,63 +1889,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51207186" name="name684069a216c5e1476" descr="APMMV0_distribution_map.jpg"/>
+            <wp:docPr id="12544726" name="name933069bcf726c40e8" descr="APMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId593469a216c5e1473" cstate="print"/>
+                    <a:blip r:embed="rId888569bcf726c40e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3638,51 +3638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692669a216c5e2367" w:history="1">
+      <w:hyperlink r:id="rId320769bcf726c55f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3775,51 +3775,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558869a216c5e244d" w:history="1">
+      <w:hyperlink r:id="rId622169bcf726c56d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,51 +3845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113969a216c5e24c3" w:history="1">
+      <w:hyperlink r:id="rId593269bcf726c5746" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3924,51 +3924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443869a216c5e2544" w:history="1">
+      <w:hyperlink r:id="rId177469bcf726c57c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4023,51 +4023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693369a216c5e25e7" w:history="1">
+      <w:hyperlink r:id="rId947269bcf726c5865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4093,51 +4093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710569a216c5e2657" w:history="1">
+      <w:hyperlink r:id="rId694969bcf726c58d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4221,51 +4221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522169a216c5e2726" w:history="1">
+      <w:hyperlink r:id="rId988469bcf726c59a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184569a216c5e27a5" w:history="1">
+      <w:hyperlink r:id="rId550569bcf726c5a1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4359,51 +4359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901769a216c5e2802" w:history="1">
+      <w:hyperlink r:id="rId611769bcf726c5a79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4438,51 +4438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId969669a216c5e2880" w:history="1">
+      <w:hyperlink r:id="rId266369bcf726c5af5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4517,51 +4517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789269a216c5e290b" w:history="1">
+      <w:hyperlink r:id="rId818669bcf726c5b72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4596,51 +4596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201869a216c5e298f" w:history="1">
+      <w:hyperlink r:id="rId416769bcf726c5bed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4666,168 +4666,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101569a216c5e2a00" w:history="1">
+      <w:hyperlink r:id="rId378369bcf726c5c5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360969a216c5e2a42" w:history="1">
+      <w:hyperlink r:id="rId809469bcf726c5c9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523269a216c5e2a85" w:history="1">
+      <w:hyperlink r:id="rId524169bcf726c5cde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400969a216c5e2ad7" w:history="1">
+      <w:hyperlink r:id="rId325369bcf726c5d1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,51 +4958,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940869a216c5e2bfa" w:history="1">
+      <w:hyperlink r:id="rId985569bcf726c5e49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5153,51 +5153,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552569a216c5e2d3c" w:history="1">
+      <w:hyperlink r:id="rId369269bcf726c5f82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315069a216c5e2e54" w:history="1">
+      <w:hyperlink r:id="rId334069bcf726c6092" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5389,90 +5389,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652269a216c5e2ec8" w:history="1">
+      <w:hyperlink r:id="rId573769bcf726c6104" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991869a216c5e2f07" w:history="1">
+      <w:hyperlink r:id="rId900169bcf726c6142" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5681,51 +5681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804069a216c5e30a0" w:history="1">
+      <w:hyperlink r:id="rId547869bcf726c62d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5836,72 +5836,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419169a216c5e31d6" w:history="1">
+      <w:hyperlink r:id="rId834469bcf726c63e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424469a216c5e31f7" w:history="1">
+      <w:hyperlink r:id="rId460069bcf726c63ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5994,208 +5994,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380669a216c5e32dd" w:history="1">
+      <w:hyperlink r:id="rId702069bcf726c64df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId536869a216c5e331d" w:history="1">
+      <w:hyperlink r:id="rId906169bcf726c651d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212069a216c5e333c" w:history="1">
+      <w:hyperlink r:id="rId152669bcf726c653c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549969a216c5e335c" w:history="1">
+      <w:hyperlink r:id="rId868669bcf726c655b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283169a216c5e33a4" w:history="1">
+      <w:hyperlink r:id="rId184469bcf726c65a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954969a216c5e33da" w:history="1">
+      <w:hyperlink r:id="rId559569bcf726c65d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6288,51 +6288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId448569a216c5e34bb" w:history="1">
+      <w:hyperlink r:id="rId883469bcf726c66b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6347,51 +6347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547569a216c5e351f" w:history="1">
+      <w:hyperlink r:id="rId503669bcf726c6716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6484,51 +6484,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309469a216c5e35fc" w:history="1">
+      <w:hyperlink r:id="rId179169bcf726c67ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6601,51 +6601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631569a216c5e36b9" w:history="1">
+      <w:hyperlink r:id="rId512669bcf726c68a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6776,161 +6776,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288469a216c5e37d7" w:history="1">
+      <w:hyperlink r:id="rId981469bcf726c69cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273669a216c5e3828" w:history="1">
+      <w:hyperlink r:id="rId399369bcf726c6a2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866769a216c5e3848" w:history="1">
+      <w:hyperlink r:id="rId708969bcf726c6a4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141569a216c5e389c" w:history="1">
+      <w:hyperlink r:id="rId720069bcf726c6a8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7005,51 +7005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus mosandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636169a216c5e3965" w:history="1">
+      <w:hyperlink r:id="rId961169bcf726c6b52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7220,81 +7220,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997169a216c5e3ad9" w:history="1">
+      <w:hyperlink r:id="rId239569bcf726c6ca5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71637136" name="name446669a216c5e3b3e" descr="eu_funding_250.png"/>
+            <wp:docPr id="27829311" name="name315969bcf726c6d4f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId545669a216c5e3b3d" cstate="print"/>
+                    <a:blip r:embed="rId707669bcf726c6d4d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7392,137 +7392,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86820885">
+  <w:abstractNum w:abstractNumId="90602433">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42324136">
+    <w:lvl w:ilvl="0" w:tplc="84313203">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42324136" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84313203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42324136" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84313203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42324136" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84313203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42324136" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84313203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42324136" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84313203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42324136" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84313203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42324136" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84313203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42324136" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84313203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86820884">
+  <w:abstractNum w:abstractNumId="90602432">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56203460">
+    <w:lvl w:ilvl="0" w:tplc="48574977">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8274,55 +8274,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86820884">
-    <w:abstractNumId w:val="86820884"/>
+  <w:num w:numId="90602432">
+    <w:abstractNumId w:val="90602432"/>
   </w:num>
-  <w:num w:numId="86820885">
-    <w:abstractNumId w:val="86820885"/>
+  <w:num w:numId="90602433">
+    <w:abstractNumId w:val="90602433"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19872,51 +19872,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId226162187" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId578801660" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId894069a216c5e002c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId419369a216c5e0098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId692669a216c5e2367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId558869a216c5e244d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId113969a216c5e24c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId443869a216c5e2544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId693369a216c5e25e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId710569a216c5e2657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId522169a216c5e2726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId184569a216c5e27a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId901769a216c5e2802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId969669a216c5e2880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId789269a216c5e290b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId201869a216c5e298f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId101569a216c5e2a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId360969a216c5e2a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId523269a216c5e2a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId400969a216c5e2ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId940869a216c5e2bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId552569a216c5e2d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId315069a216c5e2e54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId652269a216c5e2ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId991869a216c5e2f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId804069a216c5e30a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId419169a216c5e31d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId424469a216c5e31f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId380669a216c5e32dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId536869a216c5e331d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId212069a216c5e333c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId549969a216c5e335c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId283169a216c5e33a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId954969a216c5e33da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId448569a216c5e34bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId547569a216c5e351f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId309469a216c5e35fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId631569a216c5e36b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId288469a216c5e37d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId273669a216c5e3828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId866769a216c5e3848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId141569a216c5e389c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId636169a216c5e3965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId997169a216c5e3ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId593469a216c5e1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId593469a216c5e1473.jpg"/><Relationship Id="rId545669a216c5e3b3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545669a216c5e3b3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId406232457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId139949427" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId881369bcf726c26ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/" TargetMode="External"/><Relationship Id="rId910569bcf726c2760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APMMV0/categorization" TargetMode="External"/><Relationship Id="rId320769bcf726c55f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId622169bcf726c56d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId593269bcf726c5746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId177469bcf726c57c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId947269bcf726c5865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId694969bcf726c58d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId988469bcf726c59a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId550569bcf726c5a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId611769bcf726c5a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId266369bcf726c5af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId818669bcf726c5b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId416769bcf726c5bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId378369bcf726c5c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId809469bcf726c5c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId524169bcf726c5cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId325369bcf726c5d1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId985569bcf726c5e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId369269bcf726c5f82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId334069bcf726c6092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId573769bcf726c6104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId900169bcf726c6142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId547869bcf726c62d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId834469bcf726c63e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId460069bcf726c63ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId702069bcf726c64df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId906169bcf726c651d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId152669bcf726c653c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId868669bcf726c655b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId184469bcf726c65a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId559569bcf726c65d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId883469bcf726c66b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId503669bcf726c6716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId179169bcf726c67ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId512669bcf726c68a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId981469bcf726c69cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId399369bcf726c6a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId708969bcf726c6a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId720069bcf726c6a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId961169bcf726c6b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId239569bcf726c6ca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId888569bcf726c40e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId888569bcf726c40e6.jpg"/><Relationship Id="rId707669bcf726c6d4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId707669bcf726c6d4d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>