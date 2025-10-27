--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -352,51 +352,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent tymovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598468e0e1d949d42" w:history="1">
+            <w:hyperlink r:id="rId340368ff053d39f96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -412,51 +412,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId846168e0e1d949dab" w:history="1">
+            <w:hyperlink r:id="rId518968ff053d39ffe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2075,63 +2075,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35553479" name="name207268e0e1d94bcd6" descr="APLV00_distribution_map.jpg"/>
+            <wp:docPr id="66885892" name="name195268ff053d3ba5a" descr="APLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId737068e0e1d94bcd2" cstate="print"/>
+                    <a:blip r:embed="rId435968ff053d3ba56" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634568e0e1d94ca74" w:history="1">
+      <w:hyperlink r:id="rId776168ff053d3c7ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431068e0e1d94cb53" w:history="1">
+      <w:hyperlink r:id="rId836268ff053d3c8e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4031,51 +4031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657368e0e1d94cbc5" w:history="1">
+      <w:hyperlink r:id="rId364368ff053d3c957" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333468e0e1d94cc44" w:history="1">
+      <w:hyperlink r:id="rId763768ff053d3c9d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4209,51 +4209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224368e0e1d94cce0" w:history="1">
+      <w:hyperlink r:id="rId409368ff053d3ca79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4279,51 +4279,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318668e0e1d94cd4e" w:history="1">
+      <w:hyperlink r:id="rId101568ff053d3caea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4407,51 +4407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314968e0e1d94ce17" w:history="1">
+      <w:hyperlink r:id="rId842068ff053d3cbb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4486,51 +4486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785968e0e1d94ce92" w:history="1">
+      <w:hyperlink r:id="rId914868ff053d3cc33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582168e0e1d94ceef" w:history="1">
+      <w:hyperlink r:id="rId945568ff053d3cc91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4624,51 +4624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406668e0e1d94cf69" w:history="1">
+      <w:hyperlink r:id="rId539668ff053d3cd0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4703,51 +4703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId539568e0e1d94cfe2" w:history="1">
+      <w:hyperlink r:id="rId465168ff053d3cd87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455768e0e1d94d066" w:history="1">
+      <w:hyperlink r:id="rId818868ff053d3ce0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4852,168 +4852,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId931768e0e1d94d0d4" w:history="1">
+      <w:hyperlink r:id="rId947168ff053d3ce7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939068e0e1d94d113" w:history="1">
+      <w:hyperlink r:id="rId584268ff053d3cebd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231768e0e1d94d154" w:history="1">
+      <w:hyperlink r:id="rId511768ff053d3cefe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810868e0e1d94d193" w:history="1">
+      <w:hyperlink r:id="rId210468ff053d3cf3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976668e0e1d94d2d4" w:history="1">
+      <w:hyperlink r:id="rId964868ff053d3d053" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5339,51 +5339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752668e0e1d94d418" w:history="1">
+      <w:hyperlink r:id="rId149068ff053d3d190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5505,51 +5505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372768e0e1d94d52c" w:history="1">
+      <w:hyperlink r:id="rId922068ff053d3d2a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5575,90 +5575,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820168e0e1d94d5ad" w:history="1">
+      <w:hyperlink r:id="rId203168ff053d3d312" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756468e0e1d94d5ee" w:history="1">
+      <w:hyperlink r:id="rId451968ff053d3d34f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781968e0e1d94d788" w:history="1">
+      <w:hyperlink r:id="rId796068ff053d3d4ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6022,72 +6022,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159568e0e1d94d884" w:history="1">
+      <w:hyperlink r:id="rId550568ff053d3d5ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976368e0e1d94d8a3" w:history="1">
+      <w:hyperlink r:id="rId429468ff053d3d60d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6180,208 +6180,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606668e0e1d94d980" w:history="1">
+      <w:hyperlink r:id="rId756168ff053d3d6eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId684168e0e1d94d9be" w:history="1">
+      <w:hyperlink r:id="rId313468ff053d3d729" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277468e0e1d94d9dd" w:history="1">
+      <w:hyperlink r:id="rId847068ff053d3d747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319568e0e1d94da09" w:history="1">
+      <w:hyperlink r:id="rId490768ff053d3d766" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133068e0e1d94da4e" w:history="1">
+      <w:hyperlink r:id="rId738668ff053d3d7ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854368e0e1d94da83" w:history="1">
+      <w:hyperlink r:id="rId199568ff053d3d7df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6474,51 +6474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId781868e0e1d94db5f" w:history="1">
+      <w:hyperlink r:id="rId118668ff053d3d8d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375268e0e1d94dbc1" w:history="1">
+      <w:hyperlink r:id="rId823668ff053d3d93b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6670,51 +6670,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919168e0e1d94dc9a" w:history="1">
+      <w:hyperlink r:id="rId457568ff053d3da15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6787,51 +6787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId998368e0e1d94dd51" w:history="1">
+      <w:hyperlink r:id="rId787068ff053d3dad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,161 +6962,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235768e0e1d94de66" w:history="1">
+      <w:hyperlink r:id="rId899368ff053d3dbec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636668e0e1d94deb6" w:history="1">
+      <w:hyperlink r:id="rId559468ff053d3dc3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970368e0e1d94ded6" w:history="1">
+      <w:hyperlink r:id="rId686468ff053d3dc5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536168e0e1d94df13" w:history="1">
+      <w:hyperlink r:id="rId235168ff053d3dc9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7191,51 +7191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus latandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618468e0e1d94dfe3" w:history="1">
+      <w:hyperlink r:id="rId936268ff053d3dd5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7406,81 +7406,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822968e0e1d94e134" w:history="1">
+      <w:hyperlink r:id="rId505568ff053d3deae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82176919" name="name277268e0e1d94e1ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="60348016" name="name426268ff053d3df1a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId250068e0e1d94e1a9" cstate="print"/>
+                    <a:blip r:embed="rId183768ff053d3df19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7578,137 +7578,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54538191">
+  <w:abstractNum w:abstractNumId="98208436">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94897540">
+    <w:lvl w:ilvl="0" w:tplc="30726047">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94897540" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30726047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94897540" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30726047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94897540" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30726047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94897540" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30726047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94897540" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30726047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94897540" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30726047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94897540" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30726047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94897540" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30726047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54538190">
+  <w:abstractNum w:abstractNumId="98208435">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98594526">
+    <w:lvl w:ilvl="0" w:tplc="72611312">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8460,55 +8460,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54538190">
-    <w:abstractNumId w:val="54538190"/>
+  <w:num w:numId="98208435">
+    <w:abstractNumId w:val="98208435"/>
   </w:num>
-  <w:num w:numId="54538191">
-    <w:abstractNumId w:val="54538191"/>
+  <w:num w:numId="98208436">
+    <w:abstractNumId w:val="98208436"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20058,51 +20058,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId678156570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId471014908" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId598468e0e1d949d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId846168e0e1d949dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId634568e0e1d94ca74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId431068e0e1d94cb53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId657368e0e1d94cbc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId333468e0e1d94cc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId224368e0e1d94cce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId318668e0e1d94cd4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId314968e0e1d94ce17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId785968e0e1d94ce92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId582168e0e1d94ceef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId406668e0e1d94cf69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId539568e0e1d94cfe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId455768e0e1d94d066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId931768e0e1d94d0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId939068e0e1d94d113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId231768e0e1d94d154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId810868e0e1d94d193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId976668e0e1d94d2d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId752668e0e1d94d418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId372768e0e1d94d52c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId820168e0e1d94d5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId756468e0e1d94d5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId781968e0e1d94d788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId159568e0e1d94d884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId976368e0e1d94d8a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId606668e0e1d94d980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId684168e0e1d94d9be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId277468e0e1d94d9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId319568e0e1d94da09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId133068e0e1d94da4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId854368e0e1d94da83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId781868e0e1d94db5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId375268e0e1d94dbc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId919168e0e1d94dc9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId998368e0e1d94dd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId235768e0e1d94de66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId636668e0e1d94deb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId970368e0e1d94ded6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId536168e0e1d94df13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId618468e0e1d94dfe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId822968e0e1d94e134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId737068e0e1d94bcd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId737068e0e1d94bcd2.jpg"/><Relationship Id="rId250068e0e1d94e1a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250068e0e1d94e1a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId943568363" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493513371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId340368ff053d39f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId518968ff053d39ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId776168ff053d3c7ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId836268ff053d3c8e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId364368ff053d3c957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId763768ff053d3c9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId409368ff053d3ca79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId101568ff053d3caea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId842068ff053d3cbb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId914868ff053d3cc33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId945568ff053d3cc91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId539668ff053d3cd0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId465168ff053d3cd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId818868ff053d3ce0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId947168ff053d3ce7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId584268ff053d3cebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId511768ff053d3cefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId210468ff053d3cf3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId964868ff053d3d053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId149068ff053d3d190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId922068ff053d3d2a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId203168ff053d3d312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId451968ff053d3d34f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId796068ff053d3d4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId550568ff053d3d5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId429468ff053d3d60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId756168ff053d3d6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId313468ff053d3d729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId847068ff053d3d747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId490768ff053d3d766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId738668ff053d3d7ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId199568ff053d3d7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId118668ff053d3d8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId823668ff053d3d93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId457568ff053d3da15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId787068ff053d3dad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId899368ff053d3dbec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId559468ff053d3dc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId686468ff053d3dc5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId235168ff053d3dc9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId936268ff053d3dd5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId505568ff053d3deae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId435968ff053d3ba56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435968ff053d3ba56.jpg"/><Relationship Id="rId183768ff053d3df19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183768ff053d3df19.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>