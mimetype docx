--- v1 (2025-10-27)
+++ v2 (2025-12-06)
@@ -352,51 +352,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent tymovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340368ff053d39f96" w:history="1">
+            <w:hyperlink r:id="rId64796933bc90dc660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -412,51 +412,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518968ff053d39ffe" w:history="1">
+            <w:hyperlink r:id="rId68186933bc90dc6cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2075,63 +2075,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66885892" name="name195268ff053d3ba5a" descr="APLV00_distribution_map.jpg"/>
+            <wp:docPr id="97051958" name="name46046933bc90de2b6" descr="APLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId435968ff053d3ba56" cstate="print"/>
+                    <a:blip r:embed="rId51946933bc90de2b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776168ff053d3c7ea" w:history="1">
+      <w:hyperlink r:id="rId69206933bc90df132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836268ff053d3c8e2" w:history="1">
+      <w:hyperlink r:id="rId94956933bc90df218" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4031,51 +4031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364368ff053d3c957" w:history="1">
+      <w:hyperlink r:id="rId64476933bc90df28d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId763768ff053d3c9d8" w:history="1">
+      <w:hyperlink r:id="rId11046933bc90df30e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4209,51 +4209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409368ff053d3ca79" w:history="1">
+      <w:hyperlink r:id="rId80126933bc90df3ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4279,51 +4279,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101568ff053d3caea" w:history="1">
+      <w:hyperlink r:id="rId91896933bc90df41e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4407,51 +4407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842068ff053d3cbb6" w:history="1">
+      <w:hyperlink r:id="rId81626933bc90df4ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4486,51 +4486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914868ff053d3cc33" w:history="1">
+      <w:hyperlink r:id="rId90286933bc90df56a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945568ff053d3cc91" w:history="1">
+      <w:hyperlink r:id="rId57586933bc90df5c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4624,51 +4624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId539668ff053d3cd0c" w:history="1">
+      <w:hyperlink r:id="rId76896933bc90df644" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4703,51 +4703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465168ff053d3cd87" w:history="1">
+      <w:hyperlink r:id="rId66416933bc90df6bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818868ff053d3ce0e" w:history="1">
+      <w:hyperlink r:id="rId59216933bc90df747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4852,168 +4852,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId947168ff053d3ce7d" w:history="1">
+      <w:hyperlink r:id="rId32556933bc90df7df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584268ff053d3cebd" w:history="1">
+      <w:hyperlink r:id="rId70156933bc90df825" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511768ff053d3cefe" w:history="1">
+      <w:hyperlink r:id="rId54826933bc90df869" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId210468ff053d3cf3d" w:history="1">
+      <w:hyperlink r:id="rId95406933bc90df8aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964868ff053d3d053" w:history="1">
+      <w:hyperlink r:id="rId69216933bc90df9c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5339,51 +5339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149068ff053d3d190" w:history="1">
+      <w:hyperlink r:id="rId12146933bc90dfb32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5505,51 +5505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922068ff053d3d2a1" w:history="1">
+      <w:hyperlink r:id="rId52756933bc90dfc48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5575,90 +5575,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203168ff053d3d312" w:history="1">
+      <w:hyperlink r:id="rId13756933bc90dfcbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451968ff053d3d34f" w:history="1">
+      <w:hyperlink r:id="rId94766933bc90dfcfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796068ff053d3d4ee" w:history="1">
+      <w:hyperlink r:id="rId90416933bc90dfe94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6022,72 +6022,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550568ff053d3d5ee" w:history="1">
+      <w:hyperlink r:id="rId82676933bc90dff92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429468ff053d3d60d" w:history="1">
+      <w:hyperlink r:id="rId85516933bc90dffb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6180,208 +6180,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756168ff053d3d6eb" w:history="1">
+      <w:hyperlink r:id="rId41446933bc90e008e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId313468ff053d3d729" w:history="1">
+      <w:hyperlink r:id="rId47066933bc90e00cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847068ff053d3d747" w:history="1">
+      <w:hyperlink r:id="rId66746933bc90e00eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490768ff053d3d766" w:history="1">
+      <w:hyperlink r:id="rId52476933bc90e0109" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738668ff053d3d7ab" w:history="1">
+      <w:hyperlink r:id="rId54866933bc90e014e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199568ff053d3d7df" w:history="1">
+      <w:hyperlink r:id="rId25986933bc90e0184" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6474,51 +6474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId118668ff053d3d8d7" w:history="1">
+      <w:hyperlink r:id="rId24786933bc90e0261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823668ff053d3d93b" w:history="1">
+      <w:hyperlink r:id="rId37896933bc90e02c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6670,51 +6670,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457568ff053d3da15" w:history="1">
+      <w:hyperlink r:id="rId33606933bc90e03ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6787,51 +6787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787068ff053d3dad1" w:history="1">
+      <w:hyperlink r:id="rId66506933bc90e046c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,161 +6962,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899368ff053d3dbec" w:history="1">
+      <w:hyperlink r:id="rId56986933bc90e0594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559468ff053d3dc3d" w:history="1">
+      <w:hyperlink r:id="rId61346933bc90e05e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686468ff053d3dc5d" w:history="1">
+      <w:hyperlink r:id="rId72366933bc90e0608" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235168ff053d3dc9c" w:history="1">
+      <w:hyperlink r:id="rId88106933bc90e064b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7191,51 +7191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus latandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936268ff053d3dd5f" w:history="1">
+      <w:hyperlink r:id="rId84056933bc90e0717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7406,81 +7406,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505568ff053d3deae" w:history="1">
+      <w:hyperlink r:id="rId67386933bc90e0879" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60348016" name="name426268ff053d3df1a" descr="eu_funding_250.png"/>
+            <wp:docPr id="81595048" name="name24706933bc90e090c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId183768ff053d3df19" cstate="print"/>
+                    <a:blip r:embed="rId30436933bc90e090b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7578,137 +7578,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98208436">
+  <w:abstractNum w:abstractNumId="53511286">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30726047">
+    <w:lvl w:ilvl="0" w:tplc="19420461">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30726047" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19420461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30726047" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19420461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30726047" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19420461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30726047" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19420461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30726047" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19420461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30726047" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19420461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30726047" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19420461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30726047" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19420461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98208435">
+  <w:abstractNum w:abstractNumId="53511285">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72611312">
+    <w:lvl w:ilvl="0" w:tplc="41762503">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8460,55 +8460,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98208435">
-    <w:abstractNumId w:val="98208435"/>
+  <w:num w:numId="53511285">
+    <w:abstractNumId w:val="53511285"/>
   </w:num>
-  <w:num w:numId="98208436">
-    <w:abstractNumId w:val="98208436"/>
+  <w:num w:numId="53511286">
+    <w:abstractNumId w:val="53511286"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20058,51 +20058,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId943568363" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493513371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId340368ff053d39f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId518968ff053d39ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId776168ff053d3c7ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId836268ff053d3c8e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId364368ff053d3c957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId763768ff053d3c9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId409368ff053d3ca79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId101568ff053d3caea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId842068ff053d3cbb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId914868ff053d3cc33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId945568ff053d3cc91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId539668ff053d3cd0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId465168ff053d3cd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId818868ff053d3ce0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId947168ff053d3ce7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId584268ff053d3cebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId511768ff053d3cefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId210468ff053d3cf3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId964868ff053d3d053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId149068ff053d3d190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId922068ff053d3d2a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId203168ff053d3d312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId451968ff053d3d34f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId796068ff053d3d4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId550568ff053d3d5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId429468ff053d3d60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId756168ff053d3d6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId313468ff053d3d729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId847068ff053d3d747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId490768ff053d3d766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId738668ff053d3d7ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId199568ff053d3d7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId118668ff053d3d8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId823668ff053d3d93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId457568ff053d3da15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId787068ff053d3dad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId899368ff053d3dbec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId559468ff053d3dc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId686468ff053d3dc5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId235168ff053d3dc9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId936268ff053d3dd5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId505568ff053d3deae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId435968ff053d3ba56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435968ff053d3ba56.jpg"/><Relationship Id="rId183768ff053d3df19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183768ff053d3df19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId125967455" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId845592988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId64796933bc90dc660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId68186933bc90dc6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId69206933bc90df132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId94956933bc90df218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId64476933bc90df28d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId11046933bc90df30e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId80126933bc90df3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId91896933bc90df41e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId81626933bc90df4ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId90286933bc90df56a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId57586933bc90df5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId76896933bc90df644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId66416933bc90df6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId59216933bc90df747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId32556933bc90df7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId70156933bc90df825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId54826933bc90df869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId95406933bc90df8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId69216933bc90df9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId12146933bc90dfb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId52756933bc90dfc48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId13756933bc90dfcbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId94766933bc90dfcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId90416933bc90dfe94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId82676933bc90dff92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId85516933bc90dffb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId41446933bc90e008e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId47066933bc90e00cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId66746933bc90e00eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId52476933bc90e0109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId54866933bc90e014e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId25986933bc90e0184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId24786933bc90e0261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId37896933bc90e02c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId33606933bc90e03ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId66506933bc90e046c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId56986933bc90e0594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId61346933bc90e05e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId72366933bc90e0608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId88106933bc90e064b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId84056933bc90e0717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67386933bc90e0879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId51946933bc90de2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51946933bc90de2b2.jpg"/><Relationship Id="rId30436933bc90e090b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30436933bc90e090b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>