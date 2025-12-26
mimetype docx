--- v2 (2025-12-06)
+++ v3 (2025-12-26)
@@ -352,51 +352,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent tymovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64796933bc90dc660" w:history="1">
+            <w:hyperlink r:id="rId4306694eb4b7921e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -412,51 +412,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68186933bc90dc6cb" w:history="1">
+            <w:hyperlink r:id="rId5319694eb4b792250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2075,63 +2075,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97051958" name="name46046933bc90de2b6" descr="APLV00_distribution_map.jpg"/>
+            <wp:docPr id="96207520" name="name5757694eb4b793b8c" descr="APLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51946933bc90de2b2" cstate="print"/>
+                    <a:blip r:embed="rId2104694eb4b793b89" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69206933bc90df132" w:history="1">
+      <w:hyperlink r:id="rId3897694eb4b7948b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94956933bc90df218" w:history="1">
+      <w:hyperlink r:id="rId3170694eb4b79498d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4031,51 +4031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64476933bc90df28d" w:history="1">
+      <w:hyperlink r:id="rId6429694eb4b7949fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11046933bc90df30e" w:history="1">
+      <w:hyperlink r:id="rId6064694eb4b794a7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4209,51 +4209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80126933bc90df3ad" w:history="1">
+      <w:hyperlink r:id="rId6600694eb4b794b16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4279,51 +4279,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91896933bc90df41e" w:history="1">
+      <w:hyperlink r:id="rId2911694eb4b794b83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4407,51 +4407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81626933bc90df4ec" w:history="1">
+      <w:hyperlink r:id="rId6983694eb4b794c4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4486,51 +4486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90286933bc90df56a" w:history="1">
+      <w:hyperlink r:id="rId6337694eb4b794cc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57586933bc90df5c9" w:history="1">
+      <w:hyperlink r:id="rId4657694eb4b794d22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4624,51 +4624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76896933bc90df644" w:history="1">
+      <w:hyperlink r:id="rId9706694eb4b794d9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4703,51 +4703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66416933bc90df6bf" w:history="1">
+      <w:hyperlink r:id="rId6660694eb4b794e15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59216933bc90df747" w:history="1">
+      <w:hyperlink r:id="rId2382694eb4b794e8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4852,168 +4852,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32556933bc90df7df" w:history="1">
+      <w:hyperlink r:id="rId6847694eb4b794efa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70156933bc90df825" w:history="1">
+      <w:hyperlink r:id="rId8449694eb4b794f39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54826933bc90df869" w:history="1">
+      <w:hyperlink r:id="rId1955694eb4b794f83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95406933bc90df8aa" w:history="1">
+      <w:hyperlink r:id="rId8823694eb4b794fc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69216933bc90df9c8" w:history="1">
+      <w:hyperlink r:id="rId6172694eb4b7950d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5339,51 +5339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12146933bc90dfb32" w:history="1">
+      <w:hyperlink r:id="rId1139694eb4b79521e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5505,51 +5505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52756933bc90dfc48" w:history="1">
+      <w:hyperlink r:id="rId4745694eb4b795328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5575,90 +5575,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13756933bc90dfcbb" w:history="1">
+      <w:hyperlink r:id="rId2477694eb4b795397" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94766933bc90dfcfc" w:history="1">
+      <w:hyperlink r:id="rId7415694eb4b7953d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90416933bc90dfe94" w:history="1">
+      <w:hyperlink r:id="rId6451694eb4b79555c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6022,72 +6022,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82676933bc90dff92" w:history="1">
+      <w:hyperlink r:id="rId8307694eb4b795653" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85516933bc90dffb0" w:history="1">
+      <w:hyperlink r:id="rId1219694eb4b79567e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6180,208 +6180,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41446933bc90e008e" w:history="1">
+      <w:hyperlink r:id="rId5508694eb4b79575f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId47066933bc90e00cc" w:history="1">
+      <w:hyperlink r:id="rId7787694eb4b79579d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66746933bc90e00eb" w:history="1">
+      <w:hyperlink r:id="rId2794694eb4b7957bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52476933bc90e0109" w:history="1">
+      <w:hyperlink r:id="rId7135694eb4b7957d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54866933bc90e014e" w:history="1">
+      <w:hyperlink r:id="rId5471694eb4b79581d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25986933bc90e0184" w:history="1">
+      <w:hyperlink r:id="rId7015694eb4b795850" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6474,51 +6474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24786933bc90e0261" w:history="1">
+      <w:hyperlink r:id="rId3650694eb4b795932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37896933bc90e02c5" w:history="1">
+      <w:hyperlink r:id="rId4258694eb4b795996" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6670,51 +6670,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33606933bc90e03ad" w:history="1">
+      <w:hyperlink r:id="rId7874694eb4b795a6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6787,51 +6787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66506933bc90e046c" w:history="1">
+      <w:hyperlink r:id="rId1554694eb4b795c62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,161 +6962,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56986933bc90e0594" w:history="1">
+      <w:hyperlink r:id="rId9362694eb4b795d8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61346933bc90e05e8" w:history="1">
+      <w:hyperlink r:id="rId5886694eb4b795dde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72366933bc90e0608" w:history="1">
+      <w:hyperlink r:id="rId7326694eb4b795dfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88106933bc90e064b" w:history="1">
+      <w:hyperlink r:id="rId1235694eb4b795e44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7191,51 +7191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus latandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84056933bc90e0717" w:history="1">
+      <w:hyperlink r:id="rId1997694eb4b795f07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7406,81 +7406,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67386933bc90e0879" w:history="1">
+      <w:hyperlink r:id="rId2789694eb4b796052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81595048" name="name24706933bc90e090c" descr="eu_funding_250.png"/>
+            <wp:docPr id="34671176" name="name9019694eb4b7960a7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30436933bc90e090b" cstate="print"/>
+                    <a:blip r:embed="rId2903694eb4b7960a6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7578,137 +7578,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53511286">
+  <w:abstractNum w:abstractNumId="28860153">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19420461">
+    <w:lvl w:ilvl="0" w:tplc="26167248">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19420461" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26167248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19420461" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26167248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19420461" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26167248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19420461" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26167248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19420461" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26167248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19420461" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26167248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19420461" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26167248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19420461" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26167248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53511285">
+  <w:abstractNum w:abstractNumId="28860152">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41762503">
+    <w:lvl w:ilvl="0" w:tplc="61252100">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8460,55 +8460,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53511285">
-    <w:abstractNumId w:val="53511285"/>
+  <w:num w:numId="28860152">
+    <w:abstractNumId w:val="28860152"/>
   </w:num>
-  <w:num w:numId="53511286">
-    <w:abstractNumId w:val="53511286"/>
+  <w:num w:numId="28860153">
+    <w:abstractNumId w:val="28860153"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20058,51 +20058,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId125967455" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId845592988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId64796933bc90dc660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId68186933bc90dc6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId69206933bc90df132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId94956933bc90df218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId64476933bc90df28d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId11046933bc90df30e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId80126933bc90df3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId91896933bc90df41e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId81626933bc90df4ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId90286933bc90df56a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId57586933bc90df5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId76896933bc90df644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId66416933bc90df6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId59216933bc90df747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId32556933bc90df7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId70156933bc90df825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId54826933bc90df869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId95406933bc90df8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId69216933bc90df9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId12146933bc90dfb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId52756933bc90dfc48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId13756933bc90dfcbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId94766933bc90dfcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId90416933bc90dfe94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId82676933bc90dff92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId85516933bc90dffb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId41446933bc90e008e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId47066933bc90e00cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId66746933bc90e00eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId52476933bc90e0109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId54866933bc90e014e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId25986933bc90e0184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId24786933bc90e0261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId37896933bc90e02c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId33606933bc90e03ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId66506933bc90e046c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId56986933bc90e0594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId61346933bc90e05e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId72366933bc90e0608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId88106933bc90e064b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId84056933bc90e0717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67386933bc90e0879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId51946933bc90de2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51946933bc90de2b2.jpg"/><Relationship Id="rId30436933bc90e090b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30436933bc90e090b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId828763145" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568545983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4306694eb4b7921e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId5319694eb4b792250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId3897694eb4b7948b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId3170694eb4b79498d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId6429694eb4b7949fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId6064694eb4b794a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId6600694eb4b794b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId2911694eb4b794b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId6983694eb4b794c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId6337694eb4b794cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId4657694eb4b794d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId9706694eb4b794d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId6660694eb4b794e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId2382694eb4b794e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId6847694eb4b794efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId8449694eb4b794f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId1955694eb4b794f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId8823694eb4b794fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId6172694eb4b7950d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId1139694eb4b79521e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId4745694eb4b795328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId2477694eb4b795397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId7415694eb4b7953d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId6451694eb4b79555c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId8307694eb4b795653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId1219694eb4b79567e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId5508694eb4b79575f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId7787694eb4b79579d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId2794694eb4b7957bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId7135694eb4b7957d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId5471694eb4b79581d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId7015694eb4b795850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId3650694eb4b795932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId4258694eb4b795996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId7874694eb4b795a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId1554694eb4b795c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId9362694eb4b795d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId5886694eb4b795dde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId7326694eb4b795dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId1235694eb4b795e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId1997694eb4b795f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2789694eb4b796052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId2104694eb4b793b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2104694eb4b793b89.jpg"/><Relationship Id="rId2903694eb4b7960a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2903694eb4b7960a6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>