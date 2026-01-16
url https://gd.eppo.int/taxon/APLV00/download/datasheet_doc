--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -352,51 +352,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent tymovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4306694eb4b7921e9" w:history="1">
+            <w:hyperlink r:id="rId2281696a8da2284e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -412,51 +412,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5319694eb4b792250" w:history="1">
+            <w:hyperlink r:id="rId4702696a8da22854a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2075,63 +2075,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96207520" name="name5757694eb4b793b8c" descr="APLV00_distribution_map.jpg"/>
+            <wp:docPr id="24519649" name="name6355696a8da22c0c6" descr="APLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2104694eb4b793b89" cstate="print"/>
+                    <a:blip r:embed="rId2351696a8da22c0c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3897694eb4b7948b0" w:history="1">
+      <w:hyperlink r:id="rId9210696a8da22ced3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3170694eb4b79498d" w:history="1">
+      <w:hyperlink r:id="rId9064696a8da22cfbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4031,51 +4031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6429694eb4b7949fe" w:history="1">
+      <w:hyperlink r:id="rId1367696a8da22d031" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6064694eb4b794a7b" w:history="1">
+      <w:hyperlink r:id="rId9537696a8da22d0b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4209,51 +4209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6600694eb4b794b16" w:history="1">
+      <w:hyperlink r:id="rId9642696a8da22d151" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4279,51 +4279,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2911694eb4b794b83" w:history="1">
+      <w:hyperlink r:id="rId6091696a8da22d1c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4407,51 +4407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6983694eb4b794c4c" w:history="1">
+      <w:hyperlink r:id="rId3712696a8da22d28c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4486,51 +4486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6337694eb4b794cc7" w:history="1">
+      <w:hyperlink r:id="rId6525696a8da22d30a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4657694eb4b794d22" w:history="1">
+      <w:hyperlink r:id="rId5760696a8da22d367" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4624,51 +4624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9706694eb4b794d9c" w:history="1">
+      <w:hyperlink r:id="rId5758696a8da22d3e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4703,51 +4703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6660694eb4b794e15" w:history="1">
+      <w:hyperlink r:id="rId9635696a8da22d467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2382694eb4b794e8e" w:history="1">
+      <w:hyperlink r:id="rId5689696a8da22d4e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4852,168 +4852,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6847694eb4b794efa" w:history="1">
+      <w:hyperlink r:id="rId5223696a8da22d553" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8449694eb4b794f39" w:history="1">
+      <w:hyperlink r:id="rId1226696a8da22d594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1955694eb4b794f83" w:history="1">
+      <w:hyperlink r:id="rId4789696a8da22d625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8823694eb4b794fc1" w:history="1">
+      <w:hyperlink r:id="rId6452696a8da22d664" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6172694eb4b7950d4" w:history="1">
+      <w:hyperlink r:id="rId6084696a8da22d77f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5339,51 +5339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1139694eb4b79521e" w:history="1">
+      <w:hyperlink r:id="rId9331696a8da22d8c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5505,51 +5505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4745694eb4b795328" w:history="1">
+      <w:hyperlink r:id="rId5497696a8da22d9d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5575,90 +5575,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2477694eb4b795397" w:history="1">
+      <w:hyperlink r:id="rId8071696a8da22da4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7415694eb4b7953d4" w:history="1">
+      <w:hyperlink r:id="rId6743696a8da22da8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6451694eb4b79555c" w:history="1">
+      <w:hyperlink r:id="rId5677696a8da22dc21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6022,72 +6022,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8307694eb4b795653" w:history="1">
+      <w:hyperlink r:id="rId2671696a8da22dd1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1219694eb4b79567e" w:history="1">
+      <w:hyperlink r:id="rId5245696a8da22dd3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6180,208 +6180,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5508694eb4b79575f" w:history="1">
+      <w:hyperlink r:id="rId7769696a8da22de1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7787694eb4b79579d" w:history="1">
+      <w:hyperlink r:id="rId2216696a8da230da4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2794694eb4b7957bb" w:history="1">
+      <w:hyperlink r:id="rId3346696a8da230dca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7135694eb4b7957d9" w:history="1">
+      <w:hyperlink r:id="rId5684696a8da230deb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5471694eb4b79581d" w:history="1">
+      <w:hyperlink r:id="rId2435696a8da230e3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7015694eb4b795850" w:history="1">
+      <w:hyperlink r:id="rId7203696a8da230e74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6474,51 +6474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3650694eb4b795932" w:history="1">
+      <w:hyperlink r:id="rId2743696a8da230f5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4258694eb4b795996" w:history="1">
+      <w:hyperlink r:id="rId3478696a8da230fc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6670,51 +6670,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7874694eb4b795a6c" w:history="1">
+      <w:hyperlink r:id="rId4349696a8da2310a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6787,51 +6787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1554694eb4b795c62" w:history="1">
+      <w:hyperlink r:id="rId9022696a8da231161" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,161 +6962,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9362694eb4b795d8c" w:history="1">
+      <w:hyperlink r:id="rId6286696a8da23127e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5886694eb4b795dde" w:history="1">
+      <w:hyperlink r:id="rId6313696a8da2312da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7326694eb4b795dfe" w:history="1">
+      <w:hyperlink r:id="rId9739696a8da2312fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1235694eb4b795e44" w:history="1">
+      <w:hyperlink r:id="rId3408696a8da23133c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7169,73 +7169,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus latandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1997694eb4b795f07" w:history="1">
+      <w:hyperlink r:id="rId2285696a8da23140d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7406,81 +7406,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2789694eb4b796052" w:history="1">
+      <w:hyperlink r:id="rId6833696a8da231568" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34671176" name="name9019694eb4b7960a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="70317364" name="name1783696a8da232a72" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2903694eb4b7960a6" cstate="print"/>
+                    <a:blip r:embed="rId9159696a8da232a70" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7578,137 +7578,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28860153">
+  <w:abstractNum w:abstractNumId="57053110">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26167248">
+    <w:lvl w:ilvl="0" w:tplc="25362932">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26167248" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25362932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26167248" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25362932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26167248" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25362932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26167248" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25362932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26167248" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25362932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26167248" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25362932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26167248" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25362932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26167248" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25362932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28860152">
+  <w:abstractNum w:abstractNumId="57053109">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61252100">
+    <w:lvl w:ilvl="0" w:tplc="22663327">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8460,55 +8460,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28860152">
-    <w:abstractNumId w:val="28860152"/>
+  <w:num w:numId="57053109">
+    <w:abstractNumId w:val="57053109"/>
   </w:num>
-  <w:num w:numId="28860153">
-    <w:abstractNumId w:val="28860153"/>
+  <w:num w:numId="57053110">
+    <w:abstractNumId w:val="57053110"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20058,51 +20058,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId828763145" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568545983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4306694eb4b7921e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId5319694eb4b792250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId3897694eb4b7948b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId3170694eb4b79498d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId6429694eb4b7949fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId6064694eb4b794a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId6600694eb4b794b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId2911694eb4b794b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId6983694eb4b794c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId6337694eb4b794cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId4657694eb4b794d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId9706694eb4b794d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId6660694eb4b794e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId2382694eb4b794e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId6847694eb4b794efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId8449694eb4b794f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId1955694eb4b794f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId8823694eb4b794fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId6172694eb4b7950d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId1139694eb4b79521e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId4745694eb4b795328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId2477694eb4b795397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId7415694eb4b7953d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId6451694eb4b79555c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId8307694eb4b795653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId1219694eb4b79567e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId5508694eb4b79575f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId7787694eb4b79579d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId2794694eb4b7957bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId7135694eb4b7957d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId5471694eb4b79581d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId7015694eb4b795850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId3650694eb4b795932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId4258694eb4b795996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId7874694eb4b795a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId1554694eb4b795c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId9362694eb4b795d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId5886694eb4b795dde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId7326694eb4b795dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId1235694eb4b795e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId1997694eb4b795f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2789694eb4b796052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId2104694eb4b793b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2104694eb4b793b89.jpg"/><Relationship Id="rId2903694eb4b7960a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2903694eb4b7960a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132679642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId273788033" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2281696a8da2284e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId4702696a8da22854a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId9210696a8da22ced3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId9064696a8da22cfbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId1367696a8da22d031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId9537696a8da22d0b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId9642696a8da22d151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId6091696a8da22d1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId3712696a8da22d28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId6525696a8da22d30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId5760696a8da22d367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId5758696a8da22d3e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId9635696a8da22d467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId5689696a8da22d4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId5223696a8da22d553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId1226696a8da22d594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId4789696a8da22d625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId6452696a8da22d664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId6084696a8da22d77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId9331696a8da22d8c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId5497696a8da22d9d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId8071696a8da22da4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId6743696a8da22da8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId5677696a8da22dc21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId2671696a8da22dd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId5245696a8da22dd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId7769696a8da22de1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2216696a8da230da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId3346696a8da230dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId5684696a8da230deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId2435696a8da230e3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId7203696a8da230e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId2743696a8da230f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId3478696a8da230fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId4349696a8da2310a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId9022696a8da231161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId6286696a8da23127e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId6313696a8da2312da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId9739696a8da2312fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId3408696a8da23133c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId2285696a8da23140d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6833696a8da231568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId2351696a8da22c0c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2351696a8da22c0c2.jpg"/><Relationship Id="rId9159696a8da232a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9159696a8da232a70.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>