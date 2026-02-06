--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -352,51 +352,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent tymovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2281696a8da2284e2" w:history="1">
+            <w:hyperlink r:id="rId9657698651845b7e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -410,53 +410,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4702696a8da22854a" w:history="1">
+            <w:hyperlink r:id="rId4820698651845b85c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2070,100 +2070,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> germplasm collection of the International Potato Centre, in accessions originating from Argentina, Bolivia, Chile, Colombia, Ecuador and Peru (Lizarraga </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Argentina, Bolivia, Chile, Colombia, Ecuador, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3824,51 +3792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9210696a8da22ced3" w:history="1">
+      <w:hyperlink r:id="rId5470698651845d783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3961,51 +3929,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9064696a8da22cfbb" w:history="1">
+      <w:hyperlink r:id="rId8284698651845d868" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4031,51 +3999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1367696a8da22d031" w:history="1">
+      <w:hyperlink r:id="rId5752698651845d8dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4110,51 +4078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9537696a8da22d0b3" w:history="1">
+      <w:hyperlink r:id="rId5191698651845d96b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4209,51 +4177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9642696a8da22d151" w:history="1">
+      <w:hyperlink r:id="rId1417698651845da15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4279,51 +4247,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6091696a8da22d1c1" w:history="1">
+      <w:hyperlink r:id="rId1248698651845da84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4407,51 +4375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3712696a8da22d28c" w:history="1">
+      <w:hyperlink r:id="rId2971698651845db53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4486,51 +4454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6525696a8da22d30a" w:history="1">
+      <w:hyperlink r:id="rId8677698651845dbe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5760696a8da22d367" w:history="1">
+      <w:hyperlink r:id="rId5479698651845dc44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4624,51 +4592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5758696a8da22d3e9" w:history="1">
+      <w:hyperlink r:id="rId5020698651845dcc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4703,51 +4671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9635696a8da22d467" w:history="1">
+      <w:hyperlink r:id="rId7743698651845dd40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4782,51 +4750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5689696a8da22d4e4" w:history="1">
+      <w:hyperlink r:id="rId3229698651845ddbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4852,168 +4820,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5223696a8da22d553" w:history="1">
+      <w:hyperlink r:id="rId5038698651845dea5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1226696a8da22d594" w:history="1">
+      <w:hyperlink r:id="rId5042698651845dee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4789696a8da22d625" w:history="1">
+      <w:hyperlink r:id="rId5662698651845df2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6452696a8da22d664" w:history="1">
+      <w:hyperlink r:id="rId4438698651845df6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5112,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6084696a8da22d77f" w:history="1">
+      <w:hyperlink r:id="rId3835698651845e0a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5339,51 +5307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9331696a8da22d8c7" w:history="1">
+      <w:hyperlink r:id="rId9601698651845e1f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5505,51 +5473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5497696a8da22d9d9" w:history="1">
+      <w:hyperlink r:id="rId1217698651845e307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5575,90 +5543,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8071696a8da22da4d" w:history="1">
+      <w:hyperlink r:id="rId4442698651845e37b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6743696a8da22da8d" w:history="1">
+      <w:hyperlink r:id="rId1198698651845e3ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5835,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5677696a8da22dc21" w:history="1">
+      <w:hyperlink r:id="rId6360698651845e550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6022,72 +5990,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2671696a8da22dd1e" w:history="1">
+      <w:hyperlink r:id="rId1891698651845e655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5245696a8da22dd3d" w:history="1">
+      <w:hyperlink r:id="rId1299698651845e674" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6180,208 +6148,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7769696a8da22de1c" w:history="1">
+      <w:hyperlink r:id="rId7888698651845e754" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2216696a8da230da4" w:history="1">
+      <w:hyperlink r:id="rId7187698651845e792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3346696a8da230dca" w:history="1">
+      <w:hyperlink r:id="rId6450698651845e7b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5684696a8da230deb" w:history="1">
+      <w:hyperlink r:id="rId8406698651845e7d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2435696a8da230e3d" w:history="1">
+      <w:hyperlink r:id="rId1233698651845e816" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7203696a8da230e74" w:history="1">
+      <w:hyperlink r:id="rId5753698651845e84d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6474,51 +6442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2743696a8da230f5e" w:history="1">
+      <w:hyperlink r:id="rId8394698651845e92b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6533,51 +6501,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3478696a8da230fc5" w:history="1">
+      <w:hyperlink r:id="rId1401698651845e992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6670,51 +6638,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4349696a8da2310a3" w:history="1">
+      <w:hyperlink r:id="rId3054698651845ea71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6787,51 +6755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9022696a8da231161" w:history="1">
+      <w:hyperlink r:id="rId6669698651845eb2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,161 +6930,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6286696a8da23127e" w:history="1">
+      <w:hyperlink r:id="rId3271698651845ec63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6313696a8da2312da" w:history="1">
+      <w:hyperlink r:id="rId3846698651845ecb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9739696a8da2312fb" w:history="1">
+      <w:hyperlink r:id="rId7676698651845ecde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3408696a8da23133c" w:history="1">
+      <w:hyperlink r:id="rId6628698651845ed1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7191,51 +7159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus latandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2285696a8da23140d" w:history="1">
+      <w:hyperlink r:id="rId2018698651845ede7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7406,81 +7374,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6833696a8da231568" w:history="1">
+      <w:hyperlink r:id="rId9830698651845ef39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70317364" name="name1783696a8da232a72" descr="eu_funding_250.png"/>
+            <wp:docPr id="54799764" name="name5311698651845ef9d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9159696a8da232a70" cstate="print"/>
+                    <a:blip r:embed="rId6610698651845ef9c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7578,137 +7546,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57053110">
+  <w:abstractNum w:abstractNumId="42582250">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25362932">
+    <w:lvl w:ilvl="0" w:tplc="67179585">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25362932" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67179585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25362932" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67179585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25362932" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67179585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25362932" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67179585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25362932" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67179585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25362932" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67179585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25362932" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67179585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25362932" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67179585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57053109">
+  <w:abstractNum w:abstractNumId="42582249">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22663327">
+    <w:lvl w:ilvl="0" w:tplc="96179347">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8460,55 +8428,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57053109">
-    <w:abstractNumId w:val="57053109"/>
+  <w:num w:numId="42582249">
+    <w:abstractNumId w:val="42582249"/>
   </w:num>
-  <w:num w:numId="57053110">
-    <w:abstractNumId w:val="57053110"/>
+  <w:num w:numId="42582250">
+    <w:abstractNumId w:val="42582250"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20058,51 +20026,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132679642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId273788033" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2281696a8da2284e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId4702696a8da22854a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId9210696a8da22ced3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId9064696a8da22cfbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId1367696a8da22d031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId9537696a8da22d0b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId9642696a8da22d151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId6091696a8da22d1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId3712696a8da22d28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId6525696a8da22d30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId5760696a8da22d367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId5758696a8da22d3e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId9635696a8da22d467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId5689696a8da22d4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId5223696a8da22d553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId1226696a8da22d594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId4789696a8da22d625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId6452696a8da22d664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId6084696a8da22d77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId9331696a8da22d8c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId5497696a8da22d9d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId8071696a8da22da4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId6743696a8da22da8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId5677696a8da22dc21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId2671696a8da22dd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId5245696a8da22dd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId7769696a8da22de1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2216696a8da230da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId3346696a8da230dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId5684696a8da230deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId2435696a8da230e3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId7203696a8da230e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId2743696a8da230f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId3478696a8da230fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId4349696a8da2310a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId9022696a8da231161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId6286696a8da23127e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId6313696a8da2312da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId9739696a8da2312fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId3408696a8da23133c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId2285696a8da23140d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6833696a8da231568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId2351696a8da22c0c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2351696a8da22c0c2.jpg"/><Relationship Id="rId9159696a8da232a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9159696a8da232a70.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId461322525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId442540509" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9657698651845b7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId4820698651845b85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId5470698651845d783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId8284698651845d868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId5752698651845d8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId5191698651845d96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId1417698651845da15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId1248698651845da84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId2971698651845db53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId8677698651845dbe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId5479698651845dc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId5020698651845dcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId7743698651845dd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId3229698651845ddbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId5038698651845dea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId5042698651845dee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId5662698651845df2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId4438698651845df6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId3835698651845e0a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId9601698651845e1f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId1217698651845e307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId4442698651845e37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId1198698651845e3ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId6360698651845e550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId1891698651845e655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId1299698651845e674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId7888698651845e754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId7187698651845e792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId6450698651845e7b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId8406698651845e7d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId1233698651845e816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId5753698651845e84d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId8394698651845e92b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId1401698651845e992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId3054698651845ea71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId6669698651845eb2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId3271698651845ec63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId3846698651845ecb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId7676698651845ecde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId6628698651845ed1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId2018698651845ede7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9830698651845ef39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId6610698651845ef9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6610698651845ef9c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>