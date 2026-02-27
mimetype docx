--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -352,51 +352,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent tymovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9657698651845b7e5" w:history="1">
+            <w:hyperlink r:id="rId747069a218c4ae6df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -412,51 +412,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4820698651845b85c" w:history="1">
+            <w:hyperlink r:id="rId400769a218c4ae74a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2070,68 +2070,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> germplasm collection of the International Potato Centre, in accessions originating from Argentina, Bolivia, Chile, Colombia, Ecuador and Peru (Lizarraga </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="74745429" name="name732969a218c4b05e8" descr="APLV00_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="APLV00_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId492569a218c4b05e4" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Argentina, Bolivia, Chile, Colombia, Ecuador, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3792,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5470698651845d783" w:history="1">
+      <w:hyperlink r:id="rId406969a218c4b1491" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3929,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8284698651845d868" w:history="1">
+      <w:hyperlink r:id="rId755169a218c4b1576" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3999,51 +4031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5752698651845d8dd" w:history="1">
+      <w:hyperlink r:id="rId739769a218c4b15eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4078,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5191698651845d96b" w:history="1">
+      <w:hyperlink r:id="rId303369a218c4b166c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4177,51 +4209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1417698651845da15" w:history="1">
+      <w:hyperlink r:id="rId383569a218c4b170e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4247,51 +4279,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1248698651845da84" w:history="1">
+      <w:hyperlink r:id="rId750269a218c4b177e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4375,51 +4407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2971698651845db53" w:history="1">
+      <w:hyperlink r:id="rId384069a218c4b1881" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4454,51 +4486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8677698651845dbe1" w:history="1">
+      <w:hyperlink r:id="rId230369a218c4b1905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4513,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5479698651845dc44" w:history="1">
+      <w:hyperlink r:id="rId584469a218c4b1964" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4592,51 +4624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5020698651845dcc2" w:history="1">
+      <w:hyperlink r:id="rId532569a218c4b19e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4671,51 +4703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7743698651845dd40" w:history="1">
+      <w:hyperlink r:id="rId951969a218c4b1a62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4750,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3229698651845ddbc" w:history="1">
+      <w:hyperlink r:id="rId819769a218c4b1b40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4820,168 +4852,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5038698651845dea5" w:history="1">
+      <w:hyperlink r:id="rId684169a218c4b1bc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5042698651845dee8" w:history="1">
+      <w:hyperlink r:id="rId905369a218c4b1c11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5662698651845df2b" w:history="1">
+      <w:hyperlink r:id="rId607369a218c4b1c5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4438698651845df6b" w:history="1">
+      <w:hyperlink r:id="rId557169a218c4b1c9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5112,51 +5144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3835698651845e0a5" w:history="1">
+      <w:hyperlink r:id="rId730169a218c4b1dbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5307,51 +5339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9601698651845e1f1" w:history="1">
+      <w:hyperlink r:id="rId377269a218c4b1f00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5473,51 +5505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1217698651845e307" w:history="1">
+      <w:hyperlink r:id="rId391969a218c4b2016" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5543,90 +5575,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4442698651845e37b" w:history="1">
+      <w:hyperlink r:id="rId598469a218c4b208b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1198698651845e3ba" w:history="1">
+      <w:hyperlink r:id="rId683769a218c4b20dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5835,51 +5867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6360698651845e550" w:history="1">
+      <w:hyperlink r:id="rId524369a218c4b2287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5990,72 +6022,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1891698651845e655" w:history="1">
+      <w:hyperlink r:id="rId583469a218c4b2388" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1299698651845e674" w:history="1">
+      <w:hyperlink r:id="rId807069a218c4b23a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6148,208 +6180,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7888698651845e754" w:history="1">
+      <w:hyperlink r:id="rId511769a218c4b2493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7187698651845e792" w:history="1">
+      <w:hyperlink r:id="rId528669a218c4b24d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6450698651845e7b2" w:history="1">
+      <w:hyperlink r:id="rId107769a218c4b24f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8406698651845e7d0" w:history="1">
+      <w:hyperlink r:id="rId480069a218c4b2510" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1233698651845e816" w:history="1">
+      <w:hyperlink r:id="rId205569a218c4b2559" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5753698651845e84d" w:history="1">
+      <w:hyperlink r:id="rId677069a218c4b258f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6442,51 +6474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8394698651845e92b" w:history="1">
+      <w:hyperlink r:id="rId420169a218c4b266f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6501,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1401698651845e992" w:history="1">
+      <w:hyperlink r:id="rId757469a218c4b26d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6638,51 +6670,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3054698651845ea71" w:history="1">
+      <w:hyperlink r:id="rId235669a218c4b27b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6755,51 +6787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6669698651845eb2b" w:history="1">
+      <w:hyperlink r:id="rId906069a218c4b2889" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6930,161 +6962,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3271698651845ec63" w:history="1">
+      <w:hyperlink r:id="rId184669a218c4b29a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3846698651845ecb5" w:history="1">
+      <w:hyperlink r:id="rId994869a218c4b29fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7676698651845ecde" w:history="1">
+      <w:hyperlink r:id="rId640269a218c4b2a1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6628698651845ed1f" w:history="1">
+      <w:hyperlink r:id="rId774469a218c4b2a59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7159,51 +7191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus latandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2018698651845ede7" w:history="1">
+      <w:hyperlink r:id="rId771669a218c4b2b36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7374,81 +7406,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9830698651845ef39" w:history="1">
+      <w:hyperlink r:id="rId739769a218c4b2c96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54799764" name="name5311698651845ef9d" descr="eu_funding_250.png"/>
+            <wp:docPr id="66125446" name="name357769a218c4b2d09" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6610698651845ef9c" cstate="print"/>
+                    <a:blip r:embed="rId723369a218c4b2d08" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7546,137 +7578,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42582250">
+  <w:abstractNum w:abstractNumId="35685421">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67179585">
+    <w:lvl w:ilvl="0" w:tplc="55206701">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67179585" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55206701" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67179585" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55206701" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67179585" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55206701" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67179585" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55206701" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67179585" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55206701" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67179585" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55206701" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67179585" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55206701" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67179585" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55206701" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42582249">
+  <w:abstractNum w:abstractNumId="35685420">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96179347">
+    <w:lvl w:ilvl="0" w:tplc="91163125">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8428,55 +8460,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42582249">
-    <w:abstractNumId w:val="42582249"/>
+  <w:num w:numId="35685420">
+    <w:abstractNumId w:val="35685420"/>
   </w:num>
-  <w:num w:numId="42582250">
-    <w:abstractNumId w:val="42582250"/>
+  <w:num w:numId="35685421">
+    <w:abstractNumId w:val="35685421"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20026,51 +20058,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId461322525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId442540509" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9657698651845b7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId4820698651845b85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId5470698651845d783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId8284698651845d868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId5752698651845d8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId5191698651845d96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId1417698651845da15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId1248698651845da84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId2971698651845db53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId8677698651845dbe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId5479698651845dc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId5020698651845dcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId7743698651845dd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId3229698651845ddbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId5038698651845dea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId5042698651845dee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId5662698651845df2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId4438698651845df6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId3835698651845e0a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId9601698651845e1f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId1217698651845e307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId4442698651845e37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId1198698651845e3ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId6360698651845e550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId1891698651845e655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId1299698651845e674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId7888698651845e754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId7187698651845e792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId6450698651845e7b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId8406698651845e7d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId1233698651845e816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId5753698651845e84d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId8394698651845e92b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId1401698651845e992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId3054698651845ea71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId6669698651845eb2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId3271698651845ec63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId3846698651845ecb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId7676698651845ecde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId6628698651845ed1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId2018698651845ede7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9830698651845ef39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId6610698651845ef9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6610698651845ef9c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId682408179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId802229537" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId747069a218c4ae6df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId400769a218c4ae74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId406969a218c4b1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId755169a218c4b1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId739769a218c4b15eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId303369a218c4b166c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId383569a218c4b170e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId750269a218c4b177e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId384069a218c4b1881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId230369a218c4b1905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId584469a218c4b1964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId532569a218c4b19e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId951969a218c4b1a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId819769a218c4b1b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId684169a218c4b1bc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId905369a218c4b1c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId607369a218c4b1c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId557169a218c4b1c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId730169a218c4b1dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId377269a218c4b1f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId391969a218c4b2016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId598469a218c4b208b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId683769a218c4b20dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId524369a218c4b2287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId583469a218c4b2388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId807069a218c4b23a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId511769a218c4b2493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId528669a218c4b24d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId107769a218c4b24f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId480069a218c4b2510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId205569a218c4b2559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId677069a218c4b258f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId420169a218c4b266f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId757469a218c4b26d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId235669a218c4b27b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId906069a218c4b2889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId184669a218c4b29a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId994869a218c4b29fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId640269a218c4b2a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId774469a218c4b2a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId771669a218c4b2b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId739769a218c4b2c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId492569a218c4b05e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId492569a218c4b05e4.jpg"/><Relationship Id="rId723369a218c4b2d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723369a218c4b2d08.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>