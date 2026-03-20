--- v6 (2026-02-27)
+++ v7 (2026-03-20)
@@ -352,51 +352,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent tymovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato Andean latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId747069a218c4ae6df" w:history="1">
+            <w:hyperlink r:id="rId581669bcf71f0b0c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -412,51 +412,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400769a218c4ae74a" w:history="1">
+            <w:hyperlink r:id="rId885069bcf71f0b12e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2075,63 +2075,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2001) but, with the exception of Peru, very little information on this virus in ulluco has been reported from these countries since this publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74745429" name="name732969a218c4b05e8" descr="APLV00_distribution_map.jpg"/>
+            <wp:docPr id="46806679" name="name248069bcf71f0cc60" descr="APLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId492569a218c4b05e4" cstate="print"/>
+                    <a:blip r:embed="rId894969bcf71f0cc5a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1096. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406969a218c4b1491" w:history="1">
+      <w:hyperlink r:id="rId623169bcf71f0da6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755169a218c4b1576" w:history="1">
+      <w:hyperlink r:id="rId501269bcf71f0db83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4031,51 +4031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Potato Center, L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PE) 210. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739769a218c4b15eb" w:history="1">
+      <w:hyperlink r:id="rId870869bcf71f0dbf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134 Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303369a218c4b166c" w:history="1">
+      <w:hyperlink r:id="rId905569bcf71f0dc7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4209,51 +4209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6428, 75. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383569a218c4b170e" w:history="1">
+      <w:hyperlink r:id="rId172469bcf71f0dd1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4279,51 +4279,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750269a218c4b177e" w:history="1">
+      <w:hyperlink r:id="rId644669bcf71f0dd8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4407,51 +4407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384069a218c4b1881" w:history="1">
+      <w:hyperlink r:id="rId924969bcf71f0de59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4486,51 +4486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405–413. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230369a218c4b1905" w:history="1">
+      <w:hyperlink r:id="rId278869bcf71f0ded7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019a) EPPO Standards. Phytosanitary procedures. PM 3/21(3) Post entry quarantine for potato. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584469a218c4b1964" w:history="1">
+      <w:hyperlink r:id="rId642369bcf71f0df35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4624,51 +4624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532569a218c4b19e5" w:history="1">
+      <w:hyperlink r:id="rId289869bcf71f0dfb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4703,51 +4703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951969a218c4b1a62" w:history="1">
+      <w:hyperlink r:id="rId751069bcf71f0e02e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819769a218c4b1b40" w:history="1">
+      <w:hyperlink r:id="rId791469bcf71f0e0b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4852,168 +4852,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 693–703. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId684169a218c4b1bc5" w:history="1">
+      <w:hyperlink r:id="rId977569bcf71f0e128" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018 Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905369a218c4b1c11" w:history="1">
+      <w:hyperlink r:id="rId184069bcf71f0e169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607369a218c4b1c5b" w:history="1">
+      <w:hyperlink r:id="rId962069bcf71f0e1aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROPHYT (2017) Interceptions of commodities imported into the EU or Switzerland with harmful organism(s). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557169a218c4b1c9c" w:history="1">
+      <w:hyperlink r:id="rId947669bcf71f0e1ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 576–587.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730169a218c4b1dbf" w:history="1">
+      <w:hyperlink r:id="rId945769bcf71f0e302" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5339,51 +5339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Association of Applied Biologists, Wellesbourne (UK) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377269a218c4b1f00" w:history="1">
+      <w:hyperlink r:id="rId971569bcf71f0e439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5505,51 +5505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Family: Tymoviridae ICTV 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391969a218c4b2016" w:history="1">
+      <w:hyperlink r:id="rId404769bcf71f0e555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5575,90 +5575,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ninth Report of the International Committee on Taxonomy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598469a218c4b208b" w:history="1">
+      <w:hyperlink r:id="rId311969bcf71f0e5c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report_9th/RNApos/Tymoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 March 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022) ICTV master species list 2021 v3. International Committee on Taxonomy of Viruses. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683769a218c4b20dd" w:history="1">
+      <w:hyperlink r:id="rId295569bcf71f0e606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/msl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ed. Hooker WJ), 78-79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, St Paul (US) Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524369a218c4b2287" w:history="1">
+      <w:hyperlink r:id="rId447369bcf71f0e798" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdf.usaid.gov/pdf_docs/PNABD692.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6022,72 +6022,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1169–1173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global, Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming] National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583469a218c4b2388" w:history="1">
+      <w:hyperlink r:id="rId222869bcf71f0e896" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807069a218c4b23a8" w:history="1">
+      <w:hyperlink r:id="rId943569bcf71f0e8b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6180,208 +6180,208 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511769a218c4b2493" w:history="1">
+      <w:hyperlink r:id="rId697269bcf71f0e995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lee J-Y,</w:t>
       </w:r>
-      <w:hyperlink r:id="rId528669a218c4b24d2" w:history="1">
+      <w:hyperlink r:id="rId944169bcf71f0e9d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> J-H, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107769a218c4b24f1" w:history="1">
+      <w:hyperlink r:id="rId334269bcf71f0e9f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Kim</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> E &amp; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480069a218c4b2510" w:history="1">
+      <w:hyperlink r:id="rId912569bcf71f0ea0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Lee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S (2015) [Development of PCR-base diagnostic system for the detection of Andean potato latent virus]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Korean Journal of Agricultural Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205569a218c4b2559" w:history="1">
+      <w:hyperlink r:id="rId889269bcf71f0ea6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">42</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105-109. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677069a218c4b258f" w:history="1">
+      <w:hyperlink r:id="rId459069bcf71f0ea9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://koreascience.or.kr/article/JAKO201521839155726.page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6474,51 +6474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, Lopez G &amp; Fuentes S (2001) Effect of viruses UMV, UVC, PapMV-U, and PLRV on Ulluco production and their control. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientist and Farmer: Partners in Research for the 21st Century. CIP Program Report 1999-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 381-389. CIP, Lima (PE). Available at [</w:t>
       </w:r>
-      <w:hyperlink r:id="rId420169a218c4b266f" w:history="1">
+      <w:hyperlink r:id="rId306369bcf71f0eb7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]  [accessed 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156-158. International Potato Centre, Lima (PE) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757469a218c4b26d3" w:history="1">
+      <w:hyperlink r:id="rId711569bcf71f0ebe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6670,51 +6670,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pena Reyes EC (2019) Metagenomic approach to study viruses and virus-like pathogens in native potatoes from Chiloé archipelago. PhD thesis. Pontifical Catholic University of Chile. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235669a218c4b27b2" w:history="1">
+      <w:hyperlink r:id="rId547969bcf71f0ecbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repositorio.uc.cl/handle/11534/23343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6787,51 +6787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-134. Abstract available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906069a218c4b2889" w:history="1">
+      <w:hyperlink r:id="rId882969bcf71f0ed7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eurekamag.com/research/006/550/006550659.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,161 +6962,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on APLV: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184669a218c4b29a9" w:history="1">
+      <w:hyperlink r:id="rId455869bcf71f0ee96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CTVdB – The Universal Virus Database</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, version 4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994869a218c4b29fb" w:history="1">
+      <w:hyperlink r:id="rId799869bcf71f0eee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifically for APLV.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640269a218c4b2a1b" w:history="1">
+      <w:hyperlink r:id="rId700669bcf71f0ef08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://web.archive.org/web/20070609085702/http://www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId774469a218c4b2a59" w:history="1">
+      <w:hyperlink r:id="rId142069bcf71f0ef47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 January 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7191,51 +7191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tymovirus latandigenum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId771669a218c4b2b36" w:history="1">
+      <w:hyperlink r:id="rId996469bcf71f0f00b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7406,81 +7406,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739769a218c4b2c96" w:history="1">
+      <w:hyperlink r:id="rId423569bcf71f0f16c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66125446" name="name357769a218c4b2d09" descr="eu_funding_250.png"/>
+            <wp:docPr id="56373289" name="name862269bcf71f0f20b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId723369a218c4b2d08" cstate="print"/>
+                    <a:blip r:embed="rId362369bcf71f0f20a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7578,137 +7578,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35685421">
+  <w:abstractNum w:abstractNumId="64715183">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55206701">
+    <w:lvl w:ilvl="0" w:tplc="78480987">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55206701" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78480987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55206701" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78480987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55206701" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78480987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55206701" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78480987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55206701" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78480987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55206701" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78480987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55206701" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78480987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55206701" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78480987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35685420">
+  <w:abstractNum w:abstractNumId="64715182">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91163125">
+    <w:lvl w:ilvl="0" w:tplc="19494528">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8460,55 +8460,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35685420">
-    <w:abstractNumId w:val="35685420"/>
+  <w:num w:numId="64715182">
+    <w:abstractNumId w:val="64715182"/>
   </w:num>
-  <w:num w:numId="35685421">
-    <w:abstractNumId w:val="35685421"/>
+  <w:num w:numId="64715183">
+    <w:abstractNumId w:val="64715183"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20058,51 +20058,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId682408179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId802229537" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId747069a218c4ae6df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId400769a218c4ae74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId406969a218c4b1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId755169a218c4b1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId739769a218c4b15eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId303369a218c4b166c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId383569a218c4b170e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId750269a218c4b177e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId384069a218c4b1881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId230369a218c4b1905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId584469a218c4b1964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId532569a218c4b19e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId951969a218c4b1a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId819769a218c4b1b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId684169a218c4b1bc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId905369a218c4b1c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId607369a218c4b1c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId557169a218c4b1c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId730169a218c4b1dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId377269a218c4b1f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId391969a218c4b2016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId598469a218c4b208b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId683769a218c4b20dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId524369a218c4b2287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId583469a218c4b2388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId807069a218c4b23a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId511769a218c4b2493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId528669a218c4b24d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId107769a218c4b24f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId480069a218c4b2510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId205569a218c4b2559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId677069a218c4b258f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId420169a218c4b266f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId757469a218c4b26d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId235669a218c4b27b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId906069a218c4b2889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId184669a218c4b29a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId994869a218c4b29fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId640269a218c4b2a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId774469a218c4b2a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId771669a218c4b2b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId739769a218c4b2c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId492569a218c4b05e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId492569a218c4b05e4.jpg"/><Relationship Id="rId723369a218c4b2d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723369a218c4b2d08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId953453959" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId181125348" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId581669bcf71f0b0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/" TargetMode="External"/><Relationship Id="rId885069bcf71f0b12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLV00/categorization" TargetMode="External"/><Relationship Id="rId623169bcf71f0da6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notulaebiologicae.ro/index.php/nsb/article/view/10986" TargetMode="External"/><Relationship Id="rId501269bcf71f0db83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heraldopenaccess.us/openaccess/emerging-pattern-of-viral-diseases-in-a-high-andean-microregion-bolivia-producing-potato-seed-tubers" TargetMode="External"/><Relationship Id="rId870869bcf71f0dbf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109435" TargetMode="External"/><Relationship Id="rId905569bcf71f0dc7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId172469bcf71f0dd1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6428n" TargetMode="External"/><Relationship Id="rId644669bcf71f0dd8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId924969bcf71f0de59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId278869bcf71f0ded7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/740/pm7-132-1-en.pdf%20" TargetMode="External"/><Relationship Id="rId642369bcf71f0df35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId289869bcf71f0dfb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId751069bcf71f0e02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId791469bcf71f0e0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId977569bcf71f0e128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/838/pm7-153-1-en.pdf" TargetMode="External"/><Relationship Id="rId184069bcf71f0e169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2018/2019/oj" TargetMode="External"/><Relationship Id="rId962069bcf71f0e1aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=celex%3A32019R2072" TargetMode="External"/><Relationship Id="rId947669bcf71f0e1ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/system/files/2017-05/ph_biosec_europhyt-interceptions-2017-04.pdf" TargetMode="External"/><Relationship Id="rId945769bcf71f0e302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId971569bcf71f0e439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=124" TargetMode="External"/><Relationship Id="rId404769bcf71f0e555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId311969bcf71f0e5c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report_9th/RNApos/Tymoviridae" TargetMode="External"/><Relationship Id="rId295569bcf71f0e606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/msl" TargetMode="External"/><Relationship Id="rId447369bcf71f0e798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdf.usaid.gov/pdf_docs/PNABD692.pdf" TargetMode="External"/><Relationship Id="rId222869bcf71f0e896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId943569bcf71f0e8b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId697269bcf71f0e995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId944169bcf71f0e9d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Jin-Ho-Kim" TargetMode="External"/><Relationship Id="rId334269bcf71f0e9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/scientific-contributions/Eunsil-Kim-2082262131" TargetMode="External"/><Relationship Id="rId912569bcf71f0ea0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Siwon-Lee-4" TargetMode="External"/><Relationship Id="rId889269bcf71f0ea6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/journal/CNNSA3/v42n2.page" TargetMode="External"/><Relationship Id="rId459069bcf71f0ea9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://koreascience.or.kr/article/JAKO201521839155726.page" TargetMode="External"/><Relationship Id="rId306369bcf71f0eb7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.co.uk/books?id=GVBCnXl_hWIC&amp;pg=PA381&amp;lpg=PA381&amp;dq=Effect+of+viruses+UMV,+UVC,+PapMV-U,+and+PLRV+on+Ulluco+production+and+their+control.&amp;source=bl&amp;ots=HzDy6Ka-rQ&amp;sig=ACfU3U17nM2NeD1tbDO97bmNh3U4Yt3-5A&amp;hl=en&amp;sa=X&amp;ved=2ahUKEwj-kY-ssrv8AhULR8AKHT9yAeEQ6AF6BAgoEAM#v=onepage&amp;q=Effect%20of%20viruses%20UMV%2C%20UVC%2C%20PapMV-U%2C%20and%20PLRV%20on%20Ulluco%20production%20and%20their%20control.&amp;f=false" TargetMode="External"/><Relationship Id="rId711569bcf71f0ebe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId547969bcf71f0ecbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uc.cl/handle/11534/23343" TargetMode="External"/><Relationship Id="rId882969bcf71f0ed7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekamag.com/research/006/550/006550659.php" TargetMode="External"/><Relationship Id="rId455869bcf71f0ee96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.42518" TargetMode="External"/><Relationship Id="rId799869bcf71f0eee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609193135/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId700669bcf71f0ef08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20070609085702/http:/www.ncbi.nlm.nih.gov/ICTVdb/ICTVdB/index.htm" TargetMode="External"/><Relationship Id="rId142069bcf71f0ef47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId996469bcf71f0f00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId423569bcf71f0f16c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId894969bcf71f0cc5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894969bcf71f0cc5a.jpg"/><Relationship Id="rId362369bcf71f0f20a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId362369bcf71f0f20a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>