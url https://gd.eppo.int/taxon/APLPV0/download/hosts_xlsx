--- v0 (2025-10-09)
+++ v1 (2026-03-28)
@@ -12,135 +12,175 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="APLPV0" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PRNDO</t>
   </si>
   <si>
     <t>Prunus domestica</t>
   </si>
   <si>
+    <t>* Khan ZA, Thapa P, Diksha D, Mailem YS, Sharma SK, Nabi SU, Wani S, Shah MD, Verma MK, Gupta N, Baranwal VK (2025) Virome analysis deciphered the infection of American plum line pattern virus, little cherry virus 1 and plum bark necrosis stem pitting-associated virus in plum from India. European Journal of Plant Pathology 171, 341–357</t>
+  </si>
+  <si>
     <t>Host</t>
   </si>
   <si>
     <t>1PRNG</t>
   </si>
   <si>
     <t>Prunus</t>
   </si>
   <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348</t>
+  </si>
+  <si>
     <t>PRNAR</t>
   </si>
   <si>
     <t>Prunus armeniaca</t>
   </si>
   <si>
+    <t>* Rubio M, Martínez‐Gómez P, Marais A, Sánchez‐Navarro JA, Pallás V, Candresse T (2017) Recent advances and prospects in Prunus virology. Annals of Applied Biology 171(2), 125-138.</t>
+  </si>
+  <si>
     <t>PRNAV</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>* Reinhold LA, Pscheidt JW (2023) Diagnostic and historical surveys of Sweet Cherry (Prunus avium) virus and virus-like diseases in Oregon. Plant Disease 107(3), 633-643.</t>
+  </si>
+  <si>
+    <t>PRNMH</t>
+  </si>
+  <si>
+    <t>Prunus mahaleb</t>
   </si>
   <si>
     <t>PRNPS</t>
   </si>
   <si>
     <t>Prunus persica</t>
   </si>
   <si>
     <t>PRNSC</t>
   </si>
   <si>
     <t>Prunus salicina</t>
   </si>
   <si>
     <t>* Myrta A, Abbadi H, Al Rwahnih M, Herranz MC, Di Terlizzi B, Minafra A, Pallás V (2002) First report of American plum line pattern virus in Albania, Italy and Tunisia. Journal of Plant Pathology, 84(3), 171-200.</t>
   </si>
   <si>
     <t>PRNSL</t>
   </si>
   <si>
     <t>Prunus serrulata</t>
   </si>
   <si>
     <t>* Candresse T, Faure C, Theil S, Marais A (2017) First report of American plum line pattern virus infecting flowering cherry (Prunus serrulata) in Japan. Plant Disease 101(8), p 1561.
 * Myrta A, Sanchez-Navarro, Potere O, Boscia D, Pallás V (2009) First report of American plum line pattern virus in flowering cherry in Italy. Journal of Plant Pathology 91(4 suppl.), S4.75.</t>
   </si>
   <si>
+    <t>PRNYE</t>
+  </si>
+  <si>
+    <t>Prunus x yedoensis</t>
+  </si>
+  <si>
+    <t>* Cheong EJ, Kim CS, Kinard G, Li R (2015) Evaluation of the status of the virus and viroid infection in flowering cherry (Prunus yedoensis) collections in Korea and the US. The Journal of Plant Pathology 97, 321-326.</t>
+  </si>
+  <si>
     <t>Experimental</t>
   </si>
   <si>
+    <t>LUPAL</t>
+  </si>
+  <si>
+    <t>Lupinus albus</t>
+  </si>
+  <si>
     <t>NIOME</t>
   </si>
   <si>
     <t>Nicotiana megalosiphon</t>
   </si>
   <si>
+    <t>NIOOC</t>
+  </si>
+  <si>
+    <t>Nicotiana occidentalis</t>
+  </si>
+  <si>
     <t>VIGSC</t>
   </si>
   <si>
     <t>Vigna unguiculata subsp. unguiculata</t>
+  </si>
+  <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348
+------- as Vigna cylindrica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -444,191 +484,259 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D10"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="398.617" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>31</v>
+      </c>
+      <c r="B11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>