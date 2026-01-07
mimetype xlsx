--- v0 (2025-10-14)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="APLPV0" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -276,50 +276,53 @@
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
+  </si>
+  <si>
+    <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
@@ -1325,159 +1328,159 @@
       <c r="B35" t="s">
         <v>84</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>85</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>65</v>
       </c>
       <c r="B36" t="s">
         <v>86</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>87</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>65</v>
       </c>
       <c r="B37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>65</v>
       </c>
       <c r="B38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>65</v>
       </c>
       <c r="B39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>65</v>
       </c>
       <c r="B40" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>65</v>
       </c>
       <c r="B41" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>65</v>
       </c>
       <c r="B42" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B43" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>