--- v0 (2025-10-20)
+++ v1 (2026-02-18)
@@ -123,51 +123,51 @@
   <si>
     <t>Asarum maximum</t>
   </si>
   <si>
     <t>ATUFF</t>
   </si>
   <si>
     <t>Athyrium filix-femina</t>
   </si>
   <si>
     <t>AVESA</t>
   </si>
   <si>
     <t>Avena sativa</t>
   </si>
   <si>
     <t>BRRMA</t>
   </si>
   <si>
     <t>Brunnera macrophylla</t>
   </si>
   <si>
     <t>BUDDA</t>
   </si>
   <si>
-    <t>Buddleia davidii</t>
+    <t>Buddleja davidii</t>
   </si>
   <si>
     <t>CEGWL</t>
   </si>
   <si>
     <t>Ceratostigma willmottianum</t>
   </si>
   <si>
     <t>CHTLA</t>
   </si>
   <si>
     <t>Cheilanthes lanosa</t>
   </si>
   <si>
     <t>DAHHY</t>
   </si>
   <si>
     <t>Dahlia hybrids</t>
   </si>
   <si>
     <t>DAQPE</t>
   </si>
   <si>
     <t>Darmera peltata</t>
   </si>