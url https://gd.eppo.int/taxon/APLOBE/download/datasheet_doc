--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Christie) Drozdovski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice leaf nematode, rice white-tip nematode, strawberry crimp disease nematode, white-tip nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId858268ef2d76b1694" w:history="1">
+            <w:hyperlink r:id="rId91686909c80e8857b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId747768ef2d76b173d" w:history="1">
+            <w:hyperlink r:id="rId71686909c80e885e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APLOBE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="81786256" name="name364868ef2d76b181b" descr="3702.jpg"/>
+                  <wp:docPr id="60847980" name="name55736909c80e886b7" descr="3702.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3702.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId384668ef2d76b1819" cstate="print"/>
+                          <a:blip r:embed="rId88046909c80e886b6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId564568ef2d76b194c" w:history="1">
+            <w:hyperlink r:id="rId34426909c80e887c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1398,63 +1398,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wide geographic distribution, mostly in tropical and subtropical countries. In the EPPO region, it is reported in a few countries of the southern and eastern part of the region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68808829" name="name122668ef2d76b310b" descr="APLOBE_distribution_map.jpg"/>
+            <wp:docPr id="31642316" name="name54646909c80e8912d" descr="APLOBE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLOBE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId906068ef2d76b3107" cstate="print"/>
+                    <a:blip r:embed="rId23966909c80e8912a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4065,51 +4065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice leaf nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428068ef2d76b445f" w:history="1">
+      <w:hyperlink r:id="rId62556909c80e8a4c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6378#toidentity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4494,51 +4494,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2nd Edition (eds Perry R &amp; Moens M), pp. 32-37. CAB International.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Desaeger J &amp; Noling J (2017) Foliar or bud nematodes in Florida strawberries. University of Florida IFAS Extension Publication ENY-068. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682268ef2d76b471c" w:history="1">
+      <w:hyperlink r:id="rId36096909c80e8a77a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in1184</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4765,51 +4765,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486. Relevant part detailed in the last paragraph of the Corrigendum </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471268ef2d76b48cf" w:history="1">
+      <w:hyperlink r:id="rId70796909c80e8a93e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Standards PM 1/2 (28) General. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927668ef2d76b4b17" w:history="1">
+      <w:hyperlink r:id="rId27916909c80e8ab93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 7 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5255,51 +5255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): e40886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId416468ef2d76b4bf6" w:history="1">
+      <w:hyperlink r:id="rId35786909c80e8aca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0040886</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5354,51 +5354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402068ef2d76b4c98" w:history="1">
+      <w:hyperlink r:id="rId79696909c80e8ad49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/abstract/19730804884</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 1 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5491,51 +5491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. ritzemabosi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId585568ef2d76b4d76" w:history="1">
+      <w:hyperlink r:id="rId70516909c80e8ae3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5570,51 +5570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryza sativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice) seed. Version 7-025-6.    International Rules for Seed Testing 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131868ef2d76b4df6" w:history="1">
+      <w:hyperlink r:id="rId79096909c80e8aecd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 2 July 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6215,101 +6215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-568. Measures accessible from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540168ef2d76b5204" w:history="1">
+      <w:hyperlink r:id="rId28396909c80e8b32f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rybarczyk-Mydlowska K, Mooyman P, van Megen H, van den Elsen S, Vervoort M, Veenhuizen P, van Doorn J, Dees R, Karssen G, Bakker J &amp; Helder J (2012) Small subunit ribosomal DNA-based phylogenetic analysis of foliar nematodes (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.) and their quantitative detection in complex DNA backgrounds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785168ef2d76b5259" w:history="1">
+      <w:hyperlink r:id="rId50086909c80e8b393" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Nematoda: Aphelenchida: Aphelenchoididae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Florida Entomology and Nematology Department, IFAS Extension Document EENY-749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533968ef2d76b562c" w:history="1">
+      <w:hyperlink r:id="rId30966909c80e8b7a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6960,51 +6960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolates originated from different hosts. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the American Phytopathological Society 2015 Annual Meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pasadena, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103668ef2d76b56aa" w:history="1">
+      <w:hyperlink r:id="rId52166909c80e8b825" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532168ef2d76b590e" w:history="1">
+      <w:hyperlink r:id="rId83726909c80e8baab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7568,90 +7568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134068ef2d76b5a85" w:history="1">
+      <w:hyperlink r:id="rId56176909c80e8bccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01752.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55530190" name="name593868ef2d76b5b25" descr="eu_funding_250.png"/>
+            <wp:docPr id="12177664" name="name11716909c80e8bd44" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId266668ef2d76b5b24" cstate="print"/>
+                    <a:blip r:embed="rId26186909c80e8bd43" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7749,137 +7749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17465497">
+  <w:abstractNum w:abstractNumId="69678527">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73680475">
+    <w:lvl w:ilvl="0" w:tplc="80329657">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73680475" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80329657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73680475" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80329657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73680475" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80329657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73680475" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80329657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73680475" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80329657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73680475" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80329657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73680475" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80329657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73680475" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80329657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17465496">
+  <w:abstractNum w:abstractNumId="69678526">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20581946">
+    <w:lvl w:ilvl="0" w:tplc="39471980">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8631,55 +8631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17465496">
-    <w:abstractNumId w:val="17465496"/>
+  <w:num w:numId="69678526">
+    <w:abstractNumId w:val="69678526"/>
   </w:num>
-  <w:num w:numId="17465497">
-    <w:abstractNumId w:val="17465497"/>
+  <w:num w:numId="69678527">
+    <w:abstractNumId w:val="69678527"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20229,51 +20229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId180848148" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId732723632" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId858268ef2d76b1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId747768ef2d76b173d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId564568ef2d76b194c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId428068ef2d76b445f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId682268ef2d76b471c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId471268ef2d76b48cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId927668ef2d76b4b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId416468ef2d76b4bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId402068ef2d76b4c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId585568ef2d76b4d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId131868ef2d76b4df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId540168ef2d76b5204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId785168ef2d76b5259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId533968ef2d76b562c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId103668ef2d76b56aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId532168ef2d76b590e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId134068ef2d76b5a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId384668ef2d76b1819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId384668ef2d76b1819.jpg"/><Relationship Id="rId906068ef2d76b3107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906068ef2d76b3107.jpg"/><Relationship Id="rId266668ef2d76b5b24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266668ef2d76b5b24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId170517673" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954458988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId91686909c80e8857b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId71686909c80e885e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId34426909c80e887c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId62556909c80e8a4c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId36096909c80e8a77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId70796909c80e8a93e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId27916909c80e8ab93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId35786909c80e8aca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId79696909c80e8ad49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId70516909c80e8ae3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId79096909c80e8aecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId28396909c80e8b32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId50086909c80e8b393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId30966909c80e8b7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId52166909c80e8b825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId83726909c80e8baab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56176909c80e8bccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId88046909c80e886b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88046909c80e886b6.jpg"/><Relationship Id="rId23966909c80e8912a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23966909c80e8912a.jpg"/><Relationship Id="rId26186909c80e8bd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186909c80e8bd43.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>