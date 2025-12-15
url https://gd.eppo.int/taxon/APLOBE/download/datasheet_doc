--- v1 (2025-11-04)
+++ v2 (2025-12-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Christie) Drozdovski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice leaf nematode, rice white-tip nematode, strawberry crimp disease nematode, white-tip nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91686909c80e8857b" w:history="1">
+            <w:hyperlink r:id="rId9144693fae65d0652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71686909c80e885e6" w:history="1">
+            <w:hyperlink r:id="rId3161693fae65d06bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APLOBE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="60847980" name="name55736909c80e886b7" descr="3702.jpg"/>
+                  <wp:docPr id="74117324" name="name4802693fae65d0784" descr="3702.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3702.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId88046909c80e886b6" cstate="print"/>
+                          <a:blip r:embed="rId9539693fae65d0783" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId34426909c80e887c4" w:history="1">
+            <w:hyperlink r:id="rId1577693fae65d0899" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1398,63 +1398,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wide geographic distribution, mostly in tropical and subtropical countries. In the EPPO region, it is reported in a few countries of the southern and eastern part of the region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31642316" name="name54646909c80e8912d" descr="APLOBE_distribution_map.jpg"/>
+            <wp:docPr id="35104797" name="name8418693fae65d2000" descr="APLOBE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLOBE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23966909c80e8912a" cstate="print"/>
+                    <a:blip r:embed="rId6002693fae65d1ffc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4065,51 +4065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice leaf nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62556909c80e8a4c0" w:history="1">
+      <w:hyperlink r:id="rId4729693fae65d32f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6378#toidentity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4494,51 +4494,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2nd Edition (eds Perry R &amp; Moens M), pp. 32-37. CAB International.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Desaeger J &amp; Noling J (2017) Foliar or bud nematodes in Florida strawberries. University of Florida IFAS Extension Publication ENY-068. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36096909c80e8a77a" w:history="1">
+      <w:hyperlink r:id="rId1232693fae65d35b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in1184</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4765,51 +4765,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486. Relevant part detailed in the last paragraph of the Corrigendum </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70796909c80e8a93e" w:history="1">
+      <w:hyperlink r:id="rId3930693fae65d376d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Standards PM 1/2 (28) General. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27916909c80e8ab93" w:history="1">
+      <w:hyperlink r:id="rId3731693fae65d399d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 7 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5255,51 +5255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): e40886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35786909c80e8aca7" w:history="1">
+      <w:hyperlink r:id="rId2234693fae65d3a78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0040886</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5354,51 +5354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79696909c80e8ad49" w:history="1">
+      <w:hyperlink r:id="rId2369693fae65d3b13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/abstract/19730804884</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 1 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5491,51 +5491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. ritzemabosi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70516909c80e8ae3f" w:history="1">
+      <w:hyperlink r:id="rId9157693fae65d3beb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5570,51 +5570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryza sativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice) seed. Version 7-025-6.    International Rules for Seed Testing 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79096909c80e8aecd" w:history="1">
+      <w:hyperlink r:id="rId8286693fae65d3c66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 2 July 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6215,101 +6215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-568. Measures accessible from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28396909c80e8b32f" w:history="1">
+      <w:hyperlink r:id="rId3704693fae65d40cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rybarczyk-Mydlowska K, Mooyman P, van Megen H, van den Elsen S, Vervoort M, Veenhuizen P, van Doorn J, Dees R, Karssen G, Bakker J &amp; Helder J (2012) Small subunit ribosomal DNA-based phylogenetic analysis of foliar nematodes (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.) and their quantitative detection in complex DNA backgrounds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50086909c80e8b393" w:history="1">
+      <w:hyperlink r:id="rId8873693fae65d4124" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Nematoda: Aphelenchida: Aphelenchoididae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Florida Entomology and Nematology Department, IFAS Extension Document EENY-749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30966909c80e8b7a4" w:history="1">
+      <w:hyperlink r:id="rId4390693fae65d44f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6960,51 +6960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolates originated from different hosts. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the American Phytopathological Society 2015 Annual Meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pasadena, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52166909c80e8b825" w:history="1">
+      <w:hyperlink r:id="rId3158693fae65d4571" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83726909c80e8baab" w:history="1">
+      <w:hyperlink r:id="rId4090693fae65d47d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7568,90 +7568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56176909c80e8bccd" w:history="1">
+      <w:hyperlink r:id="rId2323693fae65d493a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01752.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12177664" name="name11716909c80e8bd44" descr="eu_funding_250.png"/>
+            <wp:docPr id="33911928" name="name7982693fae65d49a3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26186909c80e8bd43" cstate="print"/>
+                    <a:blip r:embed="rId7467693fae65d49a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7749,137 +7749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69678527">
+  <w:abstractNum w:abstractNumId="27130801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80329657">
+    <w:lvl w:ilvl="0" w:tplc="91196006">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80329657" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91196006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80329657" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91196006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80329657" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91196006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80329657" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91196006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80329657" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91196006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80329657" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91196006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80329657" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91196006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80329657" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91196006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69678526">
+  <w:abstractNum w:abstractNumId="27130800">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39471980">
+    <w:lvl w:ilvl="0" w:tplc="17309674">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8631,55 +8631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69678526">
-    <w:abstractNumId w:val="69678526"/>
+  <w:num w:numId="27130800">
+    <w:abstractNumId w:val="27130800"/>
   </w:num>
-  <w:num w:numId="69678527">
-    <w:abstractNumId w:val="69678527"/>
+  <w:num w:numId="27130801">
+    <w:abstractNumId w:val="27130801"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20229,51 +20229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId170517673" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954458988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId91686909c80e8857b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId71686909c80e885e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId34426909c80e887c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId62556909c80e8a4c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId36096909c80e8a77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId70796909c80e8a93e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId27916909c80e8ab93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId35786909c80e8aca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId79696909c80e8ad49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId70516909c80e8ae3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId79096909c80e8aecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId28396909c80e8b32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId50086909c80e8b393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId30966909c80e8b7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId52166909c80e8b825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId83726909c80e8baab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56176909c80e8bccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId88046909c80e886b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88046909c80e886b6.jpg"/><Relationship Id="rId23966909c80e8912a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23966909c80e8912a.jpg"/><Relationship Id="rId26186909c80e8bd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186909c80e8bd43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId472954863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId748065635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9144693fae65d0652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId3161693fae65d06bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId1577693fae65d0899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId4729693fae65d32f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId1232693fae65d35b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId3930693fae65d376d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId3731693fae65d399d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId2234693fae65d3a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId2369693fae65d3b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId9157693fae65d3beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId8286693fae65d3c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId3704693fae65d40cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId8873693fae65d4124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId4390693fae65d44f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId3158693fae65d4571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId4090693fae65d47d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2323693fae65d493a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId9539693fae65d0783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9539693fae65d0783.jpg"/><Relationship Id="rId6002693fae65d1ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6002693fae65d1ffc.jpg"/><Relationship Id="rId7467693fae65d49a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7467693fae65d49a2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>