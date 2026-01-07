--- v2 (2025-12-15)
+++ v3 (2026-01-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Christie) Drozdovski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice leaf nematode, rice white-tip nematode, strawberry crimp disease nematode, white-tip nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9144693fae65d0652" w:history="1">
+            <w:hyperlink r:id="rId5406695ddf48c72a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3161693fae65d06bc" w:history="1">
+            <w:hyperlink r:id="rId1601695ddf48c730c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APLOBE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="74117324" name="name4802693fae65d0784" descr="3702.jpg"/>
+                  <wp:docPr id="412226" name="name9115695ddf48c73d7" descr="3702.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3702.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9539693fae65d0783" cstate="print"/>
+                          <a:blip r:embed="rId2303695ddf48c73d5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1577693fae65d0899" w:history="1">
+            <w:hyperlink r:id="rId9356695ddf48c74d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1398,63 +1398,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wide geographic distribution, mostly in tropical and subtropical countries. In the EPPO region, it is reported in a few countries of the southern and eastern part of the region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35104797" name="name8418693fae65d2000" descr="APLOBE_distribution_map.jpg"/>
+            <wp:docPr id="56304069" name="name1298695ddf48c883b" descr="APLOBE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLOBE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6002693fae65d1ffc" cstate="print"/>
+                    <a:blip r:embed="rId1802695ddf48c8838" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4065,51 +4065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice leaf nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4729693fae65d32f6" w:history="1">
+      <w:hyperlink r:id="rId4898695ddf48c9bf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6378#toidentity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4494,51 +4494,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2nd Edition (eds Perry R &amp; Moens M), pp. 32-37. CAB International.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Desaeger J &amp; Noling J (2017) Foliar or bud nematodes in Florida strawberries. University of Florida IFAS Extension Publication ENY-068. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1232693fae65d35b9" w:history="1">
+      <w:hyperlink r:id="rId3416695ddf48c9eb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in1184</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4765,51 +4765,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486. Relevant part detailed in the last paragraph of the Corrigendum </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3930693fae65d376d" w:history="1">
+      <w:hyperlink r:id="rId8446695ddf48ca06f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Standards PM 1/2 (28) General. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3731693fae65d399d" w:history="1">
+      <w:hyperlink r:id="rId1602695ddf48ca2c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 7 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5255,51 +5255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): e40886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2234693fae65d3a78" w:history="1">
+      <w:hyperlink r:id="rId6983695ddf48ca3a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0040886</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5354,51 +5354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2369693fae65d3b13" w:history="1">
+      <w:hyperlink r:id="rId3402695ddf48ca445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/abstract/19730804884</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 1 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5491,51 +5491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. ritzemabosi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9157693fae65d3beb" w:history="1">
+      <w:hyperlink r:id="rId1600695ddf48ca52c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5570,51 +5570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryza sativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice) seed. Version 7-025-6.    International Rules for Seed Testing 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8286693fae65d3c66" w:history="1">
+      <w:hyperlink r:id="rId3353695ddf48ca5aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 2 July 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6215,101 +6215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-568. Measures accessible from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3704693fae65d40cb" w:history="1">
+      <w:hyperlink r:id="rId2126695ddf48ca9b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rybarczyk-Mydlowska K, Mooyman P, van Megen H, van den Elsen S, Vervoort M, Veenhuizen P, van Doorn J, Dees R, Karssen G, Bakker J &amp; Helder J (2012) Small subunit ribosomal DNA-based phylogenetic analysis of foliar nematodes (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.) and their quantitative detection in complex DNA backgrounds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8873693fae65d4124" w:history="1">
+      <w:hyperlink r:id="rId4515695ddf48caa0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Nematoda: Aphelenchida: Aphelenchoididae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Florida Entomology and Nematology Department, IFAS Extension Document EENY-749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4390693fae65d44f2" w:history="1">
+      <w:hyperlink r:id="rId4688695ddf48cadda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6960,51 +6960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolates originated from different hosts. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the American Phytopathological Society 2015 Annual Meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pasadena, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3158693fae65d4571" w:history="1">
+      <w:hyperlink r:id="rId2706695ddf48cae57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7320,73 +7320,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4090693fae65d47d4" w:history="1">
+      <w:hyperlink r:id="rId8906695ddf48cb116" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7568,90 +7568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2323693fae65d493a" w:history="1">
+      <w:hyperlink r:id="rId1146695ddf48cb296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01752.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33911928" name="name7982693fae65d49a3" descr="eu_funding_250.png"/>
+            <wp:docPr id="54625488" name="name4109695ddf48cb330" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7467693fae65d49a2" cstate="print"/>
+                    <a:blip r:embed="rId9027695ddf48cb32e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7749,137 +7749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27130801">
+  <w:abstractNum w:abstractNumId="43318089">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91196006">
+    <w:lvl w:ilvl="0" w:tplc="71925244">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91196006" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71925244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91196006" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71925244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91196006" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71925244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91196006" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71925244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91196006" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71925244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91196006" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71925244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91196006" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71925244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91196006" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71925244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27130800">
+  <w:abstractNum w:abstractNumId="43318088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17309674">
+    <w:lvl w:ilvl="0" w:tplc="74326775">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8631,55 +8631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27130800">
-    <w:abstractNumId w:val="27130800"/>
+  <w:num w:numId="43318088">
+    <w:abstractNumId w:val="43318088"/>
   </w:num>
-  <w:num w:numId="27130801">
-    <w:abstractNumId w:val="27130801"/>
+  <w:num w:numId="43318089">
+    <w:abstractNumId w:val="43318089"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20229,51 +20229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId472954863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId748065635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9144693fae65d0652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId3161693fae65d06bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId1577693fae65d0899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId4729693fae65d32f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId1232693fae65d35b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId3930693fae65d376d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId3731693fae65d399d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId2234693fae65d3a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId2369693fae65d3b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId9157693fae65d3beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId8286693fae65d3c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId3704693fae65d40cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId8873693fae65d4124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId4390693fae65d44f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId3158693fae65d4571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId4090693fae65d47d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2323693fae65d493a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId9539693fae65d0783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9539693fae65d0783.jpg"/><Relationship Id="rId6002693fae65d1ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6002693fae65d1ffc.jpg"/><Relationship Id="rId7467693fae65d49a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7467693fae65d49a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId161853246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId955090444" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5406695ddf48c72a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId1601695ddf48c730c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId9356695ddf48c74d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId4898695ddf48c9bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId3416695ddf48c9eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId8446695ddf48ca06f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId1602695ddf48ca2c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId6983695ddf48ca3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId3402695ddf48ca445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId1600695ddf48ca52c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId3353695ddf48ca5aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId2126695ddf48ca9b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId4515695ddf48caa0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId4688695ddf48cadda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId2706695ddf48cae57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId8906695ddf48cb116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1146695ddf48cb296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId2303695ddf48c73d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2303695ddf48c73d5.jpg"/><Relationship Id="rId1802695ddf48c8838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1802695ddf48c8838.jpg"/><Relationship Id="rId9027695ddf48cb32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9027695ddf48cb32e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>