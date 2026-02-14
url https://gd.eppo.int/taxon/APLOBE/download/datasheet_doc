--- v3 (2026-01-07)
+++ v4 (2026-02-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Christie) Drozdovski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice leaf nematode, rice white-tip nematode, strawberry crimp disease nematode, white-tip nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5406695ddf48c72a4" w:history="1">
+            <w:hyperlink r:id="rId87196990ef8e5e2b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1601695ddf48c730c" w:history="1">
+            <w:hyperlink r:id="rId73086990ef8e5e33e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APLOBE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="412226" name="name9115695ddf48c73d7" descr="3702.jpg"/>
+                  <wp:docPr id="22427189" name="name66486990ef8e5e8fc" descr="3702.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3702.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2303695ddf48c73d5" cstate="print"/>
+                          <a:blip r:embed="rId11436990ef8e5e8fa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9356695ddf48c74d3" w:history="1">
+            <w:hyperlink r:id="rId53166990ef8e5ea1f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1398,105 +1398,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wide geographic distribution, mostly in tropical and subtropical countries. In the EPPO region, it is reported in a few countries of the southern and eastern part of the region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56304069" name="name1298695ddf48c883b" descr="APLOBE_distribution_map.jpg"/>
+            <wp:docPr id="43191232" name="name44636990ef8e5fecd" descr="APLOBE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLOBE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1802695ddf48c8838" cstate="print"/>
+                    <a:blip r:embed="rId85096990ef8e5fec9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Azerbaijan, Bulgaria, Georgia, Hungary, Italy (mainland), Kyrgyzstan, Portugal (mainland), Romania, Russian Federation (the) (Southern Russia), Türkiye, Ukraine, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Azerbaijan, Bulgaria, Georgia, Hungary, Italy (mainland), Kyrgyzstan, Portugal (mainland), Romania, Russian Federation (Southern Russia), Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benin, Burkina Faso, Burundi, Cameroon, Central African Republic, Chad, Comoros, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Gabon, Gambia, Ghana, Guinea, Kenya, Madagascar, Malawi, Mali, Niger, Nigeria, Rwanda, Senegal, Sierra Leone, South Africa, Tanzania, United Republic of, Togo, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4065,51 +4065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice leaf nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4898695ddf48c9bf6" w:history="1">
+      <w:hyperlink r:id="rId47436990ef8e611c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6378#toidentity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4494,51 +4494,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2nd Edition (eds Perry R &amp; Moens M), pp. 32-37. CAB International.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Desaeger J &amp; Noling J (2017) Foliar or bud nematodes in Florida strawberries. University of Florida IFAS Extension Publication ENY-068. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3416695ddf48c9eb9" w:history="1">
+      <w:hyperlink r:id="rId72236990ef8e61472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in1184</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4765,51 +4765,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486. Relevant part detailed in the last paragraph of the Corrigendum </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8446695ddf48ca06f" w:history="1">
+      <w:hyperlink r:id="rId12686990ef8e6165c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Standards PM 1/2 (28) General. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1602695ddf48ca2c7" w:history="1">
+      <w:hyperlink r:id="rId65076990ef8e61887" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 7 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5255,51 +5255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): e40886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6983695ddf48ca3a8" w:history="1">
+      <w:hyperlink r:id="rId77026990ef8e61962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0040886</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5354,51 +5354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3402695ddf48ca445" w:history="1">
+      <w:hyperlink r:id="rId30266990ef8e619fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/abstract/19730804884</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 1 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5491,51 +5491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. ritzemabosi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1600695ddf48ca52c" w:history="1">
+      <w:hyperlink r:id="rId51526990ef8e61ae9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5570,51 +5570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryza sativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice) seed. Version 7-025-6.    International Rules for Seed Testing 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3353695ddf48ca5aa" w:history="1">
+      <w:hyperlink r:id="rId86396990ef8e61b67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 2 July 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6215,101 +6215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-568. Measures accessible from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2126695ddf48ca9b6" w:history="1">
+      <w:hyperlink r:id="rId89376990ef8e61f5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rybarczyk-Mydlowska K, Mooyman P, van Megen H, van den Elsen S, Vervoort M, Veenhuizen P, van Doorn J, Dees R, Karssen G, Bakker J &amp; Helder J (2012) Small subunit ribosomal DNA-based phylogenetic analysis of foliar nematodes (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.) and their quantitative detection in complex DNA backgrounds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4515695ddf48caa0a" w:history="1">
+      <w:hyperlink r:id="rId42666990ef8e61fb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Nematoda: Aphelenchida: Aphelenchoididae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Florida Entomology and Nematology Department, IFAS Extension Document EENY-749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4688695ddf48cadda" w:history="1">
+      <w:hyperlink r:id="rId91076990ef8e6238e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6960,51 +6960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolates originated from different hosts. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the American Phytopathological Society 2015 Annual Meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pasadena, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2706695ddf48cae57" w:history="1">
+      <w:hyperlink r:id="rId73626990ef8e6240c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8906695ddf48cb116" w:history="1">
+      <w:hyperlink r:id="rId78176990ef8e6266d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7568,90 +7568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1146695ddf48cb296" w:history="1">
+      <w:hyperlink r:id="rId11666990ef8e627d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01752.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54625488" name="name4109695ddf48cb330" descr="eu_funding_250.png"/>
+            <wp:docPr id="82188523" name="name71326990ef8e6299a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9027695ddf48cb32e" cstate="print"/>
+                    <a:blip r:embed="rId65356990ef8e62998" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7749,137 +7749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43318089">
+  <w:abstractNum w:abstractNumId="14034403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71925244">
+    <w:lvl w:ilvl="0" w:tplc="17519445">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71925244" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17519445" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71925244" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17519445" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71925244" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17519445" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71925244" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17519445" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71925244" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17519445" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71925244" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17519445" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71925244" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17519445" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71925244" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17519445" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43318088">
+  <w:abstractNum w:abstractNumId="14034402">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74326775">
+    <w:lvl w:ilvl="0" w:tplc="84869347">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8631,55 +8631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43318088">
-    <w:abstractNumId w:val="43318088"/>
+  <w:num w:numId="14034402">
+    <w:abstractNumId w:val="14034402"/>
   </w:num>
-  <w:num w:numId="43318089">
-    <w:abstractNumId w:val="43318089"/>
+  <w:num w:numId="14034403">
+    <w:abstractNumId w:val="14034403"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20229,51 +20229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId161853246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId955090444" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5406695ddf48c72a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId1601695ddf48c730c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId9356695ddf48c74d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId4898695ddf48c9bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId3416695ddf48c9eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId8446695ddf48ca06f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId1602695ddf48ca2c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId6983695ddf48ca3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId3402695ddf48ca445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId1600695ddf48ca52c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId3353695ddf48ca5aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId2126695ddf48ca9b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId4515695ddf48caa0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId4688695ddf48cadda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId2706695ddf48cae57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId8906695ddf48cb116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1146695ddf48cb296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId2303695ddf48c73d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2303695ddf48c73d5.jpg"/><Relationship Id="rId1802695ddf48c8838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1802695ddf48c8838.jpg"/><Relationship Id="rId9027695ddf48cb32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9027695ddf48cb32e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId875447199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId338821801" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87196990ef8e5e2b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId73086990ef8e5e33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId53166990ef8e5ea1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId47436990ef8e611c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId72236990ef8e61472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId12686990ef8e6165c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId65076990ef8e61887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId77026990ef8e61962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId30266990ef8e619fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId51526990ef8e61ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId86396990ef8e61b67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId89376990ef8e61f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId42666990ef8e61fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId91076990ef8e6238e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId73626990ef8e6240c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId78176990ef8e6266d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11666990ef8e627d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId11436990ef8e5e8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11436990ef8e5e8fa.jpg"/><Relationship Id="rId85096990ef8e5fec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85096990ef8e5fec9.jpg"/><Relationship Id="rId65356990ef8e62998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65356990ef8e62998.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>