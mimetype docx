--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Christie) Drozdovski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice leaf nematode, rice white-tip nematode, strawberry crimp disease nematode, white-tip nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87196990ef8e5e2b1" w:history="1">
+            <w:hyperlink r:id="rId612669abc0895f1f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73086990ef8e5e33e" w:history="1">
+            <w:hyperlink r:id="rId232669abc0895f25d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APLOBE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="22427189" name="name66486990ef8e5e8fc" descr="3702.jpg"/>
+                  <wp:docPr id="86647835" name="name789169abc0895f8a4" descr="3702.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3702.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11436990ef8e5e8fa" cstate="print"/>
+                          <a:blip r:embed="rId597569abc0895f8a2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId53166990ef8e5ea1f" w:history="1">
+            <w:hyperlink r:id="rId409569abc0895f9d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1398,63 +1398,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wide geographic distribution, mostly in tropical and subtropical countries. In the EPPO region, it is reported in a few countries of the southern and eastern part of the region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43191232" name="name44636990ef8e5fecd" descr="APLOBE_distribution_map.jpg"/>
+            <wp:docPr id="17085685" name="name440969abc0896146b" descr="APLOBE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLOBE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85096990ef8e5fec9" cstate="print"/>
+                    <a:blip r:embed="rId100469abc08961468" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4065,51 +4065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice leaf nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47436990ef8e611c2" w:history="1">
+      <w:hyperlink r:id="rId412569abc08963308" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6378#toidentity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4494,51 +4494,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2nd Edition (eds Perry R &amp; Moens M), pp. 32-37. CAB International.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Desaeger J &amp; Noling J (2017) Foliar or bud nematodes in Florida strawberries. University of Florida IFAS Extension Publication ENY-068. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72236990ef8e61472" w:history="1">
+      <w:hyperlink r:id="rId365069abc08963603" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in1184</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4765,51 +4765,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486. Relevant part detailed in the last paragraph of the Corrigendum </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12686990ef8e6165c" w:history="1">
+      <w:hyperlink r:id="rId446569abc089637e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Standards PM 1/2 (28) General. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65076990ef8e61887" w:history="1">
+      <w:hyperlink r:id="rId384169abc08963a4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 7 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5255,51 +5255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): e40886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77026990ef8e61962" w:history="1">
+      <w:hyperlink r:id="rId650069abc08963b34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0040886</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5354,51 +5354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30266990ef8e619fb" w:history="1">
+      <w:hyperlink r:id="rId410269abc08963bd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/abstract/19730804884</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 1 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5491,51 +5491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. ritzemabosi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51526990ef8e61ae9" w:history="1">
+      <w:hyperlink r:id="rId260569abc08963cb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5570,51 +5570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryza sativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice) seed. Version 7-025-6.    International Rules for Seed Testing 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86396990ef8e61b67" w:history="1">
+      <w:hyperlink r:id="rId858169abc08963d36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 2 July 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6215,101 +6215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-568. Measures accessible from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89376990ef8e61f5d" w:history="1">
+      <w:hyperlink r:id="rId408569abc08964168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rybarczyk-Mydlowska K, Mooyman P, van Megen H, van den Elsen S, Vervoort M, Veenhuizen P, van Doorn J, Dees R, Karssen G, Bakker J &amp; Helder J (2012) Small subunit ribosomal DNA-based phylogenetic analysis of foliar nematodes (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.) and their quantitative detection in complex DNA backgrounds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42666990ef8e61fb0" w:history="1">
+      <w:hyperlink r:id="rId644069abc089641c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Nematoda: Aphelenchida: Aphelenchoididae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Florida Entomology and Nematology Department, IFAS Extension Document EENY-749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91076990ef8e6238e" w:history="1">
+      <w:hyperlink r:id="rId944969abc089645b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6960,51 +6960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolates originated from different hosts. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the American Phytopathological Society 2015 Annual Meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pasadena, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73626990ef8e6240c" w:history="1">
+      <w:hyperlink r:id="rId727969abc08964634" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78176990ef8e6266d" w:history="1">
+      <w:hyperlink r:id="rId109569abc089648e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7568,90 +7568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11666990ef8e627d2" w:history="1">
+      <w:hyperlink r:id="rId170569abc08964a7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01752.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82188523" name="name71326990ef8e6299a" descr="eu_funding_250.png"/>
+            <wp:docPr id="10274055" name="name865269abc08964c2f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65356990ef8e62998" cstate="print"/>
+                    <a:blip r:embed="rId290269abc08964c2e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7749,137 +7749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14034403">
+  <w:abstractNum w:abstractNumId="97481408">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17519445">
+    <w:lvl w:ilvl="0" w:tplc="46806311">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17519445" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46806311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17519445" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46806311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17519445" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46806311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17519445" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46806311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17519445" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46806311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17519445" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46806311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17519445" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46806311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17519445" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46806311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14034402">
+  <w:abstractNum w:abstractNumId="97481407">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84869347">
+    <w:lvl w:ilvl="0" w:tplc="69637642">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8631,55 +8631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14034402">
-    <w:abstractNumId w:val="14034402"/>
+  <w:num w:numId="97481407">
+    <w:abstractNumId w:val="97481407"/>
   </w:num>
-  <w:num w:numId="14034403">
-    <w:abstractNumId w:val="14034403"/>
+  <w:num w:numId="97481408">
+    <w:abstractNumId w:val="97481408"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20229,51 +20229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId875447199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId338821801" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87196990ef8e5e2b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId73086990ef8e5e33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId53166990ef8e5ea1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId47436990ef8e611c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId72236990ef8e61472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId12686990ef8e6165c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId65076990ef8e61887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId77026990ef8e61962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId30266990ef8e619fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId51526990ef8e61ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId86396990ef8e61b67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId89376990ef8e61f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId42666990ef8e61fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId91076990ef8e6238e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId73626990ef8e6240c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId78176990ef8e6266d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11666990ef8e627d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId11436990ef8e5e8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11436990ef8e5e8fa.jpg"/><Relationship Id="rId85096990ef8e5fec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85096990ef8e5fec9.jpg"/><Relationship Id="rId65356990ef8e62998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65356990ef8e62998.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId112960187" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId671734356" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId612669abc0895f1f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId232669abc0895f25d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId409569abc0895f9d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId412569abc08963308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId365069abc08963603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId446569abc089637e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId384169abc08963a4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId650069abc08963b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId410269abc08963bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId260569abc08963cb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId858169abc08963d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId408569abc08964168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId644069abc089641c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId944969abc089645b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId727969abc08964634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId109569abc089648e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId170569abc08964a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId597569abc0895f8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597569abc0895f8a2.jpg"/><Relationship Id="rId100469abc08961468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId100469abc08961468.jpg"/><Relationship Id="rId290269abc08964c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId290269abc08964c2e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>