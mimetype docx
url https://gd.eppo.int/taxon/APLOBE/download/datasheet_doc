--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Christie) Drozdovski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice leaf nematode, rice white-tip nematode, strawberry crimp disease nematode, white-tip nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId612669abc0895f1f4" w:history="1">
+            <w:hyperlink r:id="rId176969c64693bd60a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232669abc0895f25d" w:history="1">
+            <w:hyperlink r:id="rId563769c64693bd677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> APLOBE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="86647835" name="name789169abc0895f8a4" descr="3702.jpg"/>
+                  <wp:docPr id="78410478" name="name776569c64693bdcd1" descr="3702.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3702.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId597569abc0895f8a2" cstate="print"/>
+                          <a:blip r:embed="rId126769c64693bdcce" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId409569abc0895f9d1" w:history="1">
+            <w:hyperlink r:id="rId641969c64693bde70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1398,63 +1398,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wide geographic distribution, mostly in tropical and subtropical countries. In the EPPO region, it is reported in a few countries of the southern and eastern part of the region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17085685" name="name440969abc0896146b" descr="APLOBE_distribution_map.jpg"/>
+            <wp:docPr id="25538453" name="name999269c64693bfa89" descr="APLOBE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="APLOBE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId100469abc08961468" cstate="print"/>
+                    <a:blip r:embed="rId283469c64693bfa84" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4065,51 +4065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice leaf nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412569abc08963308" w:history="1">
+      <w:hyperlink r:id="rId872869c64693c1b33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/6378#toidentity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4494,51 +4494,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2nd Edition (eds Perry R &amp; Moens M), pp. 32-37. CAB International.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Desaeger J &amp; Noling J (2017) Foliar or bud nematodes in Florida strawberries. University of Florida IFAS Extension Publication ENY-068. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365069abc08963603" w:history="1">
+      <w:hyperlink r:id="rId598869c64693c22d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in1184</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 14 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4765,51 +4765,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486. Relevant part detailed in the last paragraph of the Corrigendum </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446569abc089637e2" w:history="1">
+      <w:hyperlink r:id="rId286469c64693c2711" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) EPPO Standards PM 1/2 (28) General. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO A1 and A2 Lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384169abc08963a4e" w:history="1">
+      <w:hyperlink r:id="rId261969c64693c29d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 7 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5255,51 +5255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): e40886. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650069abc08963b34" w:history="1">
+      <w:hyperlink r:id="rId372669c64693c2adf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0040886</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5354,51 +5354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410269abc08963bd7" w:history="1">
+      <w:hyperlink r:id="rId584569c64693c2b96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/abstract/19730804884</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 1 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5491,51 +5491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. ritzemabosi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260569abc08963cb7" w:history="1">
+      <w:hyperlink r:id="rId953169c64693c2c96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5570,51 +5570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryza sativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice) seed. Version 7-025-6.    International Rules for Seed Testing 2020. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858169abc08963d36" w:history="1">
+      <w:hyperlink r:id="rId538769c64693c2d29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 2 July 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6215,101 +6215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-568. Measures accessible from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408569abc08964168" w:history="1">
+      <w:hyperlink r:id="rId855469c64693c31fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rybarczyk-Mydlowska K, Mooyman P, van Megen H, van den Elsen S, Vervoort M, Veenhuizen P, van Doorn J, Dees R, Karssen G, Bakker J &amp; Helder J (2012) Small subunit ribosomal DNA-based phylogenetic analysis of foliar nematodes (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.) and their quantitative detection in complex DNA backgrounds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644069abc089641c1" w:history="1">
+      <w:hyperlink r:id="rId694669c64693c3260" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Nematoda: Aphelenchida: Aphelenchoididae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Florida Entomology and Nematology Department, IFAS Extension Document EENY-749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944969abc089645b0" w:history="1">
+      <w:hyperlink r:id="rId883569c64693c3665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 28 May 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6960,51 +6960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolates originated from different hosts. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the American Phytopathological Society 2015 Annual Meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pasadena, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727969abc08964634" w:history="1">
+      <w:hyperlink r:id="rId767369c64693c36e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aphelenchoides besseyi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109569abc089648e8" w:history="1">
+      <w:hyperlink r:id="rId430469c64693c3960" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7568,90 +7568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170569abc08964a7b" w:history="1">
+      <w:hyperlink r:id="rId136669c64693c3ae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01752.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10274055" name="name865269abc08964c2f" descr="eu_funding_250.png"/>
+            <wp:docPr id="98399257" name="name603369c64693c3b89" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId290269abc08964c2e" cstate="print"/>
+                    <a:blip r:embed="rId309669c64693c3b87" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7749,137 +7749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97481408">
+  <w:abstractNum w:abstractNumId="58720064">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46806311">
+    <w:lvl w:ilvl="0" w:tplc="38503988">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46806311" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38503988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46806311" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38503988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46806311" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38503988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46806311" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38503988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46806311" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38503988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46806311" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38503988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46806311" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38503988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46806311" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38503988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97481407">
+  <w:abstractNum w:abstractNumId="58720063">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69637642">
+    <w:lvl w:ilvl="0" w:tplc="67831578">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8631,55 +8631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97481407">
-    <w:abstractNumId w:val="97481407"/>
+  <w:num w:numId="58720063">
+    <w:abstractNumId w:val="58720063"/>
   </w:num>
-  <w:num w:numId="97481408">
-    <w:abstractNumId w:val="97481408"/>
+  <w:num w:numId="58720064">
+    <w:abstractNumId w:val="58720064"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20229,51 +20229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId112960187" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId671734356" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId612669abc0895f1f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId232669abc0895f25d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId409569abc0895f9d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId412569abc08963308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId365069abc08963603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId446569abc089637e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId384169abc08963a4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId650069abc08963b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId410269abc08963bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId260569abc08963cb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId858169abc08963d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId408569abc08964168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId644069abc089641c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId944969abc089645b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId727969abc08964634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId109569abc089648e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId170569abc08964a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId597569abc0895f8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597569abc0895f8a2.jpg"/><Relationship Id="rId100469abc08961468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId100469abc08961468.jpg"/><Relationship Id="rId290269abc08964c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId290269abc08964c2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId651564922" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId470664686" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId176969c64693bd60a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/" TargetMode="External"/><Relationship Id="rId563769c64693bd677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/categorization" TargetMode="External"/><Relationship Id="rId641969c64693bde70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/APLOBE/photos" TargetMode="External"/><Relationship Id="rId872869c64693c1b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/6378#toidentity" TargetMode="External"/><Relationship Id="rId598869c64693c22d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in1184" TargetMode="External"/><Relationship Id="rId286469c64693c2711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2009.02342_3.x" TargetMode="External"/><Relationship Id="rId261969c64693c29d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/ACTIVITIES/plant_quarantine/pm1-002-28-en.pdf" TargetMode="External"/><Relationship Id="rId372669c64693c2adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0040886" TargetMode="External"/><Relationship Id="rId584569c64693c2b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/abstract/19730804884" TargetMode="External"/><Relationship Id="rId953169c64693c2c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2016/11/DP_17_2016_En_2016-11-01_iaK6Hls.pdf" TargetMode="External"/><Relationship Id="rId538769c64693c2d29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedtest.org/upload/cms/user/ISTASHmethods20207-025.pdf" TargetMode="External"/><Relationship Id="rId855469c64693c31fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId694669c64693c3260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-05-12-0114-R" TargetMode="External"/><Relationship Id="rId883569c64693c3665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/pdffiles/IN/IN127900.pdf" TargetMode="External"/><Relationship Id="rId767369c64693c36e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/meetings/Documents/2015_meeting_abstracts/aps2015abP194.htm" TargetMode="External"/><Relationship Id="rId430469c64693c3960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId136669c64693c3ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01752.x" TargetMode="External"/><Relationship Id="rId126769c64693bdcce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126769c64693bdcce.jpg"/><Relationship Id="rId283469c64693bfa84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId283469c64693bfa84.jpg"/><Relationship Id="rId309669c64693c3b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId309669c64693c3b87.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>