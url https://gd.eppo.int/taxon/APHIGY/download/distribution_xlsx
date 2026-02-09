--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -185,51 +185,51 @@
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>