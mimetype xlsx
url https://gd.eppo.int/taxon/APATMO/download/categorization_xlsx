--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -508,51 +508,51 @@
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
         <v>2021</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>