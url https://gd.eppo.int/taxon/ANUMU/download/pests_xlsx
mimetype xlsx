--- v0 (2025-10-06)
+++ v1 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ANUMU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t xml:space="preserve">* López-Lima D, Tejeda-Reyes MA, Rodríguez-Málaga RD, López-Bautista E, Salinas-Castro A, Illescas-Riquelme CP (2023) New hosts, distribution, and color trap preferences of the invasive thrips Scirtothrips dorsalis (Thysanoptera: Thripidae) in Mexico. Journal of Entomological Science 58(4), 400-411. https://doi.org/10.18474/JES23-11
 ------- only adults, not considered as reproductive host. </t>
   </si>
@@ -89,50 +89,53 @@
   </si>
   <si>
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Dubey AK, Ko CC (2012) Sexual dimorphism among species of Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Taiwan, with one new species and an identification key. Zootaxa 3177, 1–23.
 * Nguyen R, Sailer RI, Hamon AB (1993) Catalogue of Aleyrodidae on citrus and their natural enemies (Homoptera: Aleyrodidae). Occasional Papers of the Florida State Collection of Arthropods 8, 57 pp.
 ------- A. woglumi does not complete one generation on this host.
 * Shaw JG (1950) Hosts of the citrus blackfly in Mexico. United States Bureau of Entomology and Plant Quarantine. E-793, 3 pp.
 ------- A. woglumi does not complete one generation on this host.</t>
   </si>
   <si>
     <t>ALEDDU</t>
   </si>
   <si>
     <t>Aleurodicus dugesii (as Annona)</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Gonzalez Mendoza R (1952) Contribucion al estudio de las moscas Anastrepha en Colombia. Revista Facultad Nacional de Agronomía 12, 423–549.</t>
   </si>
   <si>
     <t>BCTRCB</t>
   </si>
   <si>
     <t>Bactrocera carambolae</t>
   </si>
   <si>
     <t xml:space="preserve">* Allwood AJ, Chinajariyawong A, Drew RAI., Hamacek EL., Hancock DL., Hengsawad C, Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in South East Asia. The Raffles Bulletin of Zoology suppl 7, 1-92. 
 * Liquido NJ, McQuate GT, Nakamichi KA, Kurashima RS, Birnbaum AL, Hanlin MA (2016) Provisional list of suitable host plants of carambola fruit fly, Bactrocera (Bactrocera) carambolae Drew &amp; Hancock (Diptera: Tephritidae), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
@@ -781,398 +784,400 @@
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D18" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D23" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>12</v>
       </c>
       <c r="B24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>12</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D25" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>12</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>12</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>12</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>12</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">