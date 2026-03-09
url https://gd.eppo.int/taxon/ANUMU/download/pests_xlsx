--- v1 (2026-02-16)
+++ v2 (2026-03-09)
@@ -279,51 +279,51 @@
     <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
   </si>
   <si>
     <t>SAISNI</t>
   </si>
   <si>
     <t>Parasaissetia nigra</t>
   </si>
   <si>
     <t>* Cham AK, Luna-Esquivel G, Robles-Bermudez A, Rios-Velasco C, Coronado-Blanco JM, Cambero-Campos OJ (2019) Insects associated with the soursop (Annona muricata L.) crop in Nayarit, Mexico. Florida Entomologist 102(2), 359-365. https://doi.org/10.1653/024.102.0211
 -------- In Nayarit state, Mexico.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>* Pacheco da Silva VC, Kaydan MB, Silva-Torres CSAD, Torres JB (2019) Mealybug species (Hemiptera: Coccomorpha: Pseudococcidae) on soursop and sugar apple (Annonaceae) in North-East Brazil, with description of a new species of Pseudococcus Westwood. Zootaxa 4604(3): 525–538</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica (as Annona)</t>
+    <t>Phytophthora nicotianae (as Annona)</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Annona)</t>
   </si>
   <si>
     <t>* Sousa J de, Gondim Jr G &amp; Lofego A (2010) Biologia de Tetranychus mexicanus (McGregor) (Acari: Tetranychidae) em Três Espécies de Annonaceae. Neotropical Entomology, 39(3), 319–323
 * Demite PR, Flechtmann CHW &amp; Feres RJF (2016) Tetranychidae (acari) in forest fragments in the state of São Paulo, Brazil. Acarologia, 56(4), 435–449.
 * Flechtmann CH &amp; Baker EW (1975) A report on the Tetranychidae (Acari) of Brazil. Revista Brasileira de Entomologia, 19(3), 111–112.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>* Adom M, Fening K, Billah M, Wilson D, Hevi W, Clottey V,  Ansah-Amprofi F, Bruce A (2021) Pest status, bio-ecology and management of the false codling moth, Thaumatotibia leucotreta (Meyrick) (Lepidoptera: Tortricidae) and its implication for international trade. Bulletin of Entomological Research, 111(1), 17-30. doi:10.1017/S0007485320000358
 ------- intercepted on A. muricata (from Cameroon, Ghana, Kenya, Uganda)</t>
   </si>
   <si>
     <t>UNASCI</t>
   </si>
@@ -688,51 +688,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">