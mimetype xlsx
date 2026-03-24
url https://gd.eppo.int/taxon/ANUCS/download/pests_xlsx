--- v0 (2025-10-14)
+++ v1 (2026-03-24)
@@ -48,51 +48,51 @@
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDU</t>
   </si>
   <si>
     <t>Aleurodicus dugesii (as Annona)</t>
   </si>
   <si>
     <t>EUWAPE</t>
   </si>
   <si>
     <t>Euwallacea perbrevis (as Annona)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261
 ------- Recorded as a host of 'Euwallacea nr. fornicatus'.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica (as Annona)</t>
+    <t>Phytophthora nicotianae (as Annona)</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* Sousa J de, Gondim Jr G &amp; Lofego A (2010) Biologia de Tetranychus mexicanus (McGregor) (Acari: Tetranychidae) em Três Espécies de Annonaceae. Neotropical Entomology, 39(3), 319–323
 * Paschoal A &amp; Reis P (1968) Relaçao de ácaros encontrados em plantas. Revista de Agricultura, 137–139.
 * Paschoal A (1970) Revisão da família Tetranychidae no Brasil (Arachnida: Acarina). Anais Da Escola Superior de Agricultura Luiz de Queiroz, XXVII, 457–483.</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Annona)</t>
   </si>
   <si>
     <t>* Sousa J de, Gondim Jr G &amp; Lofego A (2010) Biologia de Tetranychus mexicanus (McGregor) (Acari: Tetranychidae) em Três Espécies de Annonaceae. Neotropical Entomology, 39(3), 319–323
 * Demite PR, Flechtmann CHW &amp; Feres RJF (2016) Tetranychidae (acari) in forest fragments in the state of São Paulo, Brazil. Acarologia, 56(4), 435–449.
 * Flechtmann CH &amp; Baker EW (1975) A report on the Tetranychidae (Acari) of Brazil. Revista Brasileira de Entomologia, 19(3), 111–112.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ANSTFR</t>
@@ -437,51 +437,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="321.921" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">