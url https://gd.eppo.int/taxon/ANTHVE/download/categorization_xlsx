--- v0 (2025-10-07)
+++ v1 (2025-12-01)
@@ -592,51 +592,51 @@
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6">
         <v>1988</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8">
         <v>1992</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">