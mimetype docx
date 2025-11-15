--- v0 (2025-10-10)
+++ v1 (2025-11-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Gyllenhal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> strawberry bud weevil, strawberry clipper, strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId707368e88a6c6d77a" w:history="1">
+            <w:hyperlink r:id="rId9119691862cfe58f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId697768e88a6c6d7f1" w:history="1">
+            <w:hyperlink r:id="rId9428691862cfe5973" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60176344" name="name226368e88a6c6e018" descr="18104.jpg"/>
+                  <wp:docPr id="45572894" name="name9440691862cfe5a5a" descr="18104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId358768e88a6c6e016" cstate="print"/>
+                          <a:blip r:embed="rId3708691862cfe5a59" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId484668e88a6c6e1a8" w:history="1">
+            <w:hyperlink r:id="rId5686691862cfe5b6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -542,51 +542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) is very similar in appearance and habits to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and another similar species, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812068e88a6c6e30c" w:history="1">
+      <w:hyperlink r:id="rId6157691862cfe5c7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">A. bisignifer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schenkling, is recorded from Japan (EPPO, 2024). The two 'exotic' species have thus to be distinguished from the commonplace and widespread European </w:t>
       </w:r>
       <w:r>
@@ -1000,63 +1000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native and restricted to North America. In the USA, it is found in all States east of the Mississippi River, and some States West of the Mississippi and East of the Rockies. In Canada, it is found in all provinces except Yukon, the North West Territories and Nunavut.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="420515" name="name231368e88a6c6f223" descr="ANTHSI_distribution_map.jpg"/>
+            <wp:docPr id="23170437" name="name3133691862cfe7065" descr="ANTHSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId973368e88a6c6f220" cstate="print"/>
+                    <a:blip r:embed="rId9599691862cfe7062" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2438,51 +2438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101968e88a6c6fd94" w:history="1">
+      <w:hyperlink r:id="rId2623691862cfe7bf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANTHBI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-01-10).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2767,51 +2767,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-212.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfeiffer DG (2023) Strawberry bud weevil: Changing thresholds? Southern Region Small Fruit Consortium, (North Carolina State University – Raleigh, North Carolina). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190468e88a6c6ffd1" w:history="1">
+      <w:hyperlink r:id="rId4092691862cfe7e19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2953,51 +2953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spangler S, Agnello A &amp; Schaefers G (1988) Strawberry bud weevil (clipper), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New York State Cornell Cooperative Extension Small Fruit Fact Sheet 102GFSSFI3, 2 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754768e88a6c70115" w:history="1">
+      <w:hyperlink r:id="rId8266691862cfe7f4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/1813/43131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3063,51 +3063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845868e88a6c701db" w:history="1">
+      <w:hyperlink r:id="rId1688691862cfe8004" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,81 +3280,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 667-670. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903868e88a6c70347" w:history="1">
+      <w:hyperlink r:id="rId1856691862cfe8162" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25747334" name="name925068e88a6c706f5" descr="eu_funding_250.png"/>
+            <wp:docPr id="8859336" name="name3484691862cfea73a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId389468e88a6c706f4" cstate="print"/>
+                    <a:blip r:embed="rId1706691862cfea737" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3452,137 +3452,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23566484">
+  <w:abstractNum w:abstractNumId="56704901">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46302919">
+    <w:lvl w:ilvl="0" w:tplc="73552167">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46302919" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73552167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46302919" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73552167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46302919" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73552167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46302919" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73552167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46302919" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73552167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46302919" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73552167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46302919" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73552167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46302919" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73552167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23566483">
+  <w:abstractNum w:abstractNumId="56704900">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18242612">
+    <w:lvl w:ilvl="0" w:tplc="92196548">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4334,55 +4334,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23566483">
-    <w:abstractNumId w:val="23566483"/>
+  <w:num w:numId="56704900">
+    <w:abstractNumId w:val="56704900"/>
   </w:num>
-  <w:num w:numId="23566484">
-    <w:abstractNumId w:val="23566484"/>
+  <w:num w:numId="56704901">
+    <w:abstractNumId w:val="56704901"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15932,51 +15932,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990908533" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId271302880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId707368e88a6c6d77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId697768e88a6c6d7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId484668e88a6c6e1a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId812068e88a6c6e30c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId101968e88a6c6fd94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId190468e88a6c6ffd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId754768e88a6c70115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId845868e88a6c701db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId903868e88a6c70347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId358768e88a6c6e016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358768e88a6c6e016.jpg"/><Relationship Id="rId973368e88a6c6f220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973368e88a6c6f220.jpg"/><Relationship Id="rId389468e88a6c706f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId389468e88a6c706f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId942853646" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId334508158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9119691862cfe58f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId9428691862cfe5973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId5686691862cfe5b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId6157691862cfe5c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId2623691862cfe7bf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId4092691862cfe7e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId8266691862cfe7f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId1688691862cfe8004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1856691862cfe8162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId3708691862cfe5a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3708691862cfe5a59.jpg"/><Relationship Id="rId9599691862cfe7062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9599691862cfe7062.jpg"/><Relationship Id="rId1706691862cfea737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1706691862cfea737.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>