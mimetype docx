--- v1 (2025-11-15)
+++ v2 (2025-12-26)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Gyllenhal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> strawberry bud weevil, strawberry clipper, strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9119691862cfe58f1" w:history="1">
+            <w:hyperlink r:id="rId7561694e500f4b84f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9428691862cfe5973" w:history="1">
+            <w:hyperlink r:id="rId2950694e500f4b8ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45572894" name="name9440691862cfe5a5a" descr="18104.jpg"/>
+                  <wp:docPr id="79025380" name="name6753694e500f4b9ae" descr="18104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3708691862cfe5a59" cstate="print"/>
+                          <a:blip r:embed="rId8379694e500f4b9ad" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5686691862cfe5b6f" w:history="1">
+            <w:hyperlink r:id="rId3812694e500f4ba8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -542,51 +542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) is very similar in appearance and habits to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and another similar species, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6157691862cfe5c7f" w:history="1">
+      <w:hyperlink r:id="rId1275694e500f4bb84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">A. bisignifer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schenkling, is recorded from Japan (EPPO, 2024). The two 'exotic' species have thus to be distinguished from the commonplace and widespread European </w:t>
       </w:r>
       <w:r>
@@ -1000,63 +1000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native and restricted to North America. In the USA, it is found in all States east of the Mississippi River, and some States West of the Mississippi and East of the Rockies. In Canada, it is found in all provinces except Yukon, the North West Territories and Nunavut.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23170437" name="name3133691862cfe7065" descr="ANTHSI_distribution_map.jpg"/>
+            <wp:docPr id="23002350" name="name3225694e500f4ca2a" descr="ANTHSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9599691862cfe7062" cstate="print"/>
+                    <a:blip r:embed="rId5538694e500f4ca28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2438,51 +2438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2623691862cfe7bf5" w:history="1">
+      <w:hyperlink r:id="rId5479694e500f4d536" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANTHBI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-01-10).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2767,51 +2767,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-212.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfeiffer DG (2023) Strawberry bud weevil: Changing thresholds? Southern Region Small Fruit Consortium, (North Carolina State University – Raleigh, North Carolina). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4092691862cfe7e19" w:history="1">
+      <w:hyperlink r:id="rId4003694e500f4d74a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2953,51 +2953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spangler S, Agnello A &amp; Schaefers G (1988) Strawberry bud weevil (clipper), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New York State Cornell Cooperative Extension Small Fruit Fact Sheet 102GFSSFI3, 2 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8266691862cfe7f4c" w:history="1">
+      <w:hyperlink r:id="rId2093694e500f4d877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/1813/43131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3063,51 +3063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1688691862cfe8004" w:history="1">
+      <w:hyperlink r:id="rId2613694e500f4d92c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,81 +3280,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 667-670. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1856691862cfe8162" w:history="1">
+      <w:hyperlink r:id="rId9044694e500f4da86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8859336" name="name3484691862cfea73a" descr="eu_funding_250.png"/>
+            <wp:docPr id="25767258" name="name9432694e500f4db07" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1706691862cfea737" cstate="print"/>
+                    <a:blip r:embed="rId9926694e500f4db05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3452,137 +3452,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56704901">
+  <w:abstractNum w:abstractNumId="74458308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73552167">
+    <w:lvl w:ilvl="0" w:tplc="84047841">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73552167" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84047841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73552167" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84047841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73552167" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84047841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73552167" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84047841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73552167" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84047841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73552167" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84047841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73552167" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84047841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73552167" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84047841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56704900">
+  <w:abstractNum w:abstractNumId="74458307">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92196548">
+    <w:lvl w:ilvl="0" w:tplc="70320852">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4334,55 +4334,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56704900">
-    <w:abstractNumId w:val="56704900"/>
+  <w:num w:numId="74458307">
+    <w:abstractNumId w:val="74458307"/>
   </w:num>
-  <w:num w:numId="56704901">
-    <w:abstractNumId w:val="56704901"/>
+  <w:num w:numId="74458308">
+    <w:abstractNumId w:val="74458308"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15932,51 +15932,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId942853646" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId334508158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9119691862cfe58f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId9428691862cfe5973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId5686691862cfe5b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId6157691862cfe5c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId2623691862cfe7bf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId4092691862cfe7e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId8266691862cfe7f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId1688691862cfe8004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1856691862cfe8162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId3708691862cfe5a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3708691862cfe5a59.jpg"/><Relationship Id="rId9599691862cfe7062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9599691862cfe7062.jpg"/><Relationship Id="rId1706691862cfea737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1706691862cfea737.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId355842618" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId417326129" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7561694e500f4b84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId2950694e500f4b8ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId3812694e500f4ba8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId1275694e500f4bb84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId5479694e500f4d536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId4003694e500f4d74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId2093694e500f4d877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId2613694e500f4d92c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9044694e500f4da86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId8379694e500f4b9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8379694e500f4b9ad.jpg"/><Relationship Id="rId5538694e500f4ca28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5538694e500f4ca28.jpg"/><Relationship Id="rId9926694e500f4db05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9926694e500f4db05.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>