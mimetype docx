--- v2 (2025-12-26)
+++ v3 (2026-01-17)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Gyllenhal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> strawberry bud weevil, strawberry clipper, strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7561694e500f4b84f" w:history="1">
+            <w:hyperlink r:id="rId3441696bb8042da2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2950694e500f4b8ba" w:history="1">
+            <w:hyperlink r:id="rId8944696bb8042da98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79025380" name="name6753694e500f4b9ae" descr="18104.jpg"/>
+                  <wp:docPr id="68719468" name="name6344696bb8042e013" descr="18104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8379694e500f4b9ad" cstate="print"/>
+                          <a:blip r:embed="rId1100696bb8042e011" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3812694e500f4ba8d" w:history="1">
+            <w:hyperlink r:id="rId3657696bb8042e12d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -542,51 +542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) is very similar in appearance and habits to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and another similar species, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1275694e500f4bb84" w:history="1">
+      <w:hyperlink r:id="rId6924696bb8042e237" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">A. bisignifer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schenkling, is recorded from Japan (EPPO, 2024). The two 'exotic' species have thus to be distinguished from the commonplace and widespread European </w:t>
       </w:r>
       <w:r>
@@ -1000,63 +1000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native and restricted to North America. In the USA, it is found in all States east of the Mississippi River, and some States West of the Mississippi and East of the Rockies. In Canada, it is found in all provinces except Yukon, the North West Territories and Nunavut.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23002350" name="name3225694e500f4ca2a" descr="ANTHSI_distribution_map.jpg"/>
+            <wp:docPr id="46444668" name="name5050696bb8042f16a" descr="ANTHSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5538694e500f4ca28" cstate="print"/>
+                    <a:blip r:embed="rId8230696bb8042f167" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2438,51 +2438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5479694e500f4d536" w:history="1">
+      <w:hyperlink r:id="rId7950696bb8042fcb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANTHBI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-01-10).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2767,51 +2767,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-212.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfeiffer DG (2023) Strawberry bud weevil: Changing thresholds? Southern Region Small Fruit Consortium, (North Carolina State University – Raleigh, North Carolina). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4003694e500f4d74a" w:history="1">
+      <w:hyperlink r:id="rId1143696bb8042fefa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2953,51 +2953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spangler S, Agnello A &amp; Schaefers G (1988) Strawberry bud weevil (clipper), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New York State Cornell Cooperative Extension Small Fruit Fact Sheet 102GFSSFI3, 2 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2093694e500f4d877" w:history="1">
+      <w:hyperlink r:id="rId8667696bb8043002f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/1813/43131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3041,73 +3041,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2613694e500f4d92c" w:history="1">
+      <w:hyperlink r:id="rId2492696bb804300ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,81 +3280,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 667-670. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9044694e500f4da86" w:history="1">
+      <w:hyperlink r:id="rId7617696bb8043024b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25767258" name="name9432694e500f4db07" descr="eu_funding_250.png"/>
+            <wp:docPr id="73763390" name="name6218696bb804302d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9926694e500f4db05" cstate="print"/>
+                    <a:blip r:embed="rId8929696bb804302d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3452,137 +3452,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74458308">
+  <w:abstractNum w:abstractNumId="31433347">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84047841">
+    <w:lvl w:ilvl="0" w:tplc="16944817">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84047841" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16944817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84047841" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16944817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84047841" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16944817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84047841" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16944817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84047841" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16944817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84047841" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16944817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84047841" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16944817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84047841" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16944817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74458307">
+  <w:abstractNum w:abstractNumId="31433346">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70320852">
+    <w:lvl w:ilvl="0" w:tplc="13099954">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4334,55 +4334,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74458307">
-    <w:abstractNumId w:val="74458307"/>
+  <w:num w:numId="31433346">
+    <w:abstractNumId w:val="31433346"/>
   </w:num>
-  <w:num w:numId="74458308">
-    <w:abstractNumId w:val="74458308"/>
+  <w:num w:numId="31433347">
+    <w:abstractNumId w:val="31433347"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15932,51 +15932,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId355842618" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId417326129" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7561694e500f4b84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId2950694e500f4b8ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId3812694e500f4ba8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId1275694e500f4bb84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId5479694e500f4d536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId4003694e500f4d74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId2093694e500f4d877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId2613694e500f4d92c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9044694e500f4da86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId8379694e500f4b9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8379694e500f4b9ad.jpg"/><Relationship Id="rId5538694e500f4ca28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5538694e500f4ca28.jpg"/><Relationship Id="rId9926694e500f4db05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9926694e500f4db05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId761073457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId444238708" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3441696bb8042da2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId8944696bb8042da98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId3657696bb8042e12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId6924696bb8042e237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId7950696bb8042fcb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId1143696bb8042fefa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId8667696bb8043002f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId2492696bb804300ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7617696bb8043024b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId1100696bb8042e011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1100696bb8042e011.jpg"/><Relationship Id="rId8230696bb8042f167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8230696bb8042f167.jpg"/><Relationship Id="rId8929696bb804302d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8929696bb804302d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>