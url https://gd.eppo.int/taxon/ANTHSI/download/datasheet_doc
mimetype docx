--- v3 (2026-01-17)
+++ v4 (2026-02-06)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Gyllenhal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> strawberry bud weevil, strawberry clipper, strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3441696bb8042da2f" w:history="1">
+            <w:hyperlink r:id="rId102369866542f23ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8944696bb8042da98" w:history="1">
+            <w:hyperlink r:id="rId801869866542f2438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68719468" name="name6344696bb8042e013" descr="18104.jpg"/>
+                  <wp:docPr id="39255516" name="name321069866542f26e5" descr="18104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1100696bb8042e011" cstate="print"/>
+                          <a:blip r:embed="rId447969866542f26e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3657696bb8042e12d" w:history="1">
+            <w:hyperlink r:id="rId452069866542f27f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -542,51 +542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) is very similar in appearance and habits to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and another similar species, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6924696bb8042e237" w:history="1">
+      <w:hyperlink r:id="rId775369866542f28fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">A. bisignifer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schenkling, is recorded from Japan (EPPO, 2024). The two 'exotic' species have thus to be distinguished from the commonplace and widespread European </w:t>
       </w:r>
       <w:r>
@@ -1000,63 +1000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native and restricted to North America. In the USA, it is found in all States east of the Mississippi River, and some States West of the Mississippi and East of the Rockies. In Canada, it is found in all provinces except Yukon, the North West Territories and Nunavut.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46444668" name="name5050696bb8042f16a" descr="ANTHSI_distribution_map.jpg"/>
+            <wp:docPr id="19343450" name="name727669866542f3408" descr="ANTHSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8230696bb8042f167" cstate="print"/>
+                    <a:blip r:embed="rId770869866542f3406" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2438,51 +2438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7950696bb8042fcb0" w:history="1">
+      <w:hyperlink r:id="rId567369866542f3eab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANTHBI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-01-10).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2767,51 +2767,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-212.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfeiffer DG (2023) Strawberry bud weevil: Changing thresholds? Southern Region Small Fruit Consortium, (North Carolina State University – Raleigh, North Carolina). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1143696bb8042fefa" w:history="1">
+      <w:hyperlink r:id="rId439969866542f40b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2953,51 +2953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spangler S, Agnello A &amp; Schaefers G (1988) Strawberry bud weevil (clipper), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New York State Cornell Cooperative Extension Small Fruit Fact Sheet 102GFSSFI3, 2 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8667696bb8043002f" w:history="1">
+      <w:hyperlink r:id="rId785969866542f41e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/1813/43131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3063,51 +3063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2492696bb804300ea" w:history="1">
+      <w:hyperlink r:id="rId93196986654300070" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,81 +3280,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 667-670. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7617696bb8043024b" w:history="1">
+      <w:hyperlink r:id="rId402369866543001cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73763390" name="name6218696bb804302d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="1982814" name="name51996986654300251" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8929696bb804302d3" cstate="print"/>
+                    <a:blip r:embed="rId3848698665430024f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3452,137 +3452,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31433347">
+  <w:abstractNum w:abstractNumId="45873237">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16944817">
+    <w:lvl w:ilvl="0" w:tplc="65495107">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16944817" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65495107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16944817" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65495107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16944817" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65495107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16944817" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65495107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16944817" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65495107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16944817" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65495107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16944817" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65495107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16944817" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65495107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31433346">
+  <w:abstractNum w:abstractNumId="45873236">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13099954">
+    <w:lvl w:ilvl="0" w:tplc="44456484">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4334,55 +4334,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31433346">
-    <w:abstractNumId w:val="31433346"/>
+  <w:num w:numId="45873236">
+    <w:abstractNumId w:val="45873236"/>
   </w:num>
-  <w:num w:numId="31433347">
-    <w:abstractNumId w:val="31433347"/>
+  <w:num w:numId="45873237">
+    <w:abstractNumId w:val="45873237"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15932,51 +15932,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId761073457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId444238708" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3441696bb8042da2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId8944696bb8042da98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId3657696bb8042e12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId6924696bb8042e237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId7950696bb8042fcb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId1143696bb8042fefa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId8667696bb8043002f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId2492696bb804300ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7617696bb8043024b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId1100696bb8042e011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1100696bb8042e011.jpg"/><Relationship Id="rId8230696bb8042f167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8230696bb8042f167.jpg"/><Relationship Id="rId8929696bb804302d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8929696bb804302d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104356202" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId695752868" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId102369866542f23ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId801869866542f2438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId452069866542f27f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId775369866542f28fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId567369866542f3eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId439969866542f40b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId785969866542f41e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId93196986654300070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId402369866543001cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId447969866542f26e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId447969866542f26e4.jpg"/><Relationship Id="rId770869866542f3406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId770869866542f3406.jpg"/><Relationship Id="rId3848698665430024f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3848698665430024f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>