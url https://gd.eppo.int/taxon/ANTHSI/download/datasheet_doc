--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Gyllenhal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> strawberry bud weevil, strawberry clipper, strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102369866542f23ce" w:history="1">
+            <w:hyperlink r:id="rId949069a0f97e9fe92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId801869866542f2438" w:history="1">
+            <w:hyperlink r:id="rId929369a0f97e9fefc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39255516" name="name321069866542f26e5" descr="18104.jpg"/>
+                  <wp:docPr id="42696939" name="name766869a0f97ea03b7" descr="18104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId447969866542f26e4" cstate="print"/>
+                          <a:blip r:embed="rId611369a0f97ea03b5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId452069866542f27f6" w:history="1">
+            <w:hyperlink r:id="rId811969a0f97ea04ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -542,51 +542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) is very similar in appearance and habits to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and another similar species, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775369866542f28fb" w:history="1">
+      <w:hyperlink r:id="rId547369a0f97ea0617" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">A. bisignifer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schenkling, is recorded from Japan (EPPO, 2024). The two 'exotic' species have thus to be distinguished from the commonplace and widespread European </w:t>
       </w:r>
       <w:r>
@@ -1000,63 +1000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native and restricted to North America. In the USA, it is found in all States east of the Mississippi River, and some States West of the Mississippi and East of the Rockies. In Canada, it is found in all provinces except Yukon, the North West Territories and Nunavut.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19343450" name="name727669866542f3408" descr="ANTHSI_distribution_map.jpg"/>
+            <wp:docPr id="16443617" name="name387169a0f97ea149e" descr="ANTHSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId770869866542f3406" cstate="print"/>
+                    <a:blip r:embed="rId244269a0f97ea149a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2438,51 +2438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567369866542f3eab" w:history="1">
+      <w:hyperlink r:id="rId723669a0f97ea1fdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANTHBI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-01-10).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2767,51 +2767,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-212.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfeiffer DG (2023) Strawberry bud weevil: Changing thresholds? Southern Region Small Fruit Consortium, (North Carolina State University – Raleigh, North Carolina). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439969866542f40b9" w:history="1">
+      <w:hyperlink r:id="rId177369a0f97ea2212" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2953,51 +2953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spangler S, Agnello A &amp; Schaefers G (1988) Strawberry bud weevil (clipper), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New York State Cornell Cooperative Extension Small Fruit Fact Sheet 102GFSSFI3, 2 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785969866542f41e5" w:history="1">
+      <w:hyperlink r:id="rId916269a0f97ea2342" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/1813/43131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3063,51 +3063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93196986654300070" w:history="1">
+      <w:hyperlink r:id="rId182569a0f97ea23fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,81 +3280,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 667-670. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402369866543001cd" w:history="1">
+      <w:hyperlink r:id="rId252969a0f97ea2557" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1982814" name="name51996986654300251" descr="eu_funding_250.png"/>
+            <wp:docPr id="68111081" name="name988869a0f97ea294d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3848698665430024f" cstate="print"/>
+                    <a:blip r:embed="rId643069a0f97ea294b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3452,137 +3452,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45873237">
+  <w:abstractNum w:abstractNumId="60873757">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65495107">
+    <w:lvl w:ilvl="0" w:tplc="40362810">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65495107" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40362810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65495107" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40362810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65495107" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40362810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65495107" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40362810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65495107" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40362810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65495107" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40362810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65495107" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40362810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65495107" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40362810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45873236">
+  <w:abstractNum w:abstractNumId="60873756">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44456484">
+    <w:lvl w:ilvl="0" w:tplc="25691195">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4334,55 +4334,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45873236">
-    <w:abstractNumId w:val="45873236"/>
+  <w:num w:numId="60873756">
+    <w:abstractNumId w:val="60873756"/>
   </w:num>
-  <w:num w:numId="45873237">
-    <w:abstractNumId w:val="45873237"/>
+  <w:num w:numId="60873757">
+    <w:abstractNumId w:val="60873757"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15932,51 +15932,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104356202" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId695752868" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId102369866542f23ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId801869866542f2438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId452069866542f27f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId775369866542f28fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId567369866542f3eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId439969866542f40b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId785969866542f41e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId93196986654300070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId402369866543001cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId447969866542f26e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId447969866542f26e4.jpg"/><Relationship Id="rId770869866542f3406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId770869866542f3406.jpg"/><Relationship Id="rId3848698665430024f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3848698665430024f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId167491152" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId959131433" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId949069a0f97e9fe92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId929369a0f97e9fefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId811969a0f97ea04ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId547369a0f97ea0617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId723669a0f97ea1fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId177369a0f97ea2212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId916269a0f97ea2342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId182569a0f97ea23fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId252969a0f97ea2557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId611369a0f97ea03b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611369a0f97ea03b5.jpg"/><Relationship Id="rId244269a0f97ea149a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244269a0f97ea149a.jpg"/><Relationship Id="rId643069a0f97ea294b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId643069a0f97ea294b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>