--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Gyllenhal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> strawberry bud weevil, strawberry clipper, strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId949069a0f97e9fe92" w:history="1">
+            <w:hyperlink r:id="rId975269bb6f7e3998b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId929369a0f97e9fefc" w:history="1">
+            <w:hyperlink r:id="rId572369bb6f7e39a09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42696939" name="name766869a0f97ea03b7" descr="18104.jpg"/>
+                  <wp:docPr id="16388062" name="name371469bb6f7e39f2f" descr="18104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId611369a0f97ea03b5" cstate="print"/>
+                          <a:blip r:embed="rId984869bb6f7e39f2e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId811969a0f97ea04ef" w:history="1">
+            <w:hyperlink r:id="rId653069bb6f7e3a045" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -542,51 +542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) is very similar in appearance and habits to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and another similar species, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547369a0f97ea0617" w:history="1">
+      <w:hyperlink r:id="rId952669bb6f7e3a159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">A. bisignifer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schenkling, is recorded from Japan (EPPO, 2024). The two 'exotic' species have thus to be distinguished from the commonplace and widespread European </w:t>
       </w:r>
       <w:r>
@@ -1000,63 +1000,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native and restricted to North America. In the USA, it is found in all States east of the Mississippi River, and some States West of the Mississippi and East of the Rockies. In Canada, it is found in all provinces except Yukon, the North West Territories and Nunavut.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16443617" name="name387169a0f97ea149e" descr="ANTHSI_distribution_map.jpg"/>
+            <wp:docPr id="59497926" name="name815269bb6f7e3b132" descr="ANTHSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId244269a0f97ea149a" cstate="print"/>
+                    <a:blip r:embed="rId446969bb6f7e3b12e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2438,51 +2438,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723669a0f97ea1fdf" w:history="1">
+      <w:hyperlink r:id="rId749369bb6f7e3bf17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANTHBI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-01-10).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2767,51 +2767,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-212.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pfeiffer DG (2023) Strawberry bud weevil: Changing thresholds? Southern Region Small Fruit Consortium, (North Carolina State University – Raleigh, North Carolina). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177369a0f97ea2212" w:history="1">
+      <w:hyperlink r:id="rId776069bb6f7e3c15a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2953,51 +2953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spangler S, Agnello A &amp; Schaefers G (1988) Strawberry bud weevil (clipper), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New York State Cornell Cooperative Extension Small Fruit Fact Sheet 102GFSSFI3, 2 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916269a0f97ea2342" w:history="1">
+      <w:hyperlink r:id="rId815969bb6f7e3c285" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://hdl.handle.net/1813/43131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3063,51 +3063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus signatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182569a0f97ea23fb" w:history="1">
+      <w:hyperlink r:id="rId454169bb6f7e3c33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,81 +3280,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 667-670. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252969a0f97ea2557" w:history="1">
+      <w:hyperlink r:id="rId887369bb6f7e3c4b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68111081" name="name988869a0f97ea294d" descr="eu_funding_250.png"/>
+            <wp:docPr id="1445971" name="name436069bb6f7e3c546" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId643069a0f97ea294b" cstate="print"/>
+                    <a:blip r:embed="rId313569bb6f7e3c545" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3452,137 +3452,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60873757">
+  <w:abstractNum w:abstractNumId="91415391">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40362810">
+    <w:lvl w:ilvl="0" w:tplc="99183234">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40362810" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99183234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40362810" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99183234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40362810" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99183234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40362810" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99183234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40362810" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99183234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40362810" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99183234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40362810" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99183234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40362810" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99183234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60873756">
+  <w:abstractNum w:abstractNumId="91415390">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25691195">
+    <w:lvl w:ilvl="0" w:tplc="81836270">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4334,55 +4334,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60873756">
-    <w:abstractNumId w:val="60873756"/>
+  <w:num w:numId="91415390">
+    <w:abstractNumId w:val="91415390"/>
   </w:num>
-  <w:num w:numId="60873757">
-    <w:abstractNumId w:val="60873757"/>
+  <w:num w:numId="91415391">
+    <w:abstractNumId w:val="91415391"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15932,51 +15932,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId167491152" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId959131433" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId949069a0f97e9fe92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId929369a0f97e9fefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId811969a0f97ea04ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId547369a0f97ea0617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId723669a0f97ea1fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId177369a0f97ea2212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId916269a0f97ea2342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId182569a0f97ea23fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId252969a0f97ea2557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId611369a0f97ea03b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611369a0f97ea03b5.jpg"/><Relationship Id="rId244269a0f97ea149a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244269a0f97ea149a.jpg"/><Relationship Id="rId643069a0f97ea294b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId643069a0f97ea294b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173232524" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId349373015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId975269bb6f7e3998b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/" TargetMode="External"/><Relationship Id="rId572369bb6f7e39a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/categorization" TargetMode="External"/><Relationship Id="rId653069bb6f7e3a045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHSI/photos" TargetMode="External"/><Relationship Id="rId952669bb6f7e3a159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId749369bb6f7e3bf17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/datasheet" TargetMode="External"/><Relationship Id="rId776069bb6f7e3c15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smallfruits.org/2023/01/strawberry-bud-weevil-changing-thresholds/" TargetMode="External"/><Relationship Id="rId815969bb6f7e3c285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/1813/43131" TargetMode="External"/><Relationship Id="rId454169bb6f7e3c33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId887369bb6f7e3c4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1989.tb01157.x" TargetMode="External"/><Relationship Id="rId984869bb6f7e39f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId984869bb6f7e39f2e.jpg"/><Relationship Id="rId446969bb6f7e3b12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId446969bb6f7e3b12e.jpg"/><Relationship Id="rId313569bb6f7e3c545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId313569bb6f7e3c545.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>