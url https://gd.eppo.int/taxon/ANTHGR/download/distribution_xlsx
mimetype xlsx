--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -80,50 +80,53 @@
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Present, no details</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
+    <t>Absent, pest eradicated</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Alagoas</t>
   </si>
   <si>
     <t>al</t>
   </si>
   <si>
     <t>Bahia</t>
   </si>
   <si>
     <t>ba</t>
   </si>
   <si>
     <t>Ceara</t>
   </si>
   <si>
     <t>ce</t>
   </si>
   <si>
     <t>Distrito Federal</t>
@@ -273,53 +276,50 @@
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Alabama</t>
-  </si>
-[...1 lines deleted...]
-    <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Arizona</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Arkansas</t>
   </si>
   <si>
     <t>ar</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
     <t>ca</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>fl</t>
   </si>
@@ -874,963 +874,963 @@
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>13</v>
       </c>
       <c r="B36" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>13</v>
       </c>
       <c r="B38" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C38" t="s">
+        <v>87</v>
+      </c>
+      <c r="D38" t="s">
         <v>86</v>
       </c>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F38" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>13</v>
       </c>
       <c r="B39" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C39" t="s">
         <v>88</v>
       </c>
       <c r="D39" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E39" t="s">
         <v>89</v>
       </c>
       <c r="F39" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>13</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40" t="s">
         <v>90</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E40" t="s">
         <v>91</v>
       </c>
       <c r="F40" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>13</v>
       </c>
       <c r="B41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C41" t="s">
         <v>92</v>
       </c>
       <c r="D41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E41" t="s">
         <v>93</v>
       </c>
       <c r="F41" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>13</v>
       </c>
       <c r="B42" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C42" t="s">
         <v>94</v>
       </c>
       <c r="D42" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E42" t="s">
         <v>95</v>
       </c>
       <c r="F42" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>13</v>
       </c>
       <c r="B43" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C43" t="s">
         <v>96</v>
       </c>
       <c r="D43" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E43" t="s">
         <v>97</v>
       </c>
       <c r="F43" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>13</v>
       </c>
       <c r="B44" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C44" t="s">
         <v>98</v>
       </c>
       <c r="D44" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E44" t="s">
         <v>99</v>
       </c>
       <c r="F44" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>13</v>
       </c>
       <c r="B45" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C45" t="s">
         <v>100</v>
       </c>
       <c r="D45" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E45" t="s">
         <v>101</v>
       </c>
       <c r="F45" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>13</v>
       </c>
       <c r="B46" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C46" t="s">
         <v>102</v>
       </c>
       <c r="D46" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E46" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F46" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>13</v>
       </c>
       <c r="B47" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C47" t="s">
         <v>103</v>
       </c>
       <c r="D47" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E47" t="s">
         <v>104</v>
       </c>
       <c r="F47" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>13</v>
       </c>
       <c r="B48" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C48" t="s">
         <v>105</v>
       </c>
       <c r="D48" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E48" t="s">
         <v>106</v>
       </c>
       <c r="F48" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>13</v>
       </c>
       <c r="B49" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C49" t="s">
         <v>107</v>
       </c>
       <c r="D49" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E49" t="s">
         <v>108</v>
       </c>
       <c r="F49" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>13</v>
       </c>
       <c r="B50" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C50" t="s">
         <v>109</v>
       </c>
       <c r="D50" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E50" t="s">
         <v>110</v>
       </c>
       <c r="F50" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>13</v>
       </c>
       <c r="B51" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C51" t="s">
         <v>111</v>
       </c>
       <c r="D51" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E51" t="s">
         <v>112</v>
       </c>
       <c r="F51" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>13</v>
       </c>
       <c r="B52" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C52" t="s">
         <v>113</v>
       </c>
       <c r="D52" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E52" t="s">
         <v>114</v>
       </c>
       <c r="F52" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>13</v>
       </c>
       <c r="B53" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C53" t="s">
         <v>115</v>
       </c>
       <c r="D53" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E53" t="s">
         <v>116</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>13</v>
       </c>
       <c r="B54" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C54" t="s">
         <v>117</v>
       </c>
       <c r="D54" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E54" t="s">
         <v>118</v>
       </c>
       <c r="F54" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>13</v>
       </c>
       <c r="B55" t="s">
         <v>119</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>120</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>121</v>
       </c>
       <c r="B56" t="s">
         <v>122</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>123</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>121</v>
       </c>
       <c r="B57" t="s">
         <v>125</v>
       </c>