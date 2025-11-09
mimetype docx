--- v0 (2025-10-08)
+++ v1 (2025-11-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Curculioninae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican cotton boll weevil, boll weevil, cotton boll weevil, thurberia weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId623968e6cce5ca661" w:history="1">
+            <w:hyperlink r:id="rId7626691040ae233e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523168e6cce5ca6ca" w:history="1">
+            <w:hyperlink r:id="rId7532691040ae2344e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90727140" name="name222868e6cce5cc195" descr="168.jpg"/>
+                  <wp:docPr id="78787289" name="name9795691040ae23e70" descr="168.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="168.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId453268e6cce5cc193" cstate="print"/>
+                          <a:blip r:embed="rId5018691040ae23e6f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId707268e6cce5cc288" w:history="1">
+            <w:hyperlink r:id="rId6843691040ae23fbb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1475,63 +1475,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1983), Paraguay (1991), Argentina (1984), and Bolivia (1999) (Stadler and Buteler, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59603142" name="name188968e6cce5cfb07" descr="ANTHGR_distribution_map.jpg"/>
+            <wp:docPr id="98695500" name="name5370691040ae256fc" descr="ANTHGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId220768e6cce5cfb04" cstate="print"/>
+                    <a:blip r:embed="rId5364691040ae256f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3394,51 +3394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582568e6cce5d0965" w:history="1">
+      <w:hyperlink r:id="rId4524691040ae268b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3533,51 +3533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936368e6cce5d0a4c" w:history="1">
+      <w:hyperlink r:id="rId7515691040ae269d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa. 2017.5074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 613–627.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2022) History highlight: APHIS launces large-scale boll weevil eradication program. USDA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458268e6cce5d1387" w:history="1">
+      <w:hyperlink r:id="rId9994691040ae27627" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,51 +5125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus grandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154768e6cce5d1462" w:history="1">
+      <w:hyperlink r:id="rId3053691040ae2771d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5340,81 +5340,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197368e6cce5d15b6" w:history="1">
+      <w:hyperlink r:id="rId9893691040ae278a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35766308" name="name518868e6cce5d1f4c" descr="eu_funding_250.png"/>
+            <wp:docPr id="54241335" name="name7236691040ae27930" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId845568e6cce5d1f4b" cstate="print"/>
+                    <a:blip r:embed="rId9647691040ae2792e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5512,137 +5512,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60181786">
+  <w:abstractNum w:abstractNumId="64076503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86539895">
+    <w:lvl w:ilvl="0" w:tplc="44512257">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86539895" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44512257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86539895" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44512257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86539895" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44512257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86539895" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44512257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86539895" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44512257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86539895" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44512257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86539895" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44512257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86539895" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44512257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60181785">
+  <w:abstractNum w:abstractNumId="64076502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21404575">
+    <w:lvl w:ilvl="0" w:tplc="75514654">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6394,55 +6394,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60181785">
-    <w:abstractNumId w:val="60181785"/>
+  <w:num w:numId="64076502">
+    <w:abstractNumId w:val="64076502"/>
   </w:num>
-  <w:num w:numId="60181786">
-    <w:abstractNumId w:val="60181786"/>
+  <w:num w:numId="64076503">
+    <w:abstractNumId w:val="64076503"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17992,51 +17992,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132119793" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661432267" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId623968e6cce5ca661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId523168e6cce5ca6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId707268e6cce5cc288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId582568e6cce5d0965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId936368e6cce5d0a4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId458268e6cce5d1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId154768e6cce5d1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId197368e6cce5d15b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId453268e6cce5cc193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId453268e6cce5cc193.jpg"/><Relationship Id="rId220768e6cce5cfb04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId220768e6cce5cfb04.jpg"/><Relationship Id="rId845568e6cce5d1f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId845568e6cce5d1f4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId254731710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706408658" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7626691040ae233e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId7532691040ae2344e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId6843691040ae23fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId4524691040ae268b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId7515691040ae269d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId9994691040ae27627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId3053691040ae2771d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9893691040ae278a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId5018691040ae23e6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5018691040ae23e6f.jpg"/><Relationship Id="rId5364691040ae256f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5364691040ae256f9.jpg"/><Relationship Id="rId9647691040ae2792e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9647691040ae2792e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>