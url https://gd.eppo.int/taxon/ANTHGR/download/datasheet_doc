--- v1 (2025-11-09)
+++ v2 (2025-12-02)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Curculioninae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican cotton boll weevil, boll weevil, cotton boll weevil, thurberia weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7626691040ae233e6" w:history="1">
+            <w:hyperlink r:id="rId2295692f4b495dce4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7532691040ae2344e" w:history="1">
+            <w:hyperlink r:id="rId9935692f4b495dd4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78787289" name="name9795691040ae23e70" descr="168.jpg"/>
+                  <wp:docPr id="94821995" name="name3886692f4b495de10" descr="168.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="168.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5018691040ae23e6f" cstate="print"/>
+                          <a:blip r:embed="rId6366692f4b495de0f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6843691040ae23fbb" w:history="1">
+            <w:hyperlink r:id="rId6358692f4b495df1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1475,63 +1475,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1983), Paraguay (1991), Argentina (1984), and Bolivia (1999) (Stadler and Buteler, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98695500" name="name5370691040ae256fc" descr="ANTHGR_distribution_map.jpg"/>
+            <wp:docPr id="9665602" name="name9241692f4b495f487" descr="ANTHGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5364691040ae256f9" cstate="print"/>
+                    <a:blip r:embed="rId2683692f4b495f484" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3394,51 +3394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4524691040ae268b8" w:history="1">
+      <w:hyperlink r:id="rId6455692f4b4960306" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3533,51 +3533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7515691040ae269d5" w:history="1">
+      <w:hyperlink r:id="rId1972692f4b49603ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa. 2017.5074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 613–627.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2022) History highlight: APHIS launces large-scale boll weevil eradication program. USDA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9994691040ae27627" w:history="1">
+      <w:hyperlink r:id="rId5567692f4b4960d34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,51 +5125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus grandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3053691040ae2771d" w:history="1">
+      <w:hyperlink r:id="rId9414692f4b4960e0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5340,81 +5340,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9893691040ae278a5" w:history="1">
+      <w:hyperlink r:id="rId2342692f4b4960f64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54241335" name="name7236691040ae27930" descr="eu_funding_250.png"/>
+            <wp:docPr id="22781683" name="name1709692f4b4960fbf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9647691040ae2792e" cstate="print"/>
+                    <a:blip r:embed="rId2697692f4b4960fbe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5512,137 +5512,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64076503">
+  <w:abstractNum w:abstractNumId="44579423">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44512257">
+    <w:lvl w:ilvl="0" w:tplc="22526240">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44512257" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22526240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44512257" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22526240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44512257" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22526240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44512257" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22526240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44512257" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22526240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44512257" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22526240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44512257" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22526240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44512257" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22526240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64076502">
+  <w:abstractNum w:abstractNumId="44579422">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75514654">
+    <w:lvl w:ilvl="0" w:tplc="71628251">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6394,55 +6394,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64076502">
-    <w:abstractNumId w:val="64076502"/>
+  <w:num w:numId="44579422">
+    <w:abstractNumId w:val="44579422"/>
   </w:num>
-  <w:num w:numId="64076503">
-    <w:abstractNumId w:val="64076503"/>
+  <w:num w:numId="44579423">
+    <w:abstractNumId w:val="44579423"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17992,51 +17992,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId254731710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706408658" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7626691040ae233e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId7532691040ae2344e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId6843691040ae23fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId4524691040ae268b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId7515691040ae269d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId9994691040ae27627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId3053691040ae2771d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9893691040ae278a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId5018691040ae23e6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5018691040ae23e6f.jpg"/><Relationship Id="rId5364691040ae256f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5364691040ae256f9.jpg"/><Relationship Id="rId9647691040ae2792e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9647691040ae2792e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId880708903" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745964490" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2295692f4b495dce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId9935692f4b495dd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId6358692f4b495df1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId6455692f4b4960306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId1972692f4b49603ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId5567692f4b4960d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId9414692f4b4960e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2342692f4b4960f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId6366692f4b495de0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6366692f4b495de0f.jpg"/><Relationship Id="rId2683692f4b495f484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2683692f4b495f484.jpg"/><Relationship Id="rId2697692f4b4960fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2697692f4b4960fbe.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>