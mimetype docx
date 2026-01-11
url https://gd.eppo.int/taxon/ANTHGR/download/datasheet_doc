--- v2 (2025-12-02)
+++ v3 (2026-01-11)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Curculioninae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican cotton boll weevil, boll weevil, cotton boll weevil, thurberia weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2295692f4b495dce4" w:history="1">
+            <w:hyperlink r:id="rId6385696386624bdbf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9935692f4b495dd4d" w:history="1">
+            <w:hyperlink r:id="rId4501696386624be27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94821995" name="name3886692f4b495de10" descr="168.jpg"/>
+                  <wp:docPr id="38935000" name="name7646696386624c4ce" descr="168.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="168.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6366692f4b495de0f" cstate="print"/>
+                          <a:blip r:embed="rId1968696386624c4cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6358692f4b495df1b" w:history="1">
+            <w:hyperlink r:id="rId1340696386624c601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1475,63 +1475,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1983), Paraguay (1991), Argentina (1984), and Bolivia (1999) (Stadler and Buteler, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9665602" name="name9241692f4b495f487" descr="ANTHGR_distribution_map.jpg"/>
+            <wp:docPr id="39755257" name="name4746696386624ddd1" descr="ANTHGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2683692f4b495f484" cstate="print"/>
+                    <a:blip r:embed="rId1584696386624ddcd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1571,51 +1571,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Belize, Costa Rica, Cuba, Dominican Republic, El Salvador, Guatemala, Haiti, Honduras, Martinique, Nicaragua, Saint Kitts and Nevis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Argentina, Bolivia, Brazil (Alagoas, Bahia, Ceara, Distrito Federal, Goias, Maranhao, Mato Grosso, Mato Grosso do Sul, Minas Gerais, Paraiba, Parana, Pernambuco, Piaui, Rio Grande do Norte, Sao Paulo), Colombia, Paraguay, Venezuela</w:t>
+        <w:t xml:space="preserve"> Argentina, Brazil (Alagoas, Bahia, Ceara, Distrito Federal, Goias, Maranhao, Mato Grosso, Mato Grosso do Sul, Minas Gerais, Paraiba, Parana, Pernambuco, Piaui, Rio Grande do Norte, Sao Paulo), Colombia, Paraguay, Venezuela</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3394,51 +3394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6455692f4b4960306" w:history="1">
+      <w:hyperlink r:id="rId3284696386624eca6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3533,51 +3533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1972692f4b49603ed" w:history="1">
+      <w:hyperlink r:id="rId9564696386624ed8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa. 2017.5074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 613–627.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2022) History highlight: APHIS launces large-scale boll weevil eradication program. USDA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5567692f4b4960d34" w:history="1">
+      <w:hyperlink r:id="rId3008696386624f6e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5103,73 +5103,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus grandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9414692f4b4960e0f" w:history="1">
+      <w:hyperlink r:id="rId6367696386624f7bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5340,81 +5340,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2342692f4b4960f64" w:history="1">
+      <w:hyperlink r:id="rId7060696386624f911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22781683" name="name1709692f4b4960fbf" descr="eu_funding_250.png"/>
+            <wp:docPr id="73846132" name="name6016696386624f995" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2697692f4b4960fbe" cstate="print"/>
+                    <a:blip r:embed="rId2172696386624f994" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5512,137 +5512,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44579423">
+  <w:abstractNum w:abstractNumId="42197563">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22526240">
+    <w:lvl w:ilvl="0" w:tplc="67412597">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22526240" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67412597" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22526240" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67412597" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22526240" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67412597" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22526240" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67412597" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22526240" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67412597" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22526240" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67412597" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22526240" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67412597" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22526240" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67412597" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44579422">
+  <w:abstractNum w:abstractNumId="42197562">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71628251">
+    <w:lvl w:ilvl="0" w:tplc="20679707">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6394,55 +6394,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44579422">
-    <w:abstractNumId w:val="44579422"/>
+  <w:num w:numId="42197562">
+    <w:abstractNumId w:val="42197562"/>
   </w:num>
-  <w:num w:numId="44579423">
-    <w:abstractNumId w:val="44579423"/>
+  <w:num w:numId="42197563">
+    <w:abstractNumId w:val="42197563"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17992,51 +17992,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId880708903" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745964490" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2295692f4b495dce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId9935692f4b495dd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId6358692f4b495df1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId6455692f4b4960306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId1972692f4b49603ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId5567692f4b4960d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId9414692f4b4960e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2342692f4b4960f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId6366692f4b495de0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6366692f4b495de0f.jpg"/><Relationship Id="rId2683692f4b495f484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2683692f4b495f484.jpg"/><Relationship Id="rId2697692f4b4960fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2697692f4b4960fbe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId831447222" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434990887" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6385696386624bdbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId4501696386624be27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId1340696386624c601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId3284696386624eca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId9564696386624ed8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId3008696386624f6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId6367696386624f7bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7060696386624f911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId1968696386624c4cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1968696386624c4cd.jpg"/><Relationship Id="rId1584696386624ddcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1584696386624ddcd.jpg"/><Relationship Id="rId2172696386624f994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2172696386624f994.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>