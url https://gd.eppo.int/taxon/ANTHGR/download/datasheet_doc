--- v3 (2026-01-11)
+++ v4 (2026-02-02)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Curculioninae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican cotton boll weevil, boll weevil, cotton boll weevil, thurberia weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6385696386624bdbf" w:history="1">
+            <w:hyperlink r:id="rId1108697ff7b7e710e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4501696386624be27" w:history="1">
+            <w:hyperlink r:id="rId8192697ff7b7e7183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38935000" name="name7646696386624c4ce" descr="168.jpg"/>
+                  <wp:docPr id="65700816" name="name3612697ff7b7e787b" descr="168.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="168.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1968696386624c4cd" cstate="print"/>
+                          <a:blip r:embed="rId8896697ff7b7e7879" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1340696386624c601" w:history="1">
+            <w:hyperlink r:id="rId3567697ff7b7e7987" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1475,63 +1475,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1983), Paraguay (1991), Argentina (1984), and Bolivia (1999) (Stadler and Buteler, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39755257" name="name4746696386624ddd1" descr="ANTHGR_distribution_map.jpg"/>
+            <wp:docPr id="91530999" name="name8263697ff7b7e8dae" descr="ANTHGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1584696386624ddcd" cstate="print"/>
+                    <a:blip r:embed="rId1670697ff7b7e8dab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3394,51 +3394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3284696386624eca6" w:history="1">
+      <w:hyperlink r:id="rId7474697ff7b7e9c03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3533,51 +3533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9564696386624ed8d" w:history="1">
+      <w:hyperlink r:id="rId1770697ff7b7e9cea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa. 2017.5074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 613–627.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2022) History highlight: APHIS launces large-scale boll weevil eradication program. USDA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3008696386624f6e2" w:history="1">
+      <w:hyperlink r:id="rId7749697ff7b7ea61f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,51 +5125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus grandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6367696386624f7bc" w:history="1">
+      <w:hyperlink r:id="rId6445697ff7b7ea6fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5340,81 +5340,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7060696386624f911" w:history="1">
+      <w:hyperlink r:id="rId9919697ff7b7ea84f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73846132" name="name6016696386624f995" descr="eu_funding_250.png"/>
+            <wp:docPr id="18553404" name="name4484697ff7b7ea8ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2172696386624f994" cstate="print"/>
+                    <a:blip r:embed="rId4491697ff7b7ea8aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5512,137 +5512,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42197563">
+  <w:abstractNum w:abstractNumId="87400610">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67412597">
+    <w:lvl w:ilvl="0" w:tplc="95202872">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67412597" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95202872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67412597" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95202872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67412597" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95202872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67412597" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95202872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67412597" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95202872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67412597" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95202872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67412597" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95202872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67412597" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95202872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42197562">
+  <w:abstractNum w:abstractNumId="87400609">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20679707">
+    <w:lvl w:ilvl="0" w:tplc="15502751">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6394,55 +6394,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42197562">
-    <w:abstractNumId w:val="42197562"/>
+  <w:num w:numId="87400609">
+    <w:abstractNumId w:val="87400609"/>
   </w:num>
-  <w:num w:numId="42197563">
-    <w:abstractNumId w:val="42197563"/>
+  <w:num w:numId="87400610">
+    <w:abstractNumId w:val="87400610"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17992,51 +17992,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId831447222" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434990887" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6385696386624bdbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId4501696386624be27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId1340696386624c601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId3284696386624eca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId9564696386624ed8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId3008696386624f6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId6367696386624f7bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7060696386624f911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId1968696386624c4cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1968696386624c4cd.jpg"/><Relationship Id="rId1584696386624ddcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1584696386624ddcd.jpg"/><Relationship Id="rId2172696386624f994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2172696386624f994.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607852189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793518149" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1108697ff7b7e710e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId8192697ff7b7e7183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId3567697ff7b7e7987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId7474697ff7b7e9c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId1770697ff7b7e9cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId7749697ff7b7ea61f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId6445697ff7b7ea6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9919697ff7b7ea84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId8896697ff7b7e7879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8896697ff7b7e7879.jpg"/><Relationship Id="rId1670697ff7b7e8dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1670697ff7b7e8dab.jpg"/><Relationship Id="rId4491697ff7b7ea8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4491697ff7b7ea8aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>