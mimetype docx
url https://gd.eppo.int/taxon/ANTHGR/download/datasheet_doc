--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Curculioninae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican cotton boll weevil, boll weevil, cotton boll weevil, thurberia weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1108697ff7b7e710e" w:history="1">
+            <w:hyperlink r:id="rId8168699bc528ad85c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8192697ff7b7e7183" w:history="1">
+            <w:hyperlink r:id="rId8025699bc528ad8c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65700816" name="name3612697ff7b7e787b" descr="168.jpg"/>
+                  <wp:docPr id="21188466" name="name8165699bc528ad9b7" descr="168.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="168.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8896697ff7b7e7879" cstate="print"/>
+                          <a:blip r:embed="rId1816699bc528ad9b6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3567697ff7b7e7987" w:history="1">
+            <w:hyperlink r:id="rId4327699bc528adabe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1475,63 +1475,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1983), Paraguay (1991), Argentina (1984), and Bolivia (1999) (Stadler and Buteler, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91530999" name="name8263697ff7b7e8dae" descr="ANTHGR_distribution_map.jpg"/>
+            <wp:docPr id="12713319" name="name5486699bc528aefe1" descr="ANTHGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1670697ff7b7e8dab" cstate="print"/>
+                    <a:blip r:embed="rId9375699bc528aefde" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3394,51 +3394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7474697ff7b7e9c03" w:history="1">
+      <w:hyperlink r:id="rId3301699bc528afe2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3533,51 +3533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1770697ff7b7e9cea" w:history="1">
+      <w:hyperlink r:id="rId2077699bc528aff13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa. 2017.5074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 613–627.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2022) History highlight: APHIS launces large-scale boll weevil eradication program. USDA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7749697ff7b7ea61f" w:history="1">
+      <w:hyperlink r:id="rId5238699bc528b0844" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,51 +5125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus grandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6445697ff7b7ea6fa" w:history="1">
+      <w:hyperlink r:id="rId3465699bc528b0925" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5340,81 +5340,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9919697ff7b7ea84f" w:history="1">
+      <w:hyperlink r:id="rId1646699bc528b0a7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18553404" name="name4484697ff7b7ea8ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="56317976" name="name8207699bc528b0b05" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4491697ff7b7ea8aa" cstate="print"/>
+                    <a:blip r:embed="rId8382699bc528b0b04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5512,137 +5512,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87400610">
+  <w:abstractNum w:abstractNumId="67602005">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95202872">
+    <w:lvl w:ilvl="0" w:tplc="42714624">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95202872" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42714624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95202872" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42714624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95202872" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42714624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95202872" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42714624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95202872" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42714624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95202872" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42714624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95202872" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42714624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95202872" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42714624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87400609">
+  <w:abstractNum w:abstractNumId="67602004">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15502751">
+    <w:lvl w:ilvl="0" w:tplc="36516263">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6394,55 +6394,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87400609">
-    <w:abstractNumId w:val="87400609"/>
+  <w:num w:numId="67602004">
+    <w:abstractNumId w:val="67602004"/>
   </w:num>
-  <w:num w:numId="87400610">
-    <w:abstractNumId w:val="87400610"/>
+  <w:num w:numId="67602005">
+    <w:abstractNumId w:val="67602005"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17992,51 +17992,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607852189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793518149" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1108697ff7b7e710e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId8192697ff7b7e7183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId3567697ff7b7e7987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId7474697ff7b7e9c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId1770697ff7b7e9cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId7749697ff7b7ea61f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId6445697ff7b7ea6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9919697ff7b7ea84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId8896697ff7b7e7879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8896697ff7b7e7879.jpg"/><Relationship Id="rId1670697ff7b7e8dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1670697ff7b7e8dab.jpg"/><Relationship Id="rId4491697ff7b7ea8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4491697ff7b7ea8aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749721866" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId295721983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8168699bc528ad85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId8025699bc528ad8c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId4327699bc528adabe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId3301699bc528afe2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId2077699bc528aff13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId5238699bc528b0844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId3465699bc528b0925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1646699bc528b0a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId1816699bc528ad9b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1816699bc528ad9b6.jpg"/><Relationship Id="rId9375699bc528aefde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9375699bc528aefde.jpg"/><Relationship Id="rId8382699bc528b0b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8382699bc528b0b04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>