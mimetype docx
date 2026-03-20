--- v5 (2026-02-23)
+++ v6 (2026-03-20)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Curculioninae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican cotton boll weevil, boll weevil, cotton boll weevil, thurberia weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8168699bc528ad85c" w:history="1">
+            <w:hyperlink r:id="rId501869bd65b841e22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8025699bc528ad8c3" w:history="1">
+            <w:hyperlink r:id="rId499669bd65b841e8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21188466" name="name8165699bc528ad9b7" descr="168.jpg"/>
+                  <wp:docPr id="80133429" name="name484869bd65b8424ad" descr="168.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="168.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1816699bc528ad9b6" cstate="print"/>
+                          <a:blip r:embed="rId153569bd65b8424aa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4327699bc528adabe" w:history="1">
+            <w:hyperlink r:id="rId739569bd65b842609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1475,63 +1475,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1983), Paraguay (1991), Argentina (1984), and Bolivia (1999) (Stadler and Buteler, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12713319" name="name5486699bc528aefe1" descr="ANTHGR_distribution_map.jpg"/>
+            <wp:docPr id="37852548" name="name521069bd65b843ca7" descr="ANTHGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9375699bc528aefde" cstate="print"/>
+                    <a:blip r:embed="rId280369bd65b843ca2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3394,51 +3394,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3301699bc528afe2a" w:history="1">
+      <w:hyperlink r:id="rId271969bd65b844ccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3533,51 +3533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2077699bc528aff13" w:history="1">
+      <w:hyperlink r:id="rId340469bd65b844dc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa. 2017.5074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 613–627.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2022) History highlight: APHIS launces large-scale boll weevil eradication program. USDA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5238699bc528b0844" w:history="1">
+      <w:hyperlink r:id="rId948269bd65b84581a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5125,51 +5125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus grandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3465699bc528b0925" w:history="1">
+      <w:hyperlink r:id="rId481169bd65b8458fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5340,81 +5340,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1646699bc528b0a7e" w:history="1">
+      <w:hyperlink r:id="rId891969bd65b845a7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56317976" name="name8207699bc528b0b05" descr="eu_funding_250.png"/>
+            <wp:docPr id="40245358" name="name309269bd65b845ae5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8382699bc528b0b04" cstate="print"/>
+                    <a:blip r:embed="rId296469bd65b845ae4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5512,137 +5512,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67602005">
+  <w:abstractNum w:abstractNumId="92609531">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42714624">
+    <w:lvl w:ilvl="0" w:tplc="67720901">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42714624" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67720901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42714624" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67720901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42714624" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67720901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42714624" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67720901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42714624" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67720901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42714624" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67720901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42714624" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67720901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42714624" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67720901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67602004">
+  <w:abstractNum w:abstractNumId="92609530">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36516263">
+    <w:lvl w:ilvl="0" w:tplc="79849497">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6394,55 +6394,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67602004">
-    <w:abstractNumId w:val="67602004"/>
+  <w:num w:numId="92609530">
+    <w:abstractNumId w:val="92609530"/>
   </w:num>
-  <w:num w:numId="67602005">
-    <w:abstractNumId w:val="67602005"/>
+  <w:num w:numId="92609531">
+    <w:abstractNumId w:val="92609531"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17992,51 +17992,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749721866" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId295721983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8168699bc528ad85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId8025699bc528ad8c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId4327699bc528adabe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId3301699bc528afe2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId2077699bc528aff13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId5238699bc528b0844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId3465699bc528b0925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1646699bc528b0a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId1816699bc528ad9b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1816699bc528ad9b6.jpg"/><Relationship Id="rId9375699bc528aefde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9375699bc528aefde.jpg"/><Relationship Id="rId8382699bc528b0b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8382699bc528b0b04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874260346" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId974785232" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId501869bd65b841e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/" TargetMode="External"/><Relationship Id="rId499669bd65b841e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/categorization" TargetMode="External"/><Relationship Id="rId739569bd65b842609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHGR/photos" TargetMode="External"/><Relationship Id="rId271969bd65b844ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab009" TargetMode="External"/><Relationship Id="rId340469bd65b844dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.%202017.5074" TargetMode="External"/><Relationship Id="rId948269bd65b84581a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/stakeholder-info/SA_By_Date/SA-2022/aphis50-boll-weevil-eradication" TargetMode="External"/><Relationship Id="rId481169bd65b8458fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId891969bd65b845a7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02460.x" TargetMode="External"/><Relationship Id="rId153569bd65b8424aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId153569bd65b8424aa.jpg"/><Relationship Id="rId280369bd65b843ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId280369bd65b843ca2.jpg"/><Relationship Id="rId296469bd65b845ae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId296469bd65b845ae4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>