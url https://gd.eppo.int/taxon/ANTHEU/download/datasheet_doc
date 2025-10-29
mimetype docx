--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Champion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pepper weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106368e713833e24b" w:history="1">
+            <w:hyperlink r:id="rId78886902136ebb651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId646168e713833e2b1" w:history="1">
+            <w:hyperlink r:id="rId20916902136ebb6b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59367205" name="name618868e713833e8c1" descr="8851.jpg"/>
+                  <wp:docPr id="28154105" name="name16536902136ebbd1a" descr="8851.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8851.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId337668e713833e8bf" cstate="print"/>
+                          <a:blip r:embed="rId16486902136ebbd18" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId336068e713833e9d9" w:history="1">
+            <w:hyperlink r:id="rId31136902136ebbe43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from Mexico from where it has spread through Central America, the Caribbean, French Polynesia and Hawaii (Defra, 2020) and southern states of the USA in the first part of the 20th century.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59214569" name="name837368e7138340331" descr="ANTHEU_distribution_map.jpg"/>
+            <wp:docPr id="1807845" name="name20326902136ebcf78" descr="ANTHEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId525568e713834032e" cstate="print"/>
+                    <a:blip r:embed="rId17316902136ebcf75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cano and Cuban pepper weevil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faustinus cubae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Boheman) ( Insecta: Coleoptera: Curculionidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808668e713834103d" w:history="1">
+      <w:hyperlink r:id="rId41676902136ebdcbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3489,101 +3489,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (Department for Environment Food &amp; Rural Affairs) (2020)  Pest specific plant health response plan: Outbreaks of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839768e71383411e4" w:history="1">
+      <w:hyperlink r:id="rId76556902136ebde6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Pest Survey Card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1887. Available at:   </w:t>
       </w:r>
-      <w:hyperlink r:id="rId539868e7138341236" w:history="1">
+      <w:hyperlink r:id="rId55396902136ebdebf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. EPPO Reporting Service, article 2020/095: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219568e71383412c5" w:history="1">
+      <w:hyperlink r:id="rId68426902136ebdf4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,101 +3735,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii eradicated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the Netherlands. EPPO Reporting Service, article 2014/024: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652268e7138341371" w:history="1">
+      <w:hyperlink r:id="rId17606902136ebdfff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2744</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands. EPPO Reporting Service, article 2012/203: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635268e71383413bf" w:history="1">
+      <w:hyperlink r:id="rId86806902136ebe051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2409</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4341,51 +4341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809068e7138341745" w:history="1">
+      <w:hyperlink r:id="rId95896902136ebe3de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects7010009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4714,51 +4714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494168e71383419ad" w:history="1">
+      <w:hyperlink r:id="rId28986902136ebe63f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4833,63 +4833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15326165" name="name509068e7138341ae3" descr="eu_funding_250.png"/>
+            <wp:docPr id="46068302" name="name89126902136ebe7d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId907568e7138341ae2" cstate="print"/>
+                    <a:blip r:embed="rId80216902136ebe7d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4987,137 +4987,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15903952">
+  <w:abstractNum w:abstractNumId="93700858">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83020798">
+    <w:lvl w:ilvl="0" w:tplc="89355954">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83020798" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89355954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83020798" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89355954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83020798" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89355954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83020798" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89355954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83020798" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89355954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83020798" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89355954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83020798" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89355954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83020798" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89355954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15903951">
+  <w:abstractNum w:abstractNumId="93700857">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78401693">
+    <w:lvl w:ilvl="0" w:tplc="61164201">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5869,55 +5869,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15903951">
-    <w:abstractNumId w:val="15903951"/>
+  <w:num w:numId="93700857">
+    <w:abstractNumId w:val="93700857"/>
   </w:num>
-  <w:num w:numId="15903952">
-    <w:abstractNumId w:val="15903952"/>
+  <w:num w:numId="93700858">
+    <w:abstractNumId w:val="93700858"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17467,51 +17467,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId511912072" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212419811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId106368e713833e24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId646168e713833e2b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId336068e713833e9d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId808668e713834103d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId839768e71383411e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId539868e7138341236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId219568e71383412c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId652268e7138341371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId635268e71383413bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId809068e7138341745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId494168e71383419ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId337668e713833e8bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId337668e713833e8bf.jpg"/><Relationship Id="rId525568e713834032e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId525568e713834032e.jpg"/><Relationship Id="rId907568e7138341ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId907568e7138341ae2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824271097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631661237" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78886902136ebb651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId20916902136ebb6b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId31136902136ebbe43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId41676902136ebdcbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId76556902136ebde6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId55396902136ebdebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId68426902136ebdf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId17606902136ebdfff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId86806902136ebe051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId95896902136ebe3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId28986902136ebe63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16486902136ebbd18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16486902136ebbd18.jpg"/><Relationship Id="rId17316902136ebcf75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17316902136ebcf75.jpg"/><Relationship Id="rId80216902136ebe7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80216902136ebe7d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>