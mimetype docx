--- v1 (2025-10-29)
+++ v2 (2025-11-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Champion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pepper weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78886902136ebb651" w:history="1">
+            <w:hyperlink r:id="rId6302692567ef740d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20916902136ebb6b9" w:history="1">
+            <w:hyperlink r:id="rId6323692567ef7413c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28154105" name="name16536902136ebbd1a" descr="8851.jpg"/>
+                  <wp:docPr id="98881349" name="name4710692567ef74ae0" descr="8851.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8851.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16486902136ebbd18" cstate="print"/>
+                          <a:blip r:embed="rId7176692567ef74ade" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId31136902136ebbe43" w:history="1">
+            <w:hyperlink r:id="rId7480692567ef74bef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from Mexico from where it has spread through Central America, the Caribbean, French Polynesia and Hawaii (Defra, 2020) and southern states of the USA in the first part of the 20th century.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1807845" name="name20326902136ebcf78" descr="ANTHEU_distribution_map.jpg"/>
+            <wp:docPr id="60800325" name="name7673692567ef75ffa" descr="ANTHEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17316902136ebcf75" cstate="print"/>
+                    <a:blip r:embed="rId8165692567ef75ff7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cano and Cuban pepper weevil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faustinus cubae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Boheman) ( Insecta: Coleoptera: Curculionidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41676902136ebdcbe" w:history="1">
+      <w:hyperlink r:id="rId6606692567ef76da2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3489,101 +3489,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (Department for Environment Food &amp; Rural Affairs) (2020)  Pest specific plant health response plan: Outbreaks of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76556902136ebde6a" w:history="1">
+      <w:hyperlink r:id="rId2240692567ef76f54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Pest Survey Card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1887. Available at:   </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55396902136ebdebf" w:history="1">
+      <w:hyperlink r:id="rId7871692567ef76faa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. EPPO Reporting Service, article 2020/095: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68426902136ebdf4f" w:history="1">
+      <w:hyperlink r:id="rId5506692567ef7703a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,101 +3735,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii eradicated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the Netherlands. EPPO Reporting Service, article 2014/024: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17606902136ebdfff" w:history="1">
+      <w:hyperlink r:id="rId4120692567ef770e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2744</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands. EPPO Reporting Service, article 2012/203: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86806902136ebe051" w:history="1">
+      <w:hyperlink r:id="rId1940692567ef7713a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2409</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4341,51 +4341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95896902136ebe3de" w:history="1">
+      <w:hyperlink r:id="rId4259692567ef774d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects7010009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4714,51 +4714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28986902136ebe63f" w:history="1">
+      <w:hyperlink r:id="rId2048692567ef77731" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4833,63 +4833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46068302" name="name89126902136ebe7d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="89952740" name="name8416692567ef7785c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId80216902136ebe7d3" cstate="print"/>
+                    <a:blip r:embed="rId3157692567ef7785b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4987,137 +4987,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93700858">
+  <w:abstractNum w:abstractNumId="49839944">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89355954">
+    <w:lvl w:ilvl="0" w:tplc="32444197">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89355954" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32444197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89355954" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32444197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89355954" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32444197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89355954" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32444197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89355954" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32444197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89355954" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32444197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89355954" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32444197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89355954" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32444197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93700857">
+  <w:abstractNum w:abstractNumId="49839943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61164201">
+    <w:lvl w:ilvl="0" w:tplc="18500082">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5869,55 +5869,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93700857">
-    <w:abstractNumId w:val="93700857"/>
+  <w:num w:numId="49839943">
+    <w:abstractNumId w:val="49839943"/>
   </w:num>
-  <w:num w:numId="93700858">
-    <w:abstractNumId w:val="93700858"/>
+  <w:num w:numId="49839944">
+    <w:abstractNumId w:val="49839944"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17467,51 +17467,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824271097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631661237" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78886902136ebb651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId20916902136ebb6b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId31136902136ebbe43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId41676902136ebdcbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId76556902136ebde6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId55396902136ebdebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId68426902136ebdf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId17606902136ebdfff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId86806902136ebe051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId95896902136ebe3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId28986902136ebe63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16486902136ebbd18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16486902136ebbd18.jpg"/><Relationship Id="rId17316902136ebcf75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17316902136ebcf75.jpg"/><Relationship Id="rId80216902136ebe7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80216902136ebe7d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId407322019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498473885" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6302692567ef740d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId6323692567ef7413c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId7480692567ef74bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId6606692567ef76da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId2240692567ef76f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId7871692567ef76faa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId5506692567ef7703a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId4120692567ef770e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId1940692567ef7713a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId4259692567ef774d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId2048692567ef77731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7176692567ef74ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7176692567ef74ade.jpg"/><Relationship Id="rId8165692567ef75ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8165692567ef75ff7.jpg"/><Relationship Id="rId3157692567ef7785b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3157692567ef7785b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>