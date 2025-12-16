--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Champion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pepper weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6302692567ef740d1" w:history="1">
+            <w:hyperlink r:id="rId63786940e9f82a949" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6323692567ef7413c" w:history="1">
+            <w:hyperlink r:id="rId64526940e9f82a9b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98881349" name="name4710692567ef74ae0" descr="8851.jpg"/>
+                  <wp:docPr id="37234517" name="name98216940e9f82b17a" descr="8851.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8851.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7176692567ef74ade" cstate="print"/>
+                          <a:blip r:embed="rId16076940e9f82b179" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7480692567ef74bef" w:history="1">
+            <w:hyperlink r:id="rId15436940e9f82b27c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from Mexico from where it has spread through Central America, the Caribbean, French Polynesia and Hawaii (Defra, 2020) and southern states of the USA in the first part of the 20th century.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60800325" name="name7673692567ef75ffa" descr="ANTHEU_distribution_map.jpg"/>
+            <wp:docPr id="52355130" name="name94736940e9f82c5f1" descr="ANTHEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8165692567ef75ff7" cstate="print"/>
+                    <a:blip r:embed="rId64686940e9f82c5ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cano and Cuban pepper weevil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faustinus cubae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Boheman) ( Insecta: Coleoptera: Curculionidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6606692567ef76da2" w:history="1">
+      <w:hyperlink r:id="rId86826940e9f82d2f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3489,101 +3489,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (Department for Environment Food &amp; Rural Affairs) (2020)  Pest specific plant health response plan: Outbreaks of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2240692567ef76f54" w:history="1">
+      <w:hyperlink r:id="rId85646940e9f82d4a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Pest Survey Card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1887. Available at:   </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7871692567ef76faa" w:history="1">
+      <w:hyperlink r:id="rId74166940e9f82d4f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. EPPO Reporting Service, article 2020/095: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5506692567ef7703a" w:history="1">
+      <w:hyperlink r:id="rId83356940e9f82d584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,101 +3735,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii eradicated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the Netherlands. EPPO Reporting Service, article 2014/024: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4120692567ef770e9" w:history="1">
+      <w:hyperlink r:id="rId38896940e9f82d632" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2744</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands. EPPO Reporting Service, article 2012/203: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1940692567ef7713a" w:history="1">
+      <w:hyperlink r:id="rId53816940e9f82d682" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2409</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4341,51 +4341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4259692567ef774d1" w:history="1">
+      <w:hyperlink r:id="rId40336940e9f82da08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects7010009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4714,51 +4714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2048692567ef77731" w:history="1">
+      <w:hyperlink r:id="rId54486940e9f82dc86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4833,63 +4833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89952740" name="name8416692567ef7785c" descr="eu_funding_250.png"/>
+            <wp:docPr id="34906164" name="name80326940e9f82ddda" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3157692567ef7785b" cstate="print"/>
+                    <a:blip r:embed="rId35386940e9f82ddd9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4987,137 +4987,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49839944">
+  <w:abstractNum w:abstractNumId="38589747">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32444197">
+    <w:lvl w:ilvl="0" w:tplc="12655345">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32444197" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12655345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32444197" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12655345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32444197" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12655345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32444197" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12655345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32444197" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12655345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32444197" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12655345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32444197" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12655345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32444197" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12655345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49839943">
+  <w:abstractNum w:abstractNumId="38589746">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18500082">
+    <w:lvl w:ilvl="0" w:tplc="25098456">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5869,55 +5869,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49839943">
-    <w:abstractNumId w:val="49839943"/>
+  <w:num w:numId="38589746">
+    <w:abstractNumId w:val="38589746"/>
   </w:num>
-  <w:num w:numId="49839944">
-    <w:abstractNumId w:val="49839944"/>
+  <w:num w:numId="38589747">
+    <w:abstractNumId w:val="38589747"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17467,51 +17467,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId407322019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498473885" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6302692567ef740d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId6323692567ef7413c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId7480692567ef74bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId6606692567ef76da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId2240692567ef76f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId7871692567ef76faa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId5506692567ef7703a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId4120692567ef770e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId1940692567ef7713a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId4259692567ef774d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId2048692567ef77731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7176692567ef74ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7176692567ef74ade.jpg"/><Relationship Id="rId8165692567ef75ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8165692567ef75ff7.jpg"/><Relationship Id="rId3157692567ef7785b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3157692567ef7785b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId941831991" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId469650858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63786940e9f82a949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId64526940e9f82a9b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId15436940e9f82b27c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId86826940e9f82d2f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId85646940e9f82d4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId74166940e9f82d4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId83356940e9f82d584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId38896940e9f82d632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId53816940e9f82d682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId40336940e9f82da08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId54486940e9f82dc86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16076940e9f82b179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16076940e9f82b179.jpg"/><Relationship Id="rId64686940e9f82c5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64686940e9f82c5ee.jpg"/><Relationship Id="rId35386940e9f82ddd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35386940e9f82ddd9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>