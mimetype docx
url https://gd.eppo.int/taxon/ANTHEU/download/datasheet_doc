--- v3 (2025-12-16)
+++ v4 (2026-02-11)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Champion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pepper weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63786940e9f82a949" w:history="1">
+            <w:hyperlink r:id="rId5303698c511544dbc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64526940e9f82a9b2" w:history="1">
+            <w:hyperlink r:id="rId4192698c511544e2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37234517" name="name98216940e9f82b17a" descr="8851.jpg"/>
+                  <wp:docPr id="64317751" name="name3203698c511545402" descr="8851.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8851.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16076940e9f82b179" cstate="print"/>
+                          <a:blip r:embed="rId4402698c511545401" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId15436940e9f82b27c" w:history="1">
+            <w:hyperlink r:id="rId3179698c511545534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from Mexico from where it has spread through Central America, the Caribbean, French Polynesia and Hawaii (Defra, 2020) and southern states of the USA in the first part of the 20th century.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52355130" name="name94736940e9f82c5f1" descr="ANTHEU_distribution_map.jpg"/>
+            <wp:docPr id="8379814" name="name4622698c511546a80" descr="ANTHEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64686940e9f82c5ee" cstate="print"/>
+                    <a:blip r:embed="rId6071698c511546a73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cano and Cuban pepper weevil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faustinus cubae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Boheman) ( Insecta: Coleoptera: Curculionidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86826940e9f82d2f8" w:history="1">
+      <w:hyperlink r:id="rId6161698c511547932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3489,101 +3489,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (Department for Environment Food &amp; Rural Affairs) (2020)  Pest specific plant health response plan: Outbreaks of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85646940e9f82d4a2" w:history="1">
+      <w:hyperlink r:id="rId8488698c511547adb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Pest Survey Card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1887. Available at:   </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74166940e9f82d4f5" w:history="1">
+      <w:hyperlink r:id="rId9716698c511547b2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. EPPO Reporting Service, article 2020/095: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83356940e9f82d584" w:history="1">
+      <w:hyperlink r:id="rId7589698c511547bcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,101 +3735,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii eradicated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the Netherlands. EPPO Reporting Service, article 2014/024: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38896940e9f82d632" w:history="1">
+      <w:hyperlink r:id="rId2849698c511547c7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2744</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands. EPPO Reporting Service, article 2012/203: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53816940e9f82d682" w:history="1">
+      <w:hyperlink r:id="rId7828698c511547cce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2409</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4341,51 +4341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40336940e9f82da08" w:history="1">
+      <w:hyperlink r:id="rId1285698c511548066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects7010009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4692,73 +4692,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54486940e9f82dc86" w:history="1">
+      <w:hyperlink r:id="rId8895698c511548396" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4833,63 +4833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34906164" name="name80326940e9f82ddda" descr="eu_funding_250.png"/>
+            <wp:docPr id="85192922" name="name9617698c5115484ff" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35386940e9f82ddd9" cstate="print"/>
+                    <a:blip r:embed="rId1960698c5115484fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4987,137 +4987,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38589747">
+  <w:abstractNum w:abstractNumId="83600278">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12655345">
+    <w:lvl w:ilvl="0" w:tplc="27913337">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12655345" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27913337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12655345" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27913337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12655345" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27913337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12655345" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27913337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12655345" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27913337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12655345" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27913337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12655345" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27913337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12655345" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27913337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38589746">
+  <w:abstractNum w:abstractNumId="83600277">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25098456">
+    <w:lvl w:ilvl="0" w:tplc="45831667">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5869,55 +5869,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38589746">
-    <w:abstractNumId w:val="38589746"/>
+  <w:num w:numId="83600277">
+    <w:abstractNumId w:val="83600277"/>
   </w:num>
-  <w:num w:numId="38589747">
-    <w:abstractNumId w:val="38589747"/>
+  <w:num w:numId="83600278">
+    <w:abstractNumId w:val="83600278"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17467,51 +17467,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId941831991" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId469650858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63786940e9f82a949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId64526940e9f82a9b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId15436940e9f82b27c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId86826940e9f82d2f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId85646940e9f82d4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId74166940e9f82d4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId83356940e9f82d584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId38896940e9f82d632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId53816940e9f82d682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId40336940e9f82da08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId54486940e9f82dc86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16076940e9f82b179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16076940e9f82b179.jpg"/><Relationship Id="rId64686940e9f82c5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64686940e9f82c5ee.jpg"/><Relationship Id="rId35386940e9f82ddd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35386940e9f82ddd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId561533643" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId325371685" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5303698c511544dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId4192698c511544e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId3179698c511545534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId6161698c511547932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId8488698c511547adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId9716698c511547b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId7589698c511547bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId2849698c511547c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId7828698c511547cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId1285698c511548066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId8895698c511548396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4402698c511545401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4402698c511545401.jpg"/><Relationship Id="rId6071698c511546a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6071698c511546a73.jpg"/><Relationship Id="rId1960698c5115484fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1960698c5115484fd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>