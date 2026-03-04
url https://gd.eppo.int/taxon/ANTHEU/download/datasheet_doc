--- v4 (2026-02-11)
+++ v5 (2026-03-04)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Champion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pepper weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5303698c511544dbc" w:history="1">
+            <w:hyperlink r:id="rId106069a88df5de135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4192698c511544e2c" w:history="1">
+            <w:hyperlink r:id="rId133869a88df5de1a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANTHEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64317751" name="name3203698c511545402" descr="8851.jpg"/>
+                  <wp:docPr id="19124530" name="name895869a88df5de779" descr="8851.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8851.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4402698c511545401" cstate="print"/>
+                          <a:blip r:embed="rId232569a88df5de777" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3179698c511545534" w:history="1">
+            <w:hyperlink r:id="rId493469a88df5de8ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates from Mexico from where it has spread through Central America, the Caribbean, French Polynesia and Hawaii (Defra, 2020) and southern states of the USA in the first part of the 20th century.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8379814" name="name4622698c511546a80" descr="ANTHEU_distribution_map.jpg"/>
+            <wp:docPr id="59632235" name="name786469a88df5df83e" descr="ANTHEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6071698c511546a73" cstate="print"/>
+                    <a:blip r:embed="rId742669a88df5df83b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cano and Cuban pepper weevil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faustinus cubae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Boheman) ( Insecta: Coleoptera: Curculionidae). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6161698c511547932" w:history="1">
+      <w:hyperlink r:id="rId892069a88df5e05d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/in555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3489,101 +3489,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEFRA (Department for Environment Food &amp; Rural Affairs) (2020)  Pest specific plant health response plan: Outbreaks of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8488698c511547adb" w:history="1">
+      <w:hyperlink r:id="rId767969a88df5e0780" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Pest Survey Card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2020:EN-1887. Available at:   </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9716698c511547b2f" w:history="1">
+      <w:hyperlink r:id="rId518969a88df5e07d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Eradication of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. EPPO Reporting Service, article 2020/095: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7589698c511547bcc" w:history="1">
+      <w:hyperlink r:id="rId212569a88df5e0865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3735,101 +3735,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii eradicated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the Netherlands. EPPO Reporting Service, article 2014/024: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2849698c511547c7c" w:history="1">
+      <w:hyperlink r:id="rId953869a88df5e0911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2744</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands. EPPO Reporting Service, article 2012/203: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7828698c511547cce" w:history="1">
+      <w:hyperlink r:id="rId779869a88df5e0961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2409</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4341,51 +4341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1285698c511548066" w:history="1">
+      <w:hyperlink r:id="rId223969a88df5e0cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects7010009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4714,51 +4714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus eugenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8895698c511548396" w:history="1">
+      <w:hyperlink r:id="rId327069a88df5e0f70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4833,63 +4833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85192922" name="name9617698c5115484ff" descr="eu_funding_250.png"/>
+            <wp:docPr id="76382151" name="name514469a88df5e109c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1960698c5115484fd" cstate="print"/>
+                    <a:blip r:embed="rId604069a88df5e109b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4987,137 +4987,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83600278">
+  <w:abstractNum w:abstractNumId="82251899">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27913337">
+    <w:lvl w:ilvl="0" w:tplc="41623642">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27913337" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41623642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27913337" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41623642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27913337" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41623642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27913337" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41623642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27913337" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41623642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27913337" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41623642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27913337" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41623642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27913337" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41623642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83600277">
+  <w:abstractNum w:abstractNumId="82251898">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45831667">
+    <w:lvl w:ilvl="0" w:tplc="62931695">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5869,55 +5869,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83600277">
-    <w:abstractNumId w:val="83600277"/>
+  <w:num w:numId="82251898">
+    <w:abstractNumId w:val="82251898"/>
   </w:num>
-  <w:num w:numId="83600278">
-    <w:abstractNumId w:val="83600278"/>
+  <w:num w:numId="82251899">
+    <w:abstractNumId w:val="82251899"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17467,51 +17467,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId561533643" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId325371685" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5303698c511544dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId4192698c511544e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId3179698c511545534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId6161698c511547932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId8488698c511547adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId9716698c511547b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId7589698c511547bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId2849698c511547c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId7828698c511547cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId1285698c511548066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId8895698c511548396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4402698c511545401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4402698c511545401.jpg"/><Relationship Id="rId6071698c511546a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6071698c511546a73.jpg"/><Relationship Id="rId1960698c5115484fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1960698c5115484fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId845768853" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId335187861" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId106069a88df5de135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/" TargetMode="External"/><Relationship Id="rId133869a88df5de1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/categorization" TargetMode="External"/><Relationship Id="rId493469a88df5de8ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHEU/photos" TargetMode="External"/><Relationship Id="rId892069a88df5e05d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/in555" TargetMode="External"/><Relationship Id="rId767969a88df5e0780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/contingency-planning/" TargetMode="External"/><Relationship Id="rId518969a88df5e07d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1887" TargetMode="External"/><Relationship Id="rId212569a88df5e0865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6773" TargetMode="External"/><Relationship Id="rId953869a88df5e0911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2744" TargetMode="External"/><Relationship Id="rId779869a88df5e0961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2409" TargetMode="External"/><Relationship Id="rId223969a88df5e0cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects7010009" TargetMode="External"/><Relationship Id="rId327069a88df5e0f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId232569a88df5de777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId232569a88df5de777.jpg"/><Relationship Id="rId742669a88df5df83b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742669a88df5df83b.jpg"/><Relationship Id="rId604069a88df5e109b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId604069a88df5e109b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>