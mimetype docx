--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Matsumara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese strawberry blossom weevil, Japanese strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId858068e6e77899ef5" w:history="1">
+            <w:hyperlink r:id="rId573269187a8a9d803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127368e6e77899f5f" w:history="1">
+            <w:hyperlink r:id="rId213869187a8a9d86c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -768,63 +768,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is known from Japan (Hokkaido, Honshu, Shikoku, Kyushu, Tsushima), Kurils, Sakhalin, the Korean peninsula, and Russian (Siberia, Far East).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2483160" name="name866968e6e7789adb2" descr="ANTHBI_distribution_map.jpg"/>
+            <wp:docPr id="40854708" name="name836869187a8a9e7a6" descr="ANTHBI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHBI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId775568e6e7789adaf" cstate="print"/>
+                    <a:blip r:embed="rId121469187a8a9e7a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2024,51 +2024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) Cooperative catalog of Palearctic Coleoptera. Monografías electrónicas SEA 8 Sociedad Entomológica Aragonesa S.E.A. Zaragoza (Spain), 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889868e6e7789b868" w:history="1">
+      <w:hyperlink r:id="rId322669187a8a9f225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3494,51 +3494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548568e6e7789c21b" w:history="1">
+      <w:hyperlink r:id="rId657669187a8a9fba1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3613,63 +3613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2259445" name="name674468e6e7789c32f" descr="eu_funding_250.png"/>
+            <wp:docPr id="69460614" name="name255769187a8a9fe1b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId852568e6e7789c32e" cstate="print"/>
+                    <a:blip r:embed="rId800469187a8a9fe1a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3767,137 +3767,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29004311">
+  <w:abstractNum w:abstractNumId="46052828">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67762353">
+    <w:lvl w:ilvl="0" w:tplc="57746564">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67762353" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57746564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67762353" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57746564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67762353" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57746564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67762353" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57746564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67762353" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57746564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67762353" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57746564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67762353" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57746564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67762353" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57746564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29004310">
+  <w:abstractNum w:abstractNumId="46052827">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65006283">
+    <w:lvl w:ilvl="0" w:tplc="33110760">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4649,55 +4649,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29004310">
-    <w:abstractNumId w:val="29004310"/>
+  <w:num w:numId="46052827">
+    <w:abstractNumId w:val="46052827"/>
   </w:num>
-  <w:num w:numId="29004311">
-    <w:abstractNumId w:val="29004311"/>
+  <w:num w:numId="46052828">
+    <w:abstractNumId w:val="46052828"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16247,51 +16247,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId875705714" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId893481286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId858068e6e77899ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId127368e6e77899f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId889868e6e7789b868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId548568e6e7789c21b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId775568e6e7789adaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775568e6e7789adaf.jpg"/><Relationship Id="rId852568e6e7789c32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId852568e6e7789c32e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394441201" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316221396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId573269187a8a9d803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId213869187a8a9d86c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId322669187a8a9f225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId657669187a8a9fba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId121469187a8a9e7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId121469187a8a9e7a4.jpg"/><Relationship Id="rId800469187a8a9fe1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800469187a8a9fe1a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>