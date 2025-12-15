--- v1 (2025-11-15)
+++ v2 (2025-12-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Matsumara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese strawberry blossom weevil, Japanese strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573269187a8a9d803" w:history="1">
+            <w:hyperlink r:id="rId4813694095737ae54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213869187a8a9d86c" w:history="1">
+            <w:hyperlink r:id="rId1798694095737aebc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -768,63 +768,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is known from Japan (Hokkaido, Honshu, Shikoku, Kyushu, Tsushima), Kurils, Sakhalin, the Korean peninsula, and Russian (Siberia, Far East).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40854708" name="name836869187a8a9e7a6" descr="ANTHBI_distribution_map.jpg"/>
+            <wp:docPr id="36904244" name="name6498694095737c0a3" descr="ANTHBI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHBI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId121469187a8a9e7a4" cstate="print"/>
+                    <a:blip r:embed="rId5506694095737c0a1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2024,51 +2024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) Cooperative catalog of Palearctic Coleoptera. Monografías electrónicas SEA 8 Sociedad Entomológica Aragonesa S.E.A. Zaragoza (Spain), 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322669187a8a9f225" w:history="1">
+      <w:hyperlink r:id="rId2177694095737ca4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3494,51 +3494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657669187a8a9fba1" w:history="1">
+      <w:hyperlink r:id="rId8019694095737d386" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3613,63 +3613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69460614" name="name255769187a8a9fe1b" descr="eu_funding_250.png"/>
+            <wp:docPr id="85953796" name="name9916694095737d483" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId800469187a8a9fe1a" cstate="print"/>
+                    <a:blip r:embed="rId6970694095737d482" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3767,137 +3767,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46052828">
+  <w:abstractNum w:abstractNumId="51296101">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57746564">
+    <w:lvl w:ilvl="0" w:tplc="56711343">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57746564" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56711343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57746564" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56711343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57746564" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56711343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57746564" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56711343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57746564" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56711343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57746564" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56711343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57746564" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56711343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57746564" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56711343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46052827">
+  <w:abstractNum w:abstractNumId="51296100">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33110760">
+    <w:lvl w:ilvl="0" w:tplc="53384737">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4649,55 +4649,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46052827">
-    <w:abstractNumId w:val="46052827"/>
+  <w:num w:numId="51296100">
+    <w:abstractNumId w:val="51296100"/>
   </w:num>
-  <w:num w:numId="46052828">
-    <w:abstractNumId w:val="46052828"/>
+  <w:num w:numId="51296101">
+    <w:abstractNumId w:val="51296101"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16247,51 +16247,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394441201" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316221396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId573269187a8a9d803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId213869187a8a9d86c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId322669187a8a9f225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId657669187a8a9fba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId121469187a8a9e7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId121469187a8a9e7a4.jpg"/><Relationship Id="rId800469187a8a9fe1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800469187a8a9fe1a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997685227" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId154201236" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4813694095737ae54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId1798694095737aebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId2177694095737ca4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId8019694095737d386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5506694095737c0a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5506694095737c0a1.jpg"/><Relationship Id="rId6970694095737d482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6970694095737d482.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>