--- v2 (2025-12-15)
+++ v3 (2026-01-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Matsumara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese strawberry blossom weevil, Japanese strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4813694095737ae54" w:history="1">
+            <w:hyperlink r:id="rId3690695dee76008f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1798694095737aebc" w:history="1">
+            <w:hyperlink r:id="rId1932695dee7600944" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -768,63 +768,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is known from Japan (Hokkaido, Honshu, Shikoku, Kyushu, Tsushima), Kurils, Sakhalin, the Korean peninsula, and Russian (Siberia, Far East).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36904244" name="name6498694095737c0a3" descr="ANTHBI_distribution_map.jpg"/>
+            <wp:docPr id="59677045" name="name6114695dee760290d" descr="ANTHBI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHBI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5506694095737c0a1" cstate="print"/>
+                    <a:blip r:embed="rId4837695dee760290a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2024,51 +2024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) Cooperative catalog of Palearctic Coleoptera. Monografías electrónicas SEA 8 Sociedad Entomológica Aragonesa S.E.A. Zaragoza (Spain), 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2177694095737ca4f" w:history="1">
+      <w:hyperlink r:id="rId5432695dee760307d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3472,73 +3472,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8019694095737d386" w:history="1">
+      <w:hyperlink r:id="rId7067695dee7603728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3613,63 +3613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85953796" name="name9916694095737d483" descr="eu_funding_250.png"/>
+            <wp:docPr id="38420506" name="name4429695dee7604e0c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6970694095737d482" cstate="print"/>
+                    <a:blip r:embed="rId8887695dee7604e0a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3767,137 +3767,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51296101">
+  <w:abstractNum w:abstractNumId="21669061">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56711343">
+    <w:lvl w:ilvl="0" w:tplc="78303433">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56711343" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78303433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56711343" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78303433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56711343" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78303433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56711343" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78303433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56711343" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78303433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56711343" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78303433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56711343" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78303433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56711343" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78303433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51296100">
+  <w:abstractNum w:abstractNumId="21669060">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53384737">
+    <w:lvl w:ilvl="0" w:tplc="77151492">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4649,55 +4649,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51296100">
-    <w:abstractNumId w:val="51296100"/>
+  <w:num w:numId="21669060">
+    <w:abstractNumId w:val="21669060"/>
   </w:num>
-  <w:num w:numId="51296101">
-    <w:abstractNumId w:val="51296101"/>
+  <w:num w:numId="21669061">
+    <w:abstractNumId w:val="21669061"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16247,51 +16247,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997685227" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId154201236" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4813694095737ae54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId1798694095737aebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId2177694095737ca4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId8019694095737d386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5506694095737c0a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5506694095737c0a1.jpg"/><Relationship Id="rId6970694095737d482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6970694095737d482.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId334647021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId996888278" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3690695dee76008f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId1932695dee7600944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId5432695dee760307d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId7067695dee7603728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4837695dee760290a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4837695dee760290a.jpg"/><Relationship Id="rId8887695dee7604e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8887695dee7604e0a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>