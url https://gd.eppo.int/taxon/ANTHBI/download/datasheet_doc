--- v3 (2026-01-07)
+++ v4 (2026-02-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Matsumara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese strawberry blossom weevil, Japanese strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3690695dee76008f1" w:history="1">
+            <w:hyperlink r:id="rId24696989eabe0232f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1932695dee7600944" w:history="1">
+            <w:hyperlink r:id="rId31766989eabe0239a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -768,105 +768,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is known from Japan (Hokkaido, Honshu, Shikoku, Kyushu, Tsushima), Kurils, Sakhalin, the Korean peninsula, and Russian (Siberia, Far East).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59677045" name="name6114695dee760290d" descr="ANTHBI_distribution_map.jpg"/>
+            <wp:docPr id="65595031" name="name94336989eabe0362d" descr="ANTHBI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHBI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4837695dee760290a" cstate="print"/>
+                    <a:blip r:embed="rId84876989eabe0362a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Eastern Siberia, Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Eastern Siberia, Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2024,51 +2024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) Cooperative catalog of Palearctic Coleoptera. Monografías electrónicas SEA 8 Sociedad Entomológica Aragonesa S.E.A. Zaragoza (Spain), 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5432695dee760307d" w:history="1">
+      <w:hyperlink r:id="rId25026989eabe040bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3494,51 +3494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7067695dee7603728" w:history="1">
+      <w:hyperlink r:id="rId83216989eabe04a03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3613,63 +3613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38420506" name="name4429695dee7604e0c" descr="eu_funding_250.png"/>
+            <wp:docPr id="50236557" name="name90526989eabe04b57" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8887695dee7604e0a" cstate="print"/>
+                    <a:blip r:embed="rId63876989eabe04b56" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3767,137 +3767,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21669061">
+  <w:abstractNum w:abstractNumId="72679445">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78303433">
+    <w:lvl w:ilvl="0" w:tplc="62189790">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78303433" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62189790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78303433" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62189790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78303433" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62189790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78303433" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62189790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78303433" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62189790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78303433" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62189790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78303433" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62189790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78303433" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62189790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21669060">
+  <w:abstractNum w:abstractNumId="72679444">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77151492">
+    <w:lvl w:ilvl="0" w:tplc="33087697">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4649,55 +4649,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21669060">
-    <w:abstractNumId w:val="21669060"/>
+  <w:num w:numId="72679444">
+    <w:abstractNumId w:val="72679444"/>
   </w:num>
-  <w:num w:numId="21669061">
-    <w:abstractNumId w:val="21669061"/>
+  <w:num w:numId="72679445">
+    <w:abstractNumId w:val="72679445"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16247,51 +16247,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId334647021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId996888278" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3690695dee76008f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId1932695dee7600944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId5432695dee760307d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId7067695dee7603728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4837695dee760290a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4837695dee760290a.jpg"/><Relationship Id="rId8887695dee7604e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8887695dee7604e0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId711973281" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId756460451" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24696989eabe0232f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId31766989eabe0239a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId25026989eabe040bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId83216989eabe04a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId84876989eabe0362a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84876989eabe0362a.jpg"/><Relationship Id="rId63876989eabe04b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63876989eabe04b56.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>