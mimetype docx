--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Matsumara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese strawberry blossom weevil, Japanese strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24696989eabe0232f" w:history="1">
+            <w:hyperlink r:id="rId422269a6b7cc2ceef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31766989eabe0239a" w:history="1">
+            <w:hyperlink r:id="rId889469a6b7cc2cf68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -768,63 +768,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is known from Japan (Hokkaido, Honshu, Shikoku, Kyushu, Tsushima), Kurils, Sakhalin, the Korean peninsula, and Russian (Siberia, Far East).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65595031" name="name94336989eabe0362d" descr="ANTHBI_distribution_map.jpg"/>
+            <wp:docPr id="21802736" name="name555769a6b7cc2e179" descr="ANTHBI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHBI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84876989eabe0362a" cstate="print"/>
+                    <a:blip r:embed="rId971069a6b7cc2e175" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2024,51 +2024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) Cooperative catalog of Palearctic Coleoptera. Monografías electrónicas SEA 8 Sociedad Entomológica Aragonesa S.E.A. Zaragoza (Spain), 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25026989eabe040bb" w:history="1">
+      <w:hyperlink r:id="rId692169a6b7cc2ebc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3494,51 +3494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83216989eabe04a03" w:history="1">
+      <w:hyperlink r:id="rId444569a6b7cc2f544" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3613,63 +3613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50236557" name="name90526989eabe04b57" descr="eu_funding_250.png"/>
+            <wp:docPr id="74882799" name="name225669a6b7cc2f68a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63876989eabe04b56" cstate="print"/>
+                    <a:blip r:embed="rId869069a6b7cc2f689" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3767,137 +3767,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72679445">
+  <w:abstractNum w:abstractNumId="20257138">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62189790">
+    <w:lvl w:ilvl="0" w:tplc="87866095">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62189790" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87866095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62189790" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87866095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62189790" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87866095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62189790" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87866095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62189790" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87866095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62189790" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87866095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62189790" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87866095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62189790" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87866095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72679444">
+  <w:abstractNum w:abstractNumId="20257137">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33087697">
+    <w:lvl w:ilvl="0" w:tplc="28571093">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4649,55 +4649,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72679444">
-    <w:abstractNumId w:val="72679444"/>
+  <w:num w:numId="20257137">
+    <w:abstractNumId w:val="20257137"/>
   </w:num>
-  <w:num w:numId="72679445">
-    <w:abstractNumId w:val="72679445"/>
+  <w:num w:numId="20257138">
+    <w:abstractNumId w:val="20257138"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16247,51 +16247,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId711973281" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId756460451" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24696989eabe0232f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId31766989eabe0239a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId25026989eabe040bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId83216989eabe04a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId84876989eabe0362a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84876989eabe0362a.jpg"/><Relationship Id="rId63876989eabe04b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63876989eabe04b56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832393050" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId641293111" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId422269a6b7cc2ceef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId889469a6b7cc2cf68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId692169a6b7cc2ebc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId444569a6b7cc2f544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId971069a6b7cc2e175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId971069a6b7cc2e175.jpg"/><Relationship Id="rId869069a6b7cc2f689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId869069a6b7cc2f689.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>