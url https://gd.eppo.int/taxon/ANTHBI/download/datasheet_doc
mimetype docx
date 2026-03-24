--- v5 (2026-03-03)
+++ v6 (2026-03-24)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Matsumara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese strawberry blossom weevil, Japanese strawberry weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422269a6b7cc2ceef" w:history="1">
+            <w:hyperlink r:id="rId987769c1dbd5461ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId889469a6b7cc2cf68" w:history="1">
+            <w:hyperlink r:id="rId434969c1dbd54621a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -768,63 +768,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is known from Japan (Hokkaido, Honshu, Shikoku, Kyushu, Tsushima), Kurils, Sakhalin, the Korean peninsula, and Russian (Siberia, Far East).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21802736" name="name555769a6b7cc2e179" descr="ANTHBI_distribution_map.jpg"/>
+            <wp:docPr id="30766428" name="name756269c1dbd546fe9" descr="ANTHBI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANTHBI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId971069a6b7cc2e175" cstate="print"/>
+                    <a:blip r:embed="rId661969c1dbd546fe7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2024,51 +2024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) Cooperative catalog of Palearctic Coleoptera. Monografías electrónicas SEA 8 Sociedad Entomológica Aragonesa S.E.A. Zaragoza (Spain), 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692169a6b7cc2ebc9" w:history="1">
+      <w:hyperlink r:id="rId490269c1dbd547c8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3494,51 +3494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anthonomus bisignifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId444569a6b7cc2f544" w:history="1">
+      <w:hyperlink r:id="rId508269c1dbd54870e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3613,63 +3613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74882799" name="name225669a6b7cc2f68a" descr="eu_funding_250.png"/>
+            <wp:docPr id="48850613" name="name901169c1dbd548883" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId869069a6b7cc2f689" cstate="print"/>
+                    <a:blip r:embed="rId183069c1dbd548882" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3767,137 +3767,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20257138">
+  <w:abstractNum w:abstractNumId="95246328">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87866095">
+    <w:lvl w:ilvl="0" w:tplc="48505737">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87866095" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48505737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87866095" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48505737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87866095" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48505737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87866095" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48505737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87866095" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48505737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87866095" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48505737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87866095" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48505737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87866095" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48505737" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20257137">
+  <w:abstractNum w:abstractNumId="95246327">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28571093">
+    <w:lvl w:ilvl="0" w:tplc="66882698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4649,55 +4649,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20257137">
-    <w:abstractNumId w:val="20257137"/>
+  <w:num w:numId="95246327">
+    <w:abstractNumId w:val="95246327"/>
   </w:num>
-  <w:num w:numId="20257138">
-    <w:abstractNumId w:val="20257138"/>
+  <w:num w:numId="95246328">
+    <w:abstractNumId w:val="95246328"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16247,51 +16247,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832393050" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId641293111" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId422269a6b7cc2ceef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId889469a6b7cc2cf68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId692169a6b7cc2ebc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId444569a6b7cc2f544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId971069a6b7cc2e175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId971069a6b7cc2e175.jpg"/><Relationship Id="rId869069a6b7cc2f689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId869069a6b7cc2f689.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId228266934" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId299038524" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId987769c1dbd5461ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/" TargetMode="External"/><Relationship Id="rId434969c1dbd54621a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANTHBI/categorization" TargetMode="External"/><Relationship Id="rId490269c1dbd547c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId508269c1dbd54870e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId661969c1dbd546fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId661969c1dbd546fe7.jpg"/><Relationship Id="rId183069c1dbd548882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183069c1dbd548882.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>