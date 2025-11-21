--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Caribbean fruit fly, greater Antillean fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId915368e641437e90e" w:history="1">
+            <w:hyperlink r:id="rId2087691fe4fca1daf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453068e641437e976" w:history="1">
+            <w:hyperlink r:id="rId1627691fe4fca1e18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -548,51 +548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seín (1933) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha longimacula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Greene (1934) are recognized as synonyms. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898468e641437eabd" w:history="1">
+      <w:hyperlink r:id="rId3250691fe4fca1f5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2984,63 +2984,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1993).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80324695" name="name290068e6414380a31" descr="ANSTSU_distribution_map.jpg"/>
+            <wp:docPr id="69406060" name="name6087691fe4fca3ad7" descr="ANSTSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId226468e6414380a2e" cstate="print"/>
+                    <a:blip r:embed="rId7088691fe4fca3ad5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6010,51 +6010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856068e6414381f2e" w:history="1">
+      <w:hyperlink r:id="rId2280691fe4fca5037" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8616,51 +8616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha suspensa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636268e6414382f85" w:history="1">
+      <w:hyperlink r:id="rId3834691fe4fca60bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8755,63 +8755,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91293182" name="name534668e64143830d1" descr="eu_funding_250.png"/>
+            <wp:docPr id="11863044" name="name9696691fe4fca6449" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId773868e64143830d0" cstate="print"/>
+                    <a:blip r:embed="rId1025691fe4fca6448" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8909,137 +8909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76034255">
+  <w:abstractNum w:abstractNumId="98252453">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82126541">
+    <w:lvl w:ilvl="0" w:tplc="59422823">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82126541" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59422823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82126541" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59422823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82126541" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59422823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82126541" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59422823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82126541" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59422823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82126541" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59422823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82126541" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59422823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82126541" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59422823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76034254">
+  <w:abstractNum w:abstractNumId="98252452">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56999507">
+    <w:lvl w:ilvl="0" w:tplc="91064260">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9791,55 +9791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76034254">
-    <w:abstractNumId w:val="76034254"/>
+  <w:num w:numId="98252452">
+    <w:abstractNumId w:val="98252452"/>
   </w:num>
-  <w:num w:numId="76034255">
-    <w:abstractNumId w:val="76034255"/>
+  <w:num w:numId="98252453">
+    <w:abstractNumId w:val="98252453"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21389,51 +21389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846664127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724729006" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId915368e641437e90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId453068e641437e976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId898468e641437eabd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId856068e6414381f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId636268e6414382f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId226468e6414380a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId226468e6414380a2e.jpg"/><Relationship Id="rId773868e64143830d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773868e64143830d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId873725586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId748311930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2087691fe4fca1daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId1627691fe4fca1e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId3250691fe4fca1f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2280691fe4fca5037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3834691fe4fca60bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7088691fe4fca3ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7088691fe4fca3ad5.jpg"/><Relationship Id="rId1025691fe4fca6448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1025691fe4fca6448.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>