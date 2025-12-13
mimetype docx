--- v1 (2025-11-21)
+++ v2 (2025-12-13)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Caribbean fruit fly, greater Antillean fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2087691fe4fca1daf" w:history="1">
+            <w:hyperlink r:id="rId2170693cb22947218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1627691fe4fca1e18" w:history="1">
+            <w:hyperlink r:id="rId8199693cb22947281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -548,51 +548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seín (1933) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha longimacula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Greene (1934) are recognized as synonyms. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3250691fe4fca1f5f" w:history="1">
+      <w:hyperlink r:id="rId1210693cb229473c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2984,63 +2984,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1993).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69406060" name="name6087691fe4fca3ad7" descr="ANSTSU_distribution_map.jpg"/>
+            <wp:docPr id="6559263" name="name9785693cb22949109" descr="ANSTSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7088691fe4fca3ad5" cstate="print"/>
+                    <a:blip r:embed="rId7675693cb22949106" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6010,51 +6010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2280691fe4fca5037" w:history="1">
+      <w:hyperlink r:id="rId7260693cb2294a68f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8616,51 +8616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha suspensa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3834691fe4fca60bb" w:history="1">
+      <w:hyperlink r:id="rId9383693cb2294b6d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8755,63 +8755,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11863044" name="name9696691fe4fca6449" descr="eu_funding_250.png"/>
+            <wp:docPr id="68783817" name="name5312693cb2294bc4e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1025691fe4fca6448" cstate="print"/>
+                    <a:blip r:embed="rId2719693cb2294bc4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8909,137 +8909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98252453">
+  <w:abstractNum w:abstractNumId="22836220">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59422823">
+    <w:lvl w:ilvl="0" w:tplc="29312835">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59422823" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29312835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59422823" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29312835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59422823" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29312835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59422823" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29312835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59422823" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29312835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59422823" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29312835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59422823" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29312835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59422823" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29312835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98252452">
+  <w:abstractNum w:abstractNumId="22836219">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91064260">
+    <w:lvl w:ilvl="0" w:tplc="22398693">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9791,55 +9791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98252452">
-    <w:abstractNumId w:val="98252452"/>
+  <w:num w:numId="22836219">
+    <w:abstractNumId w:val="22836219"/>
   </w:num>
-  <w:num w:numId="98252453">
-    <w:abstractNumId w:val="98252453"/>
+  <w:num w:numId="22836220">
+    <w:abstractNumId w:val="22836220"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21389,51 +21389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId873725586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId748311930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2087691fe4fca1daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId1627691fe4fca1e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId3250691fe4fca1f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2280691fe4fca5037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3834691fe4fca60bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7088691fe4fca3ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7088691fe4fca3ad5.jpg"/><Relationship Id="rId1025691fe4fca6448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1025691fe4fca6448.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId559414622" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId890157718" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2170693cb22947218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId8199693cb22947281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId1210693cb229473c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId7260693cb2294a68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId9383693cb2294b6d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7675693cb22949106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7675693cb22949106.jpg"/><Relationship Id="rId2719693cb2294bc4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2719693cb2294bc4c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>