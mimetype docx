--- v2 (2025-12-13)
+++ v3 (2026-01-21)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Caribbean fruit fly, greater Antillean fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2170693cb22947218" w:history="1">
+            <w:hyperlink r:id="rId17556970bd3bdbd64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8199693cb22947281" w:history="1">
+            <w:hyperlink r:id="rId82906970bd3bdbdcd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -548,51 +548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seín (1933) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha longimacula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Greene (1934) are recognized as synonyms. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1210693cb229473c8" w:history="1">
+      <w:hyperlink r:id="rId52956970bd3bdbf55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2984,63 +2984,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1993).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6559263" name="name9785693cb22949109" descr="ANSTSU_distribution_map.jpg"/>
+            <wp:docPr id="26846029" name="name35356970bd3bde39f" descr="ANSTSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7675693cb22949106" cstate="print"/>
+                    <a:blip r:embed="rId96776970bd3bde39b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6010,51 +6010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7260693cb2294a68f" w:history="1">
+      <w:hyperlink r:id="rId79046970bd3bdf943" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8594,73 +8594,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha suspensa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9383693cb2294b6d9" w:history="1">
+      <w:hyperlink r:id="rId16706970bd3be0a1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8755,63 +8755,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68783817" name="name5312693cb2294bc4e" descr="eu_funding_250.png"/>
+            <wp:docPr id="57140589" name="name17976970bd3be0e4f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2719693cb2294bc4c" cstate="print"/>
+                    <a:blip r:embed="rId83756970bd3be0e4d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8909,137 +8909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22836220">
+  <w:abstractNum w:abstractNumId="67012802">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29312835">
+    <w:lvl w:ilvl="0" w:tplc="23052235">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29312835" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23052235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29312835" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23052235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29312835" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23052235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29312835" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23052235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29312835" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23052235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29312835" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23052235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29312835" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23052235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29312835" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23052235" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22836219">
+  <w:abstractNum w:abstractNumId="67012801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22398693">
+    <w:lvl w:ilvl="0" w:tplc="19523634">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9791,55 +9791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22836219">
-    <w:abstractNumId w:val="22836219"/>
+  <w:num w:numId="67012801">
+    <w:abstractNumId w:val="67012801"/>
   </w:num>
-  <w:num w:numId="22836220">
-    <w:abstractNumId w:val="22836220"/>
+  <w:num w:numId="67012802">
+    <w:abstractNumId w:val="67012802"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21389,51 +21389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId559414622" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId890157718" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2170693cb22947218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId8199693cb22947281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId1210693cb229473c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId7260693cb2294a68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId9383693cb2294b6d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7675693cb22949106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7675693cb22949106.jpg"/><Relationship Id="rId2719693cb2294bc4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2719693cb2294bc4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId748239340" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163846561" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17556970bd3bdbd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId82906970bd3bdbdcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId52956970bd3bdbf55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId79046970bd3bdf943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId16706970bd3be0a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96776970bd3bde39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96776970bd3bde39b.jpg"/><Relationship Id="rId83756970bd3be0e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83756970bd3be0e4d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>