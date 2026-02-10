--- v3 (2026-01-21)
+++ v4 (2026-02-10)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Caribbean fruit fly, greater Antillean fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17556970bd3bdbd64" w:history="1">
+            <w:hyperlink r:id="rId3015698b5ebc13bd8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82906970bd3bdbdcd" w:history="1">
+            <w:hyperlink r:id="rId1695698b5ebc13c45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -548,51 +548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seín (1933) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha longimacula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Greene (1934) are recognized as synonyms. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52956970bd3bdbf55" w:history="1">
+      <w:hyperlink r:id="rId5556698b5ebc13d97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2984,63 +2984,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1993).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26846029" name="name35356970bd3bde39f" descr="ANSTSU_distribution_map.jpg"/>
+            <wp:docPr id="15877664" name="name8279698b5ebc15812" descr="ANSTSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96776970bd3bde39b" cstate="print"/>
+                    <a:blip r:embed="rId8681698b5ebc1580e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6010,51 +6010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79046970bd3bdf943" w:history="1">
+      <w:hyperlink r:id="rId3406698b5ebc16f2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8616,51 +8616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha suspensa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16706970bd3be0a1d" w:history="1">
+      <w:hyperlink r:id="rId7392698b5ebc17fc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8755,63 +8755,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57140589" name="name17976970bd3be0e4f" descr="eu_funding_250.png"/>
+            <wp:docPr id="19299482" name="name7571698b5ebc180f9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83756970bd3be0e4d" cstate="print"/>
+                    <a:blip r:embed="rId4994698b5ebc180f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8909,137 +8909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67012802">
+  <w:abstractNum w:abstractNumId="47942735">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23052235">
+    <w:lvl w:ilvl="0" w:tplc="53247215">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23052235" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53247215" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23052235" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53247215" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23052235" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53247215" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23052235" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53247215" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23052235" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53247215" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23052235" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53247215" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23052235" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53247215" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23052235" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53247215" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67012801">
+  <w:abstractNum w:abstractNumId="47942734">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19523634">
+    <w:lvl w:ilvl="0" w:tplc="34304536">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9791,55 +9791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67012801">
-    <w:abstractNumId w:val="67012801"/>
+  <w:num w:numId="47942734">
+    <w:abstractNumId w:val="47942734"/>
   </w:num>
-  <w:num w:numId="67012802">
-    <w:abstractNumId w:val="67012802"/>
+  <w:num w:numId="47942735">
+    <w:abstractNumId w:val="47942735"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21389,51 +21389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId748239340" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163846561" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17556970bd3bdbd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId82906970bd3bdbdcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId52956970bd3bdbf55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId79046970bd3bdf943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId16706970bd3be0a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96776970bd3bde39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96776970bd3bde39b.jpg"/><Relationship Id="rId83756970bd3be0e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83756970bd3be0e4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId766942668" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId454393071" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3015698b5ebc13bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId1695698b5ebc13c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId5556698b5ebc13d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId3406698b5ebc16f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId7392698b5ebc17fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8681698b5ebc1580e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8681698b5ebc1580e.jpg"/><Relationship Id="rId4994698b5ebc180f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4994698b5ebc180f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>