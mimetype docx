--- v4 (2026-02-10)
+++ v5 (2026-03-02)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Caribbean fruit fly, greater Antillean fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3015698b5ebc13bd8" w:history="1">
+            <w:hyperlink r:id="rId599969a60fd6c0178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1695698b5ebc13c45" w:history="1">
+            <w:hyperlink r:id="rId368669a60fd6c01e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -548,51 +548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seín (1933) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha longimacula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Greene (1934) are recognized as synonyms. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5556698b5ebc13d97" w:history="1">
+      <w:hyperlink r:id="rId635169a60fd6c032f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2984,63 +2984,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1993).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15877664" name="name8279698b5ebc15812" descr="ANSTSU_distribution_map.jpg"/>
+            <wp:docPr id="66608232" name="name375969a60fd6c22de" descr="ANSTSU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTSU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8681698b5ebc1580e" cstate="print"/>
+                    <a:blip r:embed="rId705669a60fd6c22da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6010,51 +6010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3406698b5ebc16f2c" w:history="1">
+      <w:hyperlink r:id="rId618869a60fd6c38bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8616,51 +8616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha suspensa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7392698b5ebc17fc9" w:history="1">
+      <w:hyperlink r:id="rId694569a60fd6c4953" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8755,63 +8755,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19299482" name="name7571698b5ebc180f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="28770645" name="name887969a60fd6c4a80" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4994698b5ebc180f8" cstate="print"/>
+                    <a:blip r:embed="rId753369a60fd6c4a7f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8909,137 +8909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47942735">
+  <w:abstractNum w:abstractNumId="15317092">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53247215">
+    <w:lvl w:ilvl="0" w:tplc="74611400">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53247215" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74611400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53247215" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74611400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53247215" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74611400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53247215" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74611400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53247215" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74611400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53247215" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74611400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53247215" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74611400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53247215" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74611400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47942734">
+  <w:abstractNum w:abstractNumId="15317091">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34304536">
+    <w:lvl w:ilvl="0" w:tplc="86581766">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9791,55 +9791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47942734">
-    <w:abstractNumId w:val="47942734"/>
+  <w:num w:numId="15317091">
+    <w:abstractNumId w:val="15317091"/>
   </w:num>
-  <w:num w:numId="47942735">
-    <w:abstractNumId w:val="47942735"/>
+  <w:num w:numId="15317092">
+    <w:abstractNumId w:val="15317092"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21389,51 +21389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId766942668" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId454393071" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3015698b5ebc13bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId1695698b5ebc13c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId5556698b5ebc13d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId3406698b5ebc16f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId7392698b5ebc17fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8681698b5ebc1580e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8681698b5ebc1580e.jpg"/><Relationship Id="rId4994698b5ebc180f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4994698b5ebc180f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId673549214" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377676993" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId599969a60fd6c0178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/" TargetMode="External"/><Relationship Id="rId368669a60fd6c01e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTSU/categorization" TargetMode="External"/><Relationship Id="rId635169a60fd6c032f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId618869a60fd6c38bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId694569a60fd6c4953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId705669a60fd6c22da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId705669a60fd6c22da.jpg"/><Relationship Id="rId753369a60fd6c4a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId753369a60fd6c4a7f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>