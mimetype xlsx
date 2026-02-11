--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ANSTOB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>America</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
@@ -443,63 +443,66 @@
   <si>
     <t>Saint Vincent and the Grenadines</t>
   </si>
   <si>
     <t>VC</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
+    <t>Transient</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>ca</t>
+  </si>
+  <si>
+    <t>Florida</t>
+  </si>
+  <si>
+    <t>fl</t>
+  </si>
+  <si>
     <t>Absent, pest eradicated</t>
-  </si>
-[...10 lines deleted...]
-    <t>fl</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>tx</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Virgin Islands (British)</t>
   </si>
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>Virgin Islands (US)</t>
   </si>
   <si>
     <t>VI</t>
   </si>
@@ -2075,163 +2078,163 @@
       </c>
       <c r="E67" t="s">
         <v>145</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68" t="s">
         <v>146</v>
       </c>
       <c r="D68" t="s">
         <v>142</v>
       </c>
       <c r="E68" t="s">
         <v>147</v>
       </c>
       <c r="F68" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D69" t="s">
         <v>142</v>
       </c>
       <c r="E69" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F69" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B73" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B74" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B75" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>