--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Macquart)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Antillean fruit fly, West Indian fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316668e9096a8dd34" w:history="1">
+            <w:hyperlink r:id="rId24216905f6d201ab4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId995168e9096a8dd9a" w:history="1">
+            <w:hyperlink r:id="rId58206905f6d201b1f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17199821" name="name485868e9096a8de4a" descr="11009.jpg"/>
+                  <wp:docPr id="23477306" name="name64606905f6d201bca" descr="11009.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11009.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId500968e9096a8de49" cstate="print"/>
+                          <a:blip r:embed="rId96276905f6d201bc9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId935168e9096a8df47" w:history="1">
+            <w:hyperlink r:id="rId96946905f6d201cb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -792,51 +792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is also a valid but rare species. Name, host plant, and distribution data for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fruit flies are available under Fruit Fly Databases on the USDA Compendium of Fruit Fly Host Information (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId524068e9096a8e11f" w:history="1">
+      <w:hyperlink r:id="rId67126905f6d201ea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1466,63 +1466,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reports of its introduction to Bermuda were erroneous (Woodley &amp; Hilburn 1994). Records from the Bahamas (White &amp; Elson-Harris 1992) are also doubtful. It was temporarily invasive in Key West, Florida (USA) in the 1930s (Steck, 2001), and is infrequently trapped in the Rio Grande Valley in Texas. It has been intercepted in Chile but is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1172478" name="name136868e9096a8f39c" descr="ANSTOB_distribution_map.jpg"/>
+            <wp:docPr id="71128380" name="name82306905f6d2032a4" descr="ANSTOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId567868e9096a8f39a" cstate="print"/>
+                    <a:blip r:embed="rId20926905f6d2032a1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7017,51 +7017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263868e9096a91d7b" w:history="1">
+      <w:hyperlink r:id="rId44866905f6d205fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7232,90 +7232,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897568e9096a91ed1" w:history="1">
+      <w:hyperlink r:id="rId42036905f6d2060fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37030262" name="name630468e9096a91f3a" descr="eu_funding_250.png"/>
+            <wp:docPr id="44306323" name="name26866905f6d20616e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId773068e9096a91f39" cstate="print"/>
+                    <a:blip r:embed="rId18886905f6d20616d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7413,137 +7413,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99820732">
+  <w:abstractNum w:abstractNumId="54083013">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98134919">
+    <w:lvl w:ilvl="0" w:tplc="89727318">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98134919" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89727318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98134919" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89727318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98134919" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89727318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98134919" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89727318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98134919" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89727318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98134919" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89727318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98134919" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89727318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98134919" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89727318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99820731">
+  <w:abstractNum w:abstractNumId="54083012">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54827835">
+    <w:lvl w:ilvl="0" w:tplc="23961741">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8295,55 +8295,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99820731">
-    <w:abstractNumId w:val="99820731"/>
+  <w:num w:numId="54083012">
+    <w:abstractNumId w:val="54083012"/>
   </w:num>
-  <w:num w:numId="99820732">
-    <w:abstractNumId w:val="99820732"/>
+  <w:num w:numId="54083013">
+    <w:abstractNumId w:val="54083013"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19893,51 +19893,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId898544914" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745305929" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId316668e9096a8dd34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId995168e9096a8dd9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId935168e9096a8df47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId524068e9096a8e11f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId263868e9096a91d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId897568e9096a91ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId500968e9096a8de49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId500968e9096a8de49.jpg"/><Relationship Id="rId567868e9096a8f39a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId567868e9096a8f39a.jpg"/><Relationship Id="rId773068e9096a91f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773068e9096a91f39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId419734813" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId997906758" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24216905f6d201ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId58206905f6d201b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId96946905f6d201cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId67126905f6d201ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId44866905f6d205fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42036905f6d2060fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId96276905f6d201bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96276905f6d201bc9.jpg"/><Relationship Id="rId20926905f6d2032a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20926905f6d2032a1.jpg"/><Relationship Id="rId18886905f6d20616d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18886905f6d20616d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>