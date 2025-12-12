--- v1 (2025-11-01)
+++ v2 (2025-12-12)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Macquart)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Antillean fruit fly, West Indian fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24216905f6d201ab4" w:history="1">
+            <w:hyperlink r:id="rId7089693c240ff0dbb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58206905f6d201b1f" w:history="1">
+            <w:hyperlink r:id="rId8587693c240ff0e26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23477306" name="name64606905f6d201bca" descr="11009.jpg"/>
+                  <wp:docPr id="81874329" name="name9451693c240ff0f03" descr="11009.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11009.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId96276905f6d201bc9" cstate="print"/>
+                          <a:blip r:embed="rId6160693c240ff0f02" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId96946905f6d201cb8" w:history="1">
+            <w:hyperlink r:id="rId5634693c240ff103c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -792,51 +792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is also a valid but rare species. Name, host plant, and distribution data for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fruit flies are available under Fruit Fly Databases on the USDA Compendium of Fruit Fly Host Information (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId67126905f6d201ea2" w:history="1">
+      <w:hyperlink r:id="rId4232693c240ff1226" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1466,63 +1466,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reports of its introduction to Bermuda were erroneous (Woodley &amp; Hilburn 1994). Records from the Bahamas (White &amp; Elson-Harris 1992) are also doubtful. It was temporarily invasive in Key West, Florida (USA) in the 1930s (Steck, 2001), and is infrequently trapped in the Rio Grande Valley in Texas. It has been intercepted in Chile but is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71128380" name="name82306905f6d2032a4" descr="ANSTOB_distribution_map.jpg"/>
+            <wp:docPr id="91139504" name="name7832693c240ff26ba" descr="ANSTOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20926905f6d2032a1" cstate="print"/>
+                    <a:blip r:embed="rId1360693c240ff26b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7017,51 +7017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44866905f6d205fa0" w:history="1">
+      <w:hyperlink r:id="rId1537693c241001734" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7232,90 +7232,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42036905f6d2060fe" w:history="1">
+      <w:hyperlink r:id="rId5959693c2410018ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44306323" name="name26866905f6d20616e" descr="eu_funding_250.png"/>
+            <wp:docPr id="61926378" name="name9692693c24100196d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18886905f6d20616d" cstate="print"/>
+                    <a:blip r:embed="rId9662693c24100196b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7413,137 +7413,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54083013">
+  <w:abstractNum w:abstractNumId="68815039">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89727318">
+    <w:lvl w:ilvl="0" w:tplc="74019496">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89727318" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74019496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89727318" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74019496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89727318" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74019496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89727318" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74019496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89727318" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74019496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89727318" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74019496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89727318" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74019496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89727318" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74019496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54083012">
+  <w:abstractNum w:abstractNumId="68815038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23961741">
+    <w:lvl w:ilvl="0" w:tplc="31936668">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8295,55 +8295,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54083012">
-    <w:abstractNumId w:val="54083012"/>
+  <w:num w:numId="68815038">
+    <w:abstractNumId w:val="68815038"/>
   </w:num>
-  <w:num w:numId="54083013">
-    <w:abstractNumId w:val="54083013"/>
+  <w:num w:numId="68815039">
+    <w:abstractNumId w:val="68815039"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19893,51 +19893,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId419734813" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId997906758" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24216905f6d201ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId58206905f6d201b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId96946905f6d201cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId67126905f6d201ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId44866905f6d205fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42036905f6d2060fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId96276905f6d201bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96276905f6d201bc9.jpg"/><Relationship Id="rId20926905f6d2032a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20926905f6d2032a1.jpg"/><Relationship Id="rId18886905f6d20616d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18886905f6d20616d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId974235495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262438021" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7089693c240ff0dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId8587693c240ff0e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId5634693c240ff103c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId4232693c240ff1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId1537693c241001734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5959693c2410018ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6160693c240ff0f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6160693c240ff0f02.jpg"/><Relationship Id="rId1360693c240ff26b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1360693c240ff26b7.jpg"/><Relationship Id="rId9662693c24100196b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9662693c24100196b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>