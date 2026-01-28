--- v2 (2025-12-12)
+++ v3 (2026-01-28)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Macquart)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Antillean fruit fly, West Indian fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7089693c240ff0dbb" w:history="1">
+            <w:hyperlink r:id="rId27116979f722aa153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8587693c240ff0e26" w:history="1">
+            <w:hyperlink r:id="rId95026979f722aa1ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81874329" name="name9451693c240ff0f03" descr="11009.jpg"/>
+                  <wp:docPr id="13832467" name="name22736979f722aa93f" descr="11009.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11009.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6160693c240ff0f02" cstate="print"/>
+                          <a:blip r:embed="rId11816979f722aa93d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5634693c240ff103c" w:history="1">
+            <w:hyperlink r:id="rId44066979f722aaaa2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -792,51 +792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is also a valid but rare species. Name, host plant, and distribution data for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fruit flies are available under Fruit Fly Databases on the USDA Compendium of Fruit Fly Host Information (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4232693c240ff1226" w:history="1">
+      <w:hyperlink r:id="rId80356979f722aac9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1466,63 +1466,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reports of its introduction to Bermuda were erroneous (Woodley &amp; Hilburn 1994). Records from the Bahamas (White &amp; Elson-Harris 1992) are also doubtful. It was temporarily invasive in Key West, Florida (USA) in the 1930s (Steck, 2001), and is infrequently trapped in the Rio Grande Valley in Texas. It has been intercepted in Chile but is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91139504" name="name7832693c240ff26ba" descr="ANSTOB_distribution_map.jpg"/>
+            <wp:docPr id="53479012" name="name53706979f722abda2" descr="ANSTOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1360693c240ff26b7" cstate="print"/>
+                    <a:blip r:embed="rId73366979f722abd9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6995,73 +6995,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1537693c241001734" w:history="1">
+      <w:hyperlink r:id="rId86036979f722ae518" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7232,90 +7232,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5959693c2410018ee" w:history="1">
+      <w:hyperlink r:id="rId20826979f722ae672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61926378" name="name9692693c24100196d" descr="eu_funding_250.png"/>
+            <wp:docPr id="19589079" name="name25366979f722ae6ec" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9662693c24100196b" cstate="print"/>
+                    <a:blip r:embed="rId90766979f722ae6eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7413,137 +7413,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68815039">
+  <w:abstractNum w:abstractNumId="60573213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74019496">
+    <w:lvl w:ilvl="0" w:tplc="34798843">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74019496" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34798843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74019496" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34798843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74019496" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34798843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74019496" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34798843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74019496" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34798843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74019496" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34798843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74019496" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34798843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74019496" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34798843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68815038">
+  <w:abstractNum w:abstractNumId="60573212">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31936668">
+    <w:lvl w:ilvl="0" w:tplc="89702845">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8295,55 +8295,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68815038">
-    <w:abstractNumId w:val="68815038"/>
+  <w:num w:numId="60573212">
+    <w:abstractNumId w:val="60573212"/>
   </w:num>
-  <w:num w:numId="68815039">
-    <w:abstractNumId w:val="68815039"/>
+  <w:num w:numId="60573213">
+    <w:abstractNumId w:val="60573213"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19893,51 +19893,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId974235495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262438021" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7089693c240ff0dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId8587693c240ff0e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId5634693c240ff103c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId4232693c240ff1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId1537693c241001734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5959693c2410018ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6160693c240ff0f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6160693c240ff0f02.jpg"/><Relationship Id="rId1360693c240ff26b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1360693c240ff26b7.jpg"/><Relationship Id="rId9662693c24100196b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9662693c24100196b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId185700024" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId924193308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27116979f722aa153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId95026979f722aa1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId44066979f722aaaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId80356979f722aac9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId86036979f722ae518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20826979f722ae672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId11816979f722aa93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11816979f722aa93d.jpg"/><Relationship Id="rId73366979f722abd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73366979f722abd9f.jpg"/><Relationship Id="rId90766979f722ae6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90766979f722ae6eb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>