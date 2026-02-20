--- v3 (2026-01-28)
+++ v4 (2026-02-20)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Macquart)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Antillean fruit fly, West Indian fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27116979f722aa153" w:history="1">
+            <w:hyperlink r:id="rId11606998aacdd2864" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -460,53 +460,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95026979f722aa1ba" w:history="1">
+            <w:hyperlink r:id="rId42406998aacdd28cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13832467" name="name22736979f722aa93f" descr="11009.jpg"/>
+                  <wp:docPr id="14824097" name="name86306998aacdd2f03" descr="11009.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11009.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11816979f722aa93d" cstate="print"/>
+                          <a:blip r:embed="rId41516998aacdd2f00" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId44066979f722aaaa2" w:history="1">
+            <w:hyperlink r:id="rId67056998aacdd302a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -792,51 +792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is also a valid but rare species. Name, host plant, and distribution data for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fruit flies are available under Fruit Fly Databases on the USDA Compendium of Fruit Fly Host Information (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId80356979f722aac9b" w:history="1">
+      <w:hyperlink r:id="rId25376998aacdd3228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1466,105 +1466,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reports of its introduction to Bermuda were erroneous (Woodley &amp; Hilburn 1994). Records from the Bahamas (White &amp; Elson-Harris 1992) are also doubtful. It was temporarily invasive in Key West, Florida (USA) in the 1930s (Steck, 2001), and is infrequently trapped in the Rio Grande Valley in Texas. It has been intercepted in Chile but is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53479012" name="name53706979f722abda2" descr="ANSTOB_distribution_map.jpg"/>
+            <wp:docPr id="76996352" name="name41076998aacdd4206" descr="ANSTOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73366979f722abd9f" cstate="print"/>
+                    <a:blip r:embed="rId28026998aacdd4202" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mexico</w:t>
+        <w:t xml:space="preserve"> Mexico, United States of America (Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Antigua and Barbuda, Bahamas, Barbados, Belize, Costa Rica, Cuba, Dominica, Dominican Republic, El Salvador, Grenada, Guadeloupe, Guatemala, Haiti, Honduras, Jamaica, Martinique, Montserrat, Netherlands Antilles, Nicaragua, Panama, Puerto Rico, Saint Kitts and Nevis, Saint Lucia, Saint Vincent and the Grenadines, Trinidad and Tobago, Virgin Islands (British), Virgin Islands (US)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7017,51 +7017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86036979f722ae518" w:history="1">
+      <w:hyperlink r:id="rId37146998aacdd686d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7232,90 +7232,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20826979f722ae672" w:history="1">
+      <w:hyperlink r:id="rId97426998aacdd69d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19589079" name="name25366979f722ae6ec" descr="eu_funding_250.png"/>
+            <wp:docPr id="7455336" name="name50586998aacdd6d7b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId90766979f722ae6eb" cstate="print"/>
+                    <a:blip r:embed="rId33806998aacdd6d79" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7413,137 +7413,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60573213">
+  <w:abstractNum w:abstractNumId="89816226">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34798843">
+    <w:lvl w:ilvl="0" w:tplc="20883831">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34798843" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20883831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34798843" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20883831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34798843" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20883831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34798843" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20883831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34798843" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20883831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34798843" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20883831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34798843" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20883831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34798843" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20883831" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60573212">
+  <w:abstractNum w:abstractNumId="89816225">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89702845">
+    <w:lvl w:ilvl="0" w:tplc="73390839">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8295,55 +8295,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60573212">
-    <w:abstractNumId w:val="60573212"/>
+  <w:num w:numId="89816225">
+    <w:abstractNumId w:val="89816225"/>
   </w:num>
-  <w:num w:numId="60573213">
-    <w:abstractNumId w:val="60573213"/>
+  <w:num w:numId="89816226">
+    <w:abstractNumId w:val="89816226"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19893,51 +19893,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId185700024" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId924193308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27116979f722aa153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId95026979f722aa1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId44066979f722aaaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId80356979f722aac9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId86036979f722ae518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20826979f722ae672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId11816979f722aa93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11816979f722aa93d.jpg"/><Relationship Id="rId73366979f722abd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73366979f722abd9f.jpg"/><Relationship Id="rId90766979f722ae6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90766979f722ae6eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId443488802" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121627784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11606998aacdd2864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId42406998aacdd28cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId67056998aacdd302a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId25376998aacdd3228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId37146998aacdd686d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97426998aacdd69d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId41516998aacdd2f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41516998aacdd2f00.jpg"/><Relationship Id="rId28026998aacdd4202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28026998aacdd4202.jpg"/><Relationship Id="rId33806998aacdd6d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33806998aacdd6d79.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>