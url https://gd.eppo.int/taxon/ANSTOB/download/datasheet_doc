--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> (Macquart)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Antillean fruit fly, West Indian fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11606998aacdd2864" w:history="1">
+            <w:hyperlink r:id="rId386169b325a6c08e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42406998aacdd28cf" w:history="1">
+            <w:hyperlink r:id="rId195869b325a6c0951" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14824097" name="name86306998aacdd2f03" descr="11009.jpg"/>
+                  <wp:docPr id="59559819" name="name291769b325a6c0fbb" descr="11009.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11009.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId41516998aacdd2f00" cstate="print"/>
+                          <a:blip r:embed="rId449469b325a6c0fb8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId67056998aacdd302a" w:history="1">
+            <w:hyperlink r:id="rId101769b325a6c128f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -792,51 +792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is also a valid but rare species. Name, host plant, and distribution data for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fruit flies are available under Fruit Fly Databases on the USDA Compendium of Fruit Fly Host Information (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId25376998aacdd3228" w:history="1">
+      <w:hyperlink r:id="rId496069b325a6c1494" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1070,50 +1070,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campomanesia guazumifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Citrus x aurantium var. paradisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Citrus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eugenia myrcianthes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1466,63 +1486,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reports of its introduction to Bermuda were erroneous (Woodley &amp; Hilburn 1994). Records from the Bahamas (White &amp; Elson-Harris 1992) are also doubtful. It was temporarily invasive in Key West, Florida (USA) in the 1930s (Steck, 2001), and is infrequently trapped in the Rio Grande Valley in Texas. It has been intercepted in Chile but is not established. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76996352" name="name41076998aacdd4206" descr="ANSTOB_distribution_map.jpg"/>
+            <wp:docPr id="52278669" name="name917469b325a6c22ed" descr="ANSTOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28026998aacdd4202" cstate="print"/>
+                    <a:blip r:embed="rId406869b325a6c22ea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7017,51 +7037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha obliqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37146998aacdd686d" w:history="1">
+      <w:hyperlink r:id="rId491769b325a6c4c67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7232,90 +7252,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97426998aacdd69d2" w:history="1">
+      <w:hyperlink r:id="rId873769b325a6c4dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7455336" name="name50586998aacdd6d7b" descr="eu_funding_250.png"/>
+            <wp:docPr id="5945490" name="name614469b325a6c504b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33806998aacdd6d79" cstate="print"/>
+                    <a:blip r:embed="rId151369b325a6c5049" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7413,137 +7433,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89816226">
+  <w:abstractNum w:abstractNumId="96395534">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20883831">
+    <w:lvl w:ilvl="0" w:tplc="37013653">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20883831" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37013653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20883831" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37013653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20883831" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37013653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20883831" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37013653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20883831" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37013653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20883831" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37013653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20883831" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37013653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20883831" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37013653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89816225">
+  <w:abstractNum w:abstractNumId="96395533">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73390839">
+    <w:lvl w:ilvl="0" w:tplc="91030567">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8295,55 +8315,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89816225">
-    <w:abstractNumId w:val="89816225"/>
+  <w:num w:numId="96395533">
+    <w:abstractNumId w:val="96395533"/>
   </w:num>
-  <w:num w:numId="89816226">
-    <w:abstractNumId w:val="89816226"/>
+  <w:num w:numId="96395534">
+    <w:abstractNumId w:val="96395534"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19893,51 +19913,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId443488802" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121627784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11606998aacdd2864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId42406998aacdd28cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId67056998aacdd302a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId25376998aacdd3228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId37146998aacdd686d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97426998aacdd69d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId41516998aacdd2f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41516998aacdd2f00.jpg"/><Relationship Id="rId28026998aacdd4202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28026998aacdd4202.jpg"/><Relationship Id="rId33806998aacdd6d79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33806998aacdd6d79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173558631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId133989037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId386169b325a6c08e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/" TargetMode="External"/><Relationship Id="rId195869b325a6c0951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/categorization" TargetMode="External"/><Relationship Id="rId101769b325a6c128f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTOB/photos" TargetMode="External"/><Relationship Id="rId496069b325a6c1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId491769b325a6c4c67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId873769b325a6c4dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId449469b325a6c0fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId449469b325a6c0fb8.jpg"/><Relationship Id="rId406869b325a6c22ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406869b325a6c22ea.jpg"/><Relationship Id="rId151369b325a6c5049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151369b325a6c5049.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>