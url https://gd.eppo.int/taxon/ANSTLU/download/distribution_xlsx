--- v0 (2025-10-09)
+++ v1 (2026-03-30)
@@ -128,51 +128,51 @@
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Arizona</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
     <t>ca</t>
   </si>
   <si>
-    <t>Absent, pest eradicated</t>
+    <t>Transient</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>fl</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>tx</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>