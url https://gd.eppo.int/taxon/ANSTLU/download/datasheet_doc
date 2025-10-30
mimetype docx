--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559768e70d52cf3a3" w:history="1">
+            <w:hyperlink r:id="rId18546902b95736e8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122968e70d52cf40b" w:history="1">
+            <w:hyperlink r:id="rId54786902b95736ef4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38889634" name="name800068e70d52cf4cd" descr="11015.jpg"/>
+                  <wp:docPr id="75270701" name="name45006902b957375f2" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId506168e70d52cf4cc" cstate="print"/>
+                          <a:blip r:embed="rId21216902b957375f0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId949668e70d52cf59c" w:history="1">
+            <w:hyperlink r:id="rId78656902b95737745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227868e70d52cf6a7" w:history="1">
+      <w:hyperlink r:id="rId70546902b95737859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66097261" name="name433868e70d52d0c94" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="29282957" name="name82466902b95738f55" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId877468e70d52d0c92" cstate="print"/>
+                    <a:blip r:embed="rId54906902b95738f52" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId759268e70d52d1e29" w:history="1">
+      <w:hyperlink r:id="rId77456902b9573a137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5909,51 +5909,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300068e70d52d268b" w:history="1">
+      <w:hyperlink r:id="rId92786902b9573a95d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401668e70d52d27e0" w:history="1">
+      <w:hyperlink r:id="rId40786902b9573aab6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12075881" name="name511368e70d52d2881" descr="eu_funding_250.png"/>
+            <wp:docPr id="47969044" name="name52836902b9573ab4d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId773668e70d52d2880" cstate="print"/>
+                    <a:blip r:embed="rId64116902b9573ab4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75146413">
+  <w:abstractNum w:abstractNumId="63586900">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22271030">
+    <w:lvl w:ilvl="0" w:tplc="67243549">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22271030" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67243549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22271030" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67243549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22271030" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67243549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22271030" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67243549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22271030" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67243549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22271030" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67243549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22271030" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67243549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22271030" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67243549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75146412">
+  <w:abstractNum w:abstractNumId="63586899">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20416793">
+    <w:lvl w:ilvl="0" w:tplc="96303623">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75146412">
-    <w:abstractNumId w:val="75146412"/>
+  <w:num w:numId="63586899">
+    <w:abstractNumId w:val="63586899"/>
   </w:num>
-  <w:num w:numId="75146413">
-    <w:abstractNumId w:val="75146413"/>
+  <w:num w:numId="63586900">
+    <w:abstractNumId w:val="63586900"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939514215" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId759706319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId559768e70d52cf3a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId122968e70d52cf40b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId949668e70d52cf59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId227868e70d52cf6a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId759268e70d52d1e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId300068e70d52d268b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId401668e70d52d27e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId506168e70d52cf4cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId506168e70d52cf4cc.jpg"/><Relationship Id="rId877468e70d52d0c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877468e70d52d0c92.jpg"/><Relationship Id="rId773668e70d52d2880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773668e70d52d2880.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId965899669" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId721238207" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18546902b95736e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId54786902b95736ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId78656902b95737745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId70546902b95737859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId77456902b9573a137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId92786902b9573a95d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40786902b9573aab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId21216902b957375f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21216902b957375f0.jpg"/><Relationship Id="rId54906902b95738f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54906902b95738f52.jpg"/><Relationship Id="rId64116902b9573ab4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64116902b9573ab4b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>