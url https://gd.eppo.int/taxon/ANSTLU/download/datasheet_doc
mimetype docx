--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18546902b95736e8a" w:history="1">
+            <w:hyperlink r:id="rId1663691d8dc7f0010" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54786902b95736ef4" w:history="1">
+            <w:hyperlink r:id="rId4712691d8dc7f0078" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75270701" name="name45006902b957375f2" descr="11015.jpg"/>
+                  <wp:docPr id="48575051" name="name3265691d8dc7f0126" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21216902b957375f0" cstate="print"/>
+                          <a:blip r:embed="rId3044691d8dc7f0125" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId78656902b95737745" w:history="1">
+            <w:hyperlink r:id="rId2502691d8dc7f01f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70546902b95737859" w:history="1">
+      <w:hyperlink r:id="rId1715691d8dc7f02e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29282957" name="name82466902b95738f55" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="93797504" name="name5925691d8dc7f1aae" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54906902b95738f52" cstate="print"/>
+                    <a:blip r:embed="rId6668691d8dc7f1aac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77456902b9573a137" w:history="1">
+      <w:hyperlink r:id="rId2164691d8dc7f2d43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5909,51 +5909,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92786902b9573a95d" w:history="1">
+      <w:hyperlink r:id="rId6002691d8dc7f356e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40786902b9573aab6" w:history="1">
+      <w:hyperlink r:id="rId1376691d8dc7f36c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47969044" name="name52836902b9573ab4d" descr="eu_funding_250.png"/>
+            <wp:docPr id="9566278" name="name5237691d8dc7f3720" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64116902b9573ab4b" cstate="print"/>
+                    <a:blip r:embed="rId7510691d8dc7f371f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63586900">
+  <w:abstractNum w:abstractNumId="24285719">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67243549">
+    <w:lvl w:ilvl="0" w:tplc="36674472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67243549" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36674472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67243549" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36674472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67243549" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36674472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67243549" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36674472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67243549" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36674472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67243549" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36674472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67243549" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36674472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67243549" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36674472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63586899">
+  <w:abstractNum w:abstractNumId="24285718">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96303623">
+    <w:lvl w:ilvl="0" w:tplc="24662318">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63586899">
-    <w:abstractNumId w:val="63586899"/>
+  <w:num w:numId="24285718">
+    <w:abstractNumId w:val="24285718"/>
   </w:num>
-  <w:num w:numId="63586900">
-    <w:abstractNumId w:val="63586900"/>
+  <w:num w:numId="24285719">
+    <w:abstractNumId w:val="24285719"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId965899669" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId721238207" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18546902b95736e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId54786902b95736ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId78656902b95737745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId70546902b95737859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId77456902b9573a137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId92786902b9573a95d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40786902b9573aab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId21216902b957375f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21216902b957375f0.jpg"/><Relationship Id="rId54906902b95738f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54906902b95738f52.jpg"/><Relationship Id="rId64116902b9573ab4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64116902b9573ab4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId442672540" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId102204460" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1663691d8dc7f0010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId4712691d8dc7f0078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId2502691d8dc7f01f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId1715691d8dc7f02e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2164691d8dc7f2d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId6002691d8dc7f356e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1376691d8dc7f36c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3044691d8dc7f0125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3044691d8dc7f0125.jpg"/><Relationship Id="rId6668691d8dc7f1aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6668691d8dc7f1aac.jpg"/><Relationship Id="rId7510691d8dc7f371f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7510691d8dc7f371f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>