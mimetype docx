--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1663691d8dc7f0010" w:history="1">
+            <w:hyperlink r:id="rId4399693b59ea02bd1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4712691d8dc7f0078" w:history="1">
+            <w:hyperlink r:id="rId6611693b59ea02c3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48575051" name="name3265691d8dc7f0126" descr="11015.jpg"/>
+                  <wp:docPr id="32933363" name="name2057693b59ea0342a" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3044691d8dc7f0125" cstate="print"/>
+                          <a:blip r:embed="rId3897693b59ea03428" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2502691d8dc7f01f1" w:history="1">
+            <w:hyperlink r:id="rId1408693b59ea03571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1715691d8dc7f02e8" w:history="1">
+      <w:hyperlink r:id="rId8181693b59ea036ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93797504" name="name5925691d8dc7f1aae" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="99693717" name="name6183693b59ea04c7b" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6668691d8dc7f1aac" cstate="print"/>
+                    <a:blip r:embed="rId9064693b59ea04c78" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2164691d8dc7f2d43" w:history="1">
+      <w:hyperlink r:id="rId9995693b59ea05eb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5909,51 +5909,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6002691d8dc7f356e" w:history="1">
+      <w:hyperlink r:id="rId6693693b59ea066e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1376691d8dc7f36c1" w:history="1">
+      <w:hyperlink r:id="rId3991693b59ea06837" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9566278" name="name5237691d8dc7f3720" descr="eu_funding_250.png"/>
+            <wp:docPr id="95657647" name="name8392693b59ea069f5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7510691d8dc7f371f" cstate="print"/>
+                    <a:blip r:embed="rId5274693b59ea069f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24285719">
+  <w:abstractNum w:abstractNumId="45756427">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36674472">
+    <w:lvl w:ilvl="0" w:tplc="54417747">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36674472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54417747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36674472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54417747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36674472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54417747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36674472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54417747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36674472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54417747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36674472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54417747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36674472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54417747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36674472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54417747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24285718">
+  <w:abstractNum w:abstractNumId="45756426">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24662318">
+    <w:lvl w:ilvl="0" w:tplc="31904369">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24285718">
-    <w:abstractNumId w:val="24285718"/>
+  <w:num w:numId="45756426">
+    <w:abstractNumId w:val="45756426"/>
   </w:num>
-  <w:num w:numId="24285719">
-    <w:abstractNumId w:val="24285719"/>
+  <w:num w:numId="45756427">
+    <w:abstractNumId w:val="45756427"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId442672540" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId102204460" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1663691d8dc7f0010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId4712691d8dc7f0078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId2502691d8dc7f01f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId1715691d8dc7f02e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2164691d8dc7f2d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId6002691d8dc7f356e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1376691d8dc7f36c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3044691d8dc7f0125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3044691d8dc7f0125.jpg"/><Relationship Id="rId6668691d8dc7f1aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6668691d8dc7f1aac.jpg"/><Relationship Id="rId7510691d8dc7f371f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7510691d8dc7f371f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId200790911" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId710324735" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4399693b59ea02bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId6611693b59ea02c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId1408693b59ea03571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId8181693b59ea036ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9995693b59ea05eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId6693693b59ea066e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3991693b59ea06837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3897693b59ea03428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3897693b59ea03428.jpg"/><Relationship Id="rId9064693b59ea04c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9064693b59ea04c78.jpg"/><Relationship Id="rId5274693b59ea069f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5274693b59ea069f4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>