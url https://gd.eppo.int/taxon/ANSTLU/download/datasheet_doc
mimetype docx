--- v3 (2025-12-11)
+++ v4 (2026-01-01)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4399693b59ea02bd1" w:history="1">
+            <w:hyperlink r:id="rId43046956092c93ceb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6611693b59ea02c3c" w:history="1">
+            <w:hyperlink r:id="rId19916956092c93e0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32933363" name="name2057693b59ea0342a" descr="11015.jpg"/>
+                  <wp:docPr id="77187576" name="name45016956092c945d2" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3897693b59ea03428" cstate="print"/>
+                          <a:blip r:embed="rId15956956092c945cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1408693b59ea03571" w:history="1">
+            <w:hyperlink r:id="rId76806956092c94853" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8181693b59ea036ef" w:history="1">
+      <w:hyperlink r:id="rId16656956092c94aed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99693717" name="name6183693b59ea04c7b" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="79158747" name="name26716956092c966a2" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9064693b59ea04c78" cstate="print"/>
+                    <a:blip r:embed="rId21496956092c966a0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9995693b59ea05eb4" w:history="1">
+      <w:hyperlink r:id="rId56116956092c97893" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5887,73 +5887,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6693693b59ea066e3" w:history="1">
+      <w:hyperlink r:id="rId59276956092c980b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3991693b59ea06837" w:history="1">
+      <w:hyperlink r:id="rId93006956092c98203" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95657647" name="name8392693b59ea069f5" descr="eu_funding_250.png"/>
+            <wp:docPr id="71183424" name="name76236956092c9852a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5274693b59ea069f4" cstate="print"/>
+                    <a:blip r:embed="rId64276956092c98528" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45756427">
+  <w:abstractNum w:abstractNumId="63225492">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54417747">
+    <w:lvl w:ilvl="0" w:tplc="69169670">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54417747" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69169670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54417747" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69169670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54417747" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69169670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54417747" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69169670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54417747" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69169670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54417747" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69169670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54417747" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69169670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54417747" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69169670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45756426">
+  <w:abstractNum w:abstractNumId="63225491">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31904369">
+    <w:lvl w:ilvl="0" w:tplc="23607248">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45756426">
-    <w:abstractNumId w:val="45756426"/>
+  <w:num w:numId="63225491">
+    <w:abstractNumId w:val="63225491"/>
   </w:num>
-  <w:num w:numId="45756427">
-    <w:abstractNumId w:val="45756427"/>
+  <w:num w:numId="63225492">
+    <w:abstractNumId w:val="63225492"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId200790911" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId710324735" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4399693b59ea02bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId6611693b59ea02c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId1408693b59ea03571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId8181693b59ea036ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9995693b59ea05eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId6693693b59ea066e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3991693b59ea06837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3897693b59ea03428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3897693b59ea03428.jpg"/><Relationship Id="rId9064693b59ea04c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9064693b59ea04c78.jpg"/><Relationship Id="rId5274693b59ea069f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5274693b59ea069f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId125206605" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107407188" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43046956092c93ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId19916956092c93e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId76806956092c94853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId16656956092c94aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId56116956092c97893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId59276956092c980b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId93006956092c98203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId15956956092c945cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15956956092c945cd.jpg"/><Relationship Id="rId21496956092c966a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21496956092c966a0.jpg"/><Relationship Id="rId64276956092c98528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64276956092c98528.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>