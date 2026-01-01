--- v4 (2026-01-01)
+++ v5 (2026-01-01)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43046956092c93ceb" w:history="1">
+            <w:hyperlink r:id="rId449469561ea7a46fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19916956092c93e0d" w:history="1">
+            <w:hyperlink r:id="rId972569561ea7a477b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77187576" name="name45016956092c945d2" descr="11015.jpg"/>
+                  <wp:docPr id="78973058" name="name648569561ea7a4f15" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15956956092c945cd" cstate="print"/>
+                          <a:blip r:embed="rId780769561ea7a4f13" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId76806956092c94853" w:history="1">
+            <w:hyperlink r:id="rId604769561ea7a507f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16656956092c94aed" w:history="1">
+      <w:hyperlink r:id="rId944869561ea7a5198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79158747" name="name26716956092c966a2" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="73051198" name="name144369561ea7a66df" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21496956092c966a0" cstate="print"/>
+                    <a:blip r:embed="rId226569561ea7a66dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56116956092c97893" w:history="1">
+      <w:hyperlink r:id="rId164669561ea7a7a63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5909,51 +5909,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59276956092c980b0" w:history="1">
+      <w:hyperlink r:id="rId722369561ea7a82a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93006956092c98203" w:history="1">
+      <w:hyperlink r:id="rId220569561ea7a83f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71183424" name="name76236956092c9852a" descr="eu_funding_250.png"/>
+            <wp:docPr id="72452459" name="name396469561ea7a88bc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64276956092c98528" cstate="print"/>
+                    <a:blip r:embed="rId287369561ea7a88ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63225492">
+  <w:abstractNum w:abstractNumId="73199149">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69169670">
+    <w:lvl w:ilvl="0" w:tplc="21237467">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69169670" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21237467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69169670" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21237467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69169670" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21237467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69169670" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21237467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69169670" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21237467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69169670" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21237467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69169670" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21237467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69169670" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21237467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63225491">
+  <w:abstractNum w:abstractNumId="73199148">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23607248">
+    <w:lvl w:ilvl="0" w:tplc="50175730">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63225491">
-    <w:abstractNumId w:val="63225491"/>
+  <w:num w:numId="73199148">
+    <w:abstractNumId w:val="73199148"/>
   </w:num>
-  <w:num w:numId="63225492">
-    <w:abstractNumId w:val="63225492"/>
+  <w:num w:numId="73199149">
+    <w:abstractNumId w:val="73199149"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId125206605" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107407188" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43046956092c93ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId19916956092c93e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId76806956092c94853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId16656956092c94aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId56116956092c97893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId59276956092c980b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId93006956092c98203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId15956956092c945cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15956956092c945cd.jpg"/><Relationship Id="rId21496956092c966a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21496956092c966a0.jpg"/><Relationship Id="rId64276956092c98528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64276956092c98528.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885084766" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874215637" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId449469561ea7a46fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId972569561ea7a477b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId604769561ea7a507f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId944869561ea7a5198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId164669561ea7a7a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId722369561ea7a82a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId220569561ea7a83f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId780769561ea7a4f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId780769561ea7a4f13.jpg"/><Relationship Id="rId226569561ea7a66dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId226569561ea7a66dc.jpg"/><Relationship Id="rId287369561ea7a88ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId287369561ea7a88ba.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>