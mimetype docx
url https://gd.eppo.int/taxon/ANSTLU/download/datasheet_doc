--- v5 (2026-01-01)
+++ v6 (2026-01-21)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449469561ea7a46fc" w:history="1">
+            <w:hyperlink r:id="rId726669709f72ef30b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId972569561ea7a477b" w:history="1">
+            <w:hyperlink r:id="rId898869709f72ef384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78973058" name="name648569561ea7a4f15" descr="11015.jpg"/>
+                  <wp:docPr id="98186042" name="name636169709f72ef862" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId780769561ea7a4f13" cstate="print"/>
+                          <a:blip r:embed="rId817569709f72ef861" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId604769561ea7a507f" w:history="1">
+            <w:hyperlink r:id="rId364769709f72ef9c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944869561ea7a5198" w:history="1">
+      <w:hyperlink r:id="rId994769709f72efaf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73051198" name="name144369561ea7a66df" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="37447202" name="name918469709f72f0e1c" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId226569561ea7a66dc" cstate="print"/>
+                    <a:blip r:embed="rId167369709f72f0e19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164669561ea7a7a63" w:history="1">
+      <w:hyperlink r:id="rId536469709f72f23bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5909,51 +5909,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722369561ea7a82a2" w:history="1">
+      <w:hyperlink r:id="rId919869709f72f2cad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId220569561ea7a83f5" w:history="1">
+      <w:hyperlink r:id="rId371469709f72f2e29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72452459" name="name396469561ea7a88bc" descr="eu_funding_250.png"/>
+            <wp:docPr id="40797759" name="name244369709f72f2ea1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId287369561ea7a88ba" cstate="print"/>
+                    <a:blip r:embed="rId782969709f72f2ea0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73199149">
+  <w:abstractNum w:abstractNumId="38601353">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21237467">
+    <w:lvl w:ilvl="0" w:tplc="62329832">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21237467" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62329832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21237467" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62329832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21237467" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62329832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21237467" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62329832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21237467" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62329832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21237467" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62329832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21237467" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62329832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21237467" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62329832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73199148">
+  <w:abstractNum w:abstractNumId="38601352">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50175730">
+    <w:lvl w:ilvl="0" w:tplc="26379352">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73199148">
-    <w:abstractNumId w:val="73199148"/>
+  <w:num w:numId="38601352">
+    <w:abstractNumId w:val="38601352"/>
   </w:num>
-  <w:num w:numId="73199149">
-    <w:abstractNumId w:val="73199149"/>
+  <w:num w:numId="38601353">
+    <w:abstractNumId w:val="38601353"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885084766" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874215637" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId449469561ea7a46fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId972569561ea7a477b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId604769561ea7a507f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId944869561ea7a5198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId164669561ea7a7a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId722369561ea7a82a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId220569561ea7a83f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId780769561ea7a4f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId780769561ea7a4f13.jpg"/><Relationship Id="rId226569561ea7a66dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId226569561ea7a66dc.jpg"/><Relationship Id="rId287369561ea7a88ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId287369561ea7a88ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId863296711" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId925714546" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId726669709f72ef30b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId898869709f72ef384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId364769709f72ef9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId994769709f72efaf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId536469709f72f23bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId919869709f72f2cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId371469709f72f2e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId817569709f72ef861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId817569709f72ef861.jpg"/><Relationship Id="rId167369709f72f0e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167369709f72f0e19.jpg"/><Relationship Id="rId782969709f72f2ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782969709f72f2ea0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>