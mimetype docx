--- v6 (2026-01-21)
+++ v7 (2026-02-10)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId726669709f72ef30b" w:history="1">
+            <w:hyperlink r:id="rId4754698b32838cc1d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId898869709f72ef384" w:history="1">
+            <w:hyperlink r:id="rId7577698b32838cc86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98186042" name="name636169709f72ef862" descr="11015.jpg"/>
+                  <wp:docPr id="39621484" name="name9023698b32838d23f" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId817569709f72ef861" cstate="print"/>
+                          <a:blip r:embed="rId2698698b32838d23e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId364769709f72ef9c8" w:history="1">
+            <w:hyperlink r:id="rId4115698b32838d39b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994769709f72efaf5" w:history="1">
+      <w:hyperlink r:id="rId3269698b32838d4b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37447202" name="name918469709f72f0e1c" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="28729928" name="name7411698b32838f072" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId167369709f72f0e19" cstate="print"/>
+                    <a:blip r:embed="rId9070698b32838f06f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536469709f72f23bd" w:history="1">
+      <w:hyperlink r:id="rId5593698b328390709" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5909,51 +5909,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919869709f72f2cad" w:history="1">
+      <w:hyperlink r:id="rId4757698b328390f93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371469709f72f2e29" w:history="1">
+      <w:hyperlink r:id="rId8756698b32839110b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40797759" name="name244369709f72f2ea1" descr="eu_funding_250.png"/>
+            <wp:docPr id="3230596" name="name4812698b328391187" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId782969709f72f2ea0" cstate="print"/>
+                    <a:blip r:embed="rId8844698b328391186" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38601353">
+  <w:abstractNum w:abstractNumId="53869940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62329832">
+    <w:lvl w:ilvl="0" w:tplc="41569436">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62329832" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41569436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62329832" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41569436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62329832" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41569436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62329832" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41569436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62329832" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41569436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62329832" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41569436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62329832" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41569436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62329832" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41569436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38601352">
+  <w:abstractNum w:abstractNumId="53869939">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26379352">
+    <w:lvl w:ilvl="0" w:tplc="54361576">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38601352">
-    <w:abstractNumId w:val="38601352"/>
+  <w:num w:numId="53869939">
+    <w:abstractNumId w:val="53869939"/>
   </w:num>
-  <w:num w:numId="38601353">
-    <w:abstractNumId w:val="38601353"/>
+  <w:num w:numId="53869940">
+    <w:abstractNumId w:val="53869940"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId863296711" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId925714546" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId726669709f72ef30b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId898869709f72ef384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId364769709f72ef9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId994769709f72efaf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId536469709f72f23bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId919869709f72f2cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId371469709f72f2e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId817569709f72ef861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId817569709f72ef861.jpg"/><Relationship Id="rId167369709f72f0e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167369709f72f0e19.jpg"/><Relationship Id="rId782969709f72f2ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782969709f72f2ea0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId530372372" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365945133" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4754698b32838cc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId7577698b32838cc86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId4115698b32838d39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId3269698b32838d4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5593698b328390709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId4757698b328390f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8756698b32839110b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2698698b32838d23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2698698b32838d23e.jpg"/><Relationship Id="rId9070698b32838f06f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9070698b32838f06f.jpg"/><Relationship Id="rId8844698b328391186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8844698b328391186.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>