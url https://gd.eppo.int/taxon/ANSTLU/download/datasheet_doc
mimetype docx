--- v7 (2026-02-10)
+++ v8 (2026-03-02)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4754698b32838cc1d" w:history="1">
+            <w:hyperlink r:id="rId598769a5eedf4f43e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7577698b32838cc86" w:history="1">
+            <w:hyperlink r:id="rId834669a5eedf4f4b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39621484" name="name9023698b32838d23f" descr="11015.jpg"/>
+                  <wp:docPr id="47706909" name="name547969a5eedf4fabd" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2698698b32838d23e" cstate="print"/>
+                          <a:blip r:embed="rId495469a5eedf4fabb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4115698b32838d39b" w:history="1">
+            <w:hyperlink r:id="rId801169a5eedf4fbf2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3269698b32838d4b0" w:history="1">
+      <w:hyperlink r:id="rId218469a5eedf4fd09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28729928" name="name7411698b32838f072" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="72759829" name="name310469a5eedf512a9" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9070698b32838f06f" cstate="print"/>
+                    <a:blip r:embed="rId292769a5eedf512a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5593698b328390709" w:history="1">
+      <w:hyperlink r:id="rId853269a5eedf5253e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5909,51 +5909,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4757698b328390f93" w:history="1">
+      <w:hyperlink r:id="rId367569a5eedf52dec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8756698b32839110b" w:history="1">
+      <w:hyperlink r:id="rId270969a5eedf52f43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3230596" name="name4812698b328391187" descr="eu_funding_250.png"/>
+            <wp:docPr id="52533491" name="name265369a5eedf52ff9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8844698b328391186" cstate="print"/>
+                    <a:blip r:embed="rId591569a5eedf52ff7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53869940">
+  <w:abstractNum w:abstractNumId="99581980">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41569436">
+    <w:lvl w:ilvl="0" w:tplc="32215537">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41569436" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32215537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41569436" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32215537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41569436" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32215537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41569436" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32215537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41569436" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32215537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41569436" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32215537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41569436" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32215537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41569436" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32215537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53869939">
+  <w:abstractNum w:abstractNumId="99581979">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54361576">
+    <w:lvl w:ilvl="0" w:tplc="37299378">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53869939">
-    <w:abstractNumId w:val="53869939"/>
+  <w:num w:numId="99581979">
+    <w:abstractNumId w:val="99581979"/>
   </w:num>
-  <w:num w:numId="53869940">
-    <w:abstractNumId w:val="53869940"/>
+  <w:num w:numId="99581980">
+    <w:abstractNumId w:val="99581980"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId530372372" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365945133" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4754698b32838cc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId7577698b32838cc86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId4115698b32838d39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId3269698b32838d4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5593698b328390709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId4757698b328390f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8756698b32839110b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2698698b32838d23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2698698b32838d23e.jpg"/><Relationship Id="rId9070698b32838f06f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9070698b32838f06f.jpg"/><Relationship Id="rId8844698b328391186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8844698b328391186.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671570390" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId602384124" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId598769a5eedf4f43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId834669a5eedf4f4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId801169a5eedf4fbf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId218469a5eedf4fd09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId853269a5eedf5253e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId367569a5eedf52dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId270969a5eedf52f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId495469a5eedf4fabb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId495469a5eedf4fabb.jpg"/><Relationship Id="rId292769a5eedf512a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId292769a5eedf512a4.jpg"/><Relationship Id="rId591569a5eedf52ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591569a5eedf52ff7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>