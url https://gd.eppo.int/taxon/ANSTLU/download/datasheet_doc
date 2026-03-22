--- v8 (2026-03-02)
+++ v9 (2026-03-22)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Loew)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598769a5eedf4f43e" w:history="1">
+            <w:hyperlink r:id="rId676369c081d005e97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId834669a5eedf4f4b1" w:history="1">
+            <w:hyperlink r:id="rId290469c081d005f00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANSTLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47706909" name="name547969a5eedf4fabd" descr="11015.jpg"/>
+                  <wp:docPr id="56049531" name="name226669c081d00663a" descr="11015.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11015.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId495469a5eedf4fabb" cstate="print"/>
+                          <a:blip r:embed="rId364469c081d006638" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId801169a5eedf4fbf2" w:history="1">
+            <w:hyperlink r:id="rId311369c081d006773" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -564,51 +564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The current combination was proposed by Wulp (1900). The name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha lathana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stone is considered a synonym. Name, host plant, and distribution data for this species and other fruit flies are available under Fruit Fly Databases on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218469a5eedf4fd09" w:history="1">
+      <w:hyperlink r:id="rId397369c081d00688d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2078,63 +2078,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1988) had worked extensively and had not found it attacking these fruits. It has subsequently been detected in western and central Panama, where it is invasive. This suggests that there was an introduction of a northern population into Costa Rica leading to the spread of this species into Panama. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72759829" name="name310469a5eedf512a9" descr="ANSTLU_distribution_map.jpg"/>
+            <wp:docPr id="21069917" name="name492669c081d007dd4" descr="ANSTLU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTLU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId292769a5eedf512a4" cstate="print"/>
+                    <a:blip r:embed="rId903769c081d007dd2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853269a5eedf5253e" w:history="1">
+      <w:hyperlink r:id="rId245469c081d008f78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.Carroll LE, Wharton RA (1989) Morphology of the immature stages of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5909,51 +5909,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha ludens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367569a5eedf52dec" w:history="1">
+      <w:hyperlink r:id="rId810169c081d009781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6124,90 +6124,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270969a5eedf52f43" w:history="1">
+      <w:hyperlink r:id="rId202169c081d009933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52533491" name="name265369a5eedf52ff9" descr="eu_funding_250.png"/>
+            <wp:docPr id="84186998" name="name944169c081d00999d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId591569a5eedf52ff7" cstate="print"/>
+                    <a:blip r:embed="rId852669c081d00999c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6305,137 +6305,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99581980">
+  <w:abstractNum w:abstractNumId="14309966">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32215537">
+    <w:lvl w:ilvl="0" w:tplc="11907251">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32215537" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11907251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32215537" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11907251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32215537" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11907251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32215537" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11907251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32215537" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11907251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32215537" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11907251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32215537" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11907251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32215537" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11907251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99581979">
+  <w:abstractNum w:abstractNumId="14309965">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37299378">
+    <w:lvl w:ilvl="0" w:tplc="41799067">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7187,55 +7187,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99581979">
-    <w:abstractNumId w:val="99581979"/>
+  <w:num w:numId="14309965">
+    <w:abstractNumId w:val="14309965"/>
   </w:num>
-  <w:num w:numId="99581980">
-    <w:abstractNumId w:val="99581980"/>
+  <w:num w:numId="14309966">
+    <w:abstractNumId w:val="14309966"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18785,51 +18785,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671570390" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId602384124" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId598769a5eedf4f43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId834669a5eedf4f4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId801169a5eedf4fbf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId218469a5eedf4fd09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId853269a5eedf5253e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId367569a5eedf52dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId270969a5eedf52f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId495469a5eedf4fabb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId495469a5eedf4fabb.jpg"/><Relationship Id="rId292769a5eedf512a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId292769a5eedf512a4.jpg"/><Relationship Id="rId591569a5eedf52ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591569a5eedf52ff7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId110244429" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId670329104" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId676369c081d005e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/" TargetMode="External"/><Relationship Id="rId290469c081d005f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/categorization" TargetMode="External"/><Relationship Id="rId311369c081d006773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTLU/photos" TargetMode="External"/><Relationship Id="rId397369c081d00688d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId245469c081d008f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId810169c081d009781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId202169c081d009933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId364469c081d006638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId364469c081d006638.jpg"/><Relationship Id="rId903769c081d007dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId903769c081d007dd2.jpg"/><Relationship Id="rId852669c081d00999c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId852669c081d00999c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>