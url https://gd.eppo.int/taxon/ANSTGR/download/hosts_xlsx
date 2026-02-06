--- v0 (2025-10-08)
+++ v1 (2026-02-06)
@@ -104,51 +104,51 @@
   <si>
     <t>Lagenaria siceraria</t>
   </si>
   <si>
     <t>* Baldo, F and Berton, L and Gisloti, L and Raga A (2017) New Records of Anastrepha grandis (Diptera, Tephritidae) and Neosilba zadolicha (Diptera, Lonchaeidae) in Cucurbitaceae Species in Brazil. Journal of Agriculture and Ecology Research International, 13 (2). pp. 1-7.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CITLA</t>
   </si>
   <si>
     <t>Citrullus lanatus</t>
   </si>
   <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>