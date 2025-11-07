--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -556,51 +556,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId687468e695d845d48" w:history="1">
+            <w:hyperlink r:id="rId1023690dc82bea1f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -616,51 +616,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId731868e695d845db2" w:history="1">
+            <w:hyperlink r:id="rId8151690dc82bea266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5586,63 +5586,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58764361" name="name850868e695d848936" descr="ANSTFR_distribution_map.jpg"/>
+            <wp:docPr id="45588654" name="name2319690dc82bed483" descr="ANSTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId548968e695d848932" cstate="print"/>
+                    <a:blip r:embed="rId5835690dc82bed480" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8446,51 +8446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, White IM, Freidberg A, Norrbom AL, Dallwitz MJ, Thompson FC (2004) Pest fruit flies of the world. Identification, descriptions, illustrations, and information retrieval. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera Data Dissemination Disk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CD-ROM) 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193568e695d849e10" w:history="1">
+      <w:hyperlink r:id="rId5711690dc82beea1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9274,51 +9274,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxotrypana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: descriptions, illustrations, and interactive keys. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330668e695d84a36c" w:history="1">
+      <w:hyperlink r:id="rId3765690dc82beef6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/anatox/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10938,51 +10938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha fraterculus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264068e695d84ade7" w:history="1">
+      <w:hyperlink r:id="rId7183690dc82befa4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11153,90 +11153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377268e695d84af37" w:history="1">
+      <w:hyperlink r:id="rId6008690dc82befbb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36584809" name="name656468e695d84afa8" descr="eu_funding_250.png"/>
+            <wp:docPr id="90205333" name="name7215690dc82befc29" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId720668e695d84afa7" cstate="print"/>
+                    <a:blip r:embed="rId2829690dc82befc28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11334,137 +11334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59247380">
+  <w:abstractNum w:abstractNumId="43074832">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38144327">
+    <w:lvl w:ilvl="0" w:tplc="17993926">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38144327" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17993926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38144327" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17993926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38144327" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17993926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38144327" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17993926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38144327" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17993926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38144327" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17993926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38144327" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17993926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38144327" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17993926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59247379">
+  <w:abstractNum w:abstractNumId="43074831">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68306426">
+    <w:lvl w:ilvl="0" w:tplc="10869408">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12216,55 +12216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59247379">
-    <w:abstractNumId w:val="59247379"/>
+  <w:num w:numId="43074831">
+    <w:abstractNumId w:val="43074831"/>
   </w:num>
-  <w:num w:numId="59247380">
-    <w:abstractNumId w:val="59247380"/>
+  <w:num w:numId="43074832">
+    <w:abstractNumId w:val="43074832"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23814,51 +23814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758639591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685834154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId687468e695d845d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId731868e695d845db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId193568e695d849e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId330668e695d84a36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId264068e695d84ade7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId377268e695d84af37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId548968e695d848932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId548968e695d848932.jpg"/><Relationship Id="rId720668e695d84afa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720668e695d84afa7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId748700574" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId441743547" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1023690dc82bea1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId8151690dc82bea266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId5711690dc82beea1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId3765690dc82beef6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId7183690dc82befa4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6008690dc82befbb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId5835690dc82bed480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5835690dc82bed480.jpg"/><Relationship Id="rId2829690dc82befc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2829690dc82befc28.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>