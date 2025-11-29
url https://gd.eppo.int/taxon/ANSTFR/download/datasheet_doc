--- v1 (2025-11-07)
+++ v2 (2025-11-29)
@@ -556,51 +556,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1023690dc82bea1f9" w:history="1">
+            <w:hyperlink r:id="rId3418692ab2d0692b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -616,51 +616,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8151690dc82bea266" w:history="1">
+            <w:hyperlink r:id="rId1834692ab2d069321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5586,63 +5586,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45588654" name="name2319690dc82bed483" descr="ANSTFR_distribution_map.jpg"/>
+            <wp:docPr id="69006582" name="name4029692ab2d06c2af" descr="ANSTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5835690dc82bed480" cstate="print"/>
+                    <a:blip r:embed="rId6766692ab2d06c2ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8446,51 +8446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, White IM, Freidberg A, Norrbom AL, Dallwitz MJ, Thompson FC (2004) Pest fruit flies of the world. Identification, descriptions, illustrations, and information retrieval. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera Data Dissemination Disk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CD-ROM) 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5711690dc82beea1e" w:history="1">
+      <w:hyperlink r:id="rId8058692ab2d06d7ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9274,51 +9274,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxotrypana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: descriptions, illustrations, and interactive keys. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3765690dc82beef6b" w:history="1">
+      <w:hyperlink r:id="rId7884692ab2d06dd23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/anatox/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10938,51 +10938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha fraterculus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7183690dc82befa4f" w:history="1">
+      <w:hyperlink r:id="rId7426692ab2d06e7e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11153,90 +11153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6008690dc82befbb6" w:history="1">
+      <w:hyperlink r:id="rId3694692ab2d06e93c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90205333" name="name7215690dc82befc29" descr="eu_funding_250.png"/>
+            <wp:docPr id="24989750" name="name3829692ab2d06e9b0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2829690dc82befc28" cstate="print"/>
+                    <a:blip r:embed="rId4276692ab2d06e9af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11334,137 +11334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43074832">
+  <w:abstractNum w:abstractNumId="88713847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17993926">
+    <w:lvl w:ilvl="0" w:tplc="74210300">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17993926" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74210300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17993926" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74210300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17993926" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74210300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17993926" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74210300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17993926" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74210300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17993926" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74210300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17993926" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74210300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17993926" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74210300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43074831">
+  <w:abstractNum w:abstractNumId="88713846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10869408">
+    <w:lvl w:ilvl="0" w:tplc="95716267">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12216,55 +12216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43074831">
-    <w:abstractNumId w:val="43074831"/>
+  <w:num w:numId="88713846">
+    <w:abstractNumId w:val="88713846"/>
   </w:num>
-  <w:num w:numId="43074832">
-    <w:abstractNumId w:val="43074832"/>
+  <w:num w:numId="88713847">
+    <w:abstractNumId w:val="88713847"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23814,51 +23814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId748700574" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId441743547" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1023690dc82bea1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId8151690dc82bea266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId5711690dc82beea1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId3765690dc82beef6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId7183690dc82befa4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6008690dc82befbb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId5835690dc82bed480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5835690dc82bed480.jpg"/><Relationship Id="rId2829690dc82befc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2829690dc82befc28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535838040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId959064476" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3418692ab2d0692b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId1834692ab2d069321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId8058692ab2d06d7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId7884692ab2d06dd23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId7426692ab2d06e7e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3694692ab2d06e93c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6766692ab2d06c2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6766692ab2d06c2ac.jpg"/><Relationship Id="rId4276692ab2d06e9af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4276692ab2d06e9af.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>