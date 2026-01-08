--- v2 (2025-11-29)
+++ v3 (2026-01-08)
@@ -556,51 +556,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3418692ab2d0692b5" w:history="1">
+            <w:hyperlink r:id="rId9339695f6b3febd4a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -616,51 +616,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1834692ab2d069321" w:history="1">
+            <w:hyperlink r:id="rId1595695f6b3febdb5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5586,63 +5586,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69006582" name="name4029692ab2d06c2af" descr="ANSTFR_distribution_map.jpg"/>
+            <wp:docPr id="27255736" name="name6664695f6b3fef11d" descr="ANSTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6766692ab2d06c2ac" cstate="print"/>
+                    <a:blip r:embed="rId5205695f6b3fef11b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8446,51 +8446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, White IM, Freidberg A, Norrbom AL, Dallwitz MJ, Thompson FC (2004) Pest fruit flies of the world. Identification, descriptions, illustrations, and information retrieval. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera Data Dissemination Disk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CD-ROM) 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8058692ab2d06d7ca" w:history="1">
+      <w:hyperlink r:id="rId7415695f6b3ff096e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9274,51 +9274,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxotrypana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: descriptions, illustrations, and interactive keys. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7884692ab2d06dd23" w:history="1">
+      <w:hyperlink r:id="rId3366695f6b3ff0f73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/anatox/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10916,73 +10916,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha fraterculus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7426692ab2d06e7e7" w:history="1">
+      <w:hyperlink r:id="rId5891695f6b3ff1b32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11153,90 +11153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3694692ab2d06e93c" w:history="1">
+      <w:hyperlink r:id="rId4573695f6b3ff1c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24989750" name="name3829692ab2d06e9b0" descr="eu_funding_250.png"/>
+            <wp:docPr id="66648125" name="name9605695f6b3ff1d34" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4276692ab2d06e9af" cstate="print"/>
+                    <a:blip r:embed="rId7159695f6b3ff1d33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11334,137 +11334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88713847">
+  <w:abstractNum w:abstractNumId="92341695">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74210300">
+    <w:lvl w:ilvl="0" w:tplc="16877354">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74210300" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16877354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74210300" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16877354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74210300" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16877354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74210300" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16877354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74210300" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16877354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74210300" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16877354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74210300" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16877354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74210300" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16877354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88713846">
+  <w:abstractNum w:abstractNumId="92341694">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95716267">
+    <w:lvl w:ilvl="0" w:tplc="48240851">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12216,55 +12216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88713846">
-    <w:abstractNumId w:val="88713846"/>
+  <w:num w:numId="92341694">
+    <w:abstractNumId w:val="92341694"/>
   </w:num>
-  <w:num w:numId="88713847">
-    <w:abstractNumId w:val="88713847"/>
+  <w:num w:numId="92341695">
+    <w:abstractNumId w:val="92341695"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23814,51 +23814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535838040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId959064476" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3418692ab2d0692b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId1834692ab2d069321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId8058692ab2d06d7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId7884692ab2d06dd23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId7426692ab2d06e7e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3694692ab2d06e93c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6766692ab2d06c2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6766692ab2d06c2ac.jpg"/><Relationship Id="rId4276692ab2d06e9af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4276692ab2d06e9af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747415552" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373875662" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9339695f6b3febd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId1595695f6b3febdb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId7415695f6b3ff096e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId3366695f6b3ff0f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId5891695f6b3ff1b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4573695f6b3ff1c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId5205695f6b3fef11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5205695f6b3fef11b.jpg"/><Relationship Id="rId7159695f6b3ff1d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7159695f6b3ff1d33.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>