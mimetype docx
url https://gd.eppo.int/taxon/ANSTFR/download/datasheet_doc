--- v3 (2026-01-08)
+++ v4 (2026-01-28)
@@ -556,51 +556,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9339695f6b3febd4a" w:history="1">
+            <w:hyperlink r:id="rId7210697a3cff9ce55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -616,51 +616,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1595695f6b3febdb5" w:history="1">
+            <w:hyperlink r:id="rId8361697a3cff9cebc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5586,63 +5586,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27255736" name="name6664695f6b3fef11d" descr="ANSTFR_distribution_map.jpg"/>
+            <wp:docPr id="93695517" name="name7017697a3cff9fb2b" descr="ANSTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5205695f6b3fef11b" cstate="print"/>
+                    <a:blip r:embed="rId7066697a3cff9fb28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8446,51 +8446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, White IM, Freidberg A, Norrbom AL, Dallwitz MJ, Thompson FC (2004) Pest fruit flies of the world. Identification, descriptions, illustrations, and information retrieval. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera Data Dissemination Disk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CD-ROM) 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7415695f6b3ff096e" w:history="1">
+      <w:hyperlink r:id="rId2805697a3cffa0f70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9274,51 +9274,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxotrypana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: descriptions, illustrations, and interactive keys. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3366695f6b3ff0f73" w:history="1">
+      <w:hyperlink r:id="rId4529697a3cffa14b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/anatox/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10938,51 +10938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha fraterculus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5891695f6b3ff1b32" w:history="1">
+      <w:hyperlink r:id="rId4874697a3cffa1f03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11153,90 +11153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4573695f6b3ff1c8c" w:history="1">
+      <w:hyperlink r:id="rId1196697a3cffa2053" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66648125" name="name9605695f6b3ff1d34" descr="eu_funding_250.png"/>
+            <wp:docPr id="68228438" name="name5100697a3cffa2140" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7159695f6b3ff1d33" cstate="print"/>
+                    <a:blip r:embed="rId2068697a3cffa213e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11334,137 +11334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92341695">
+  <w:abstractNum w:abstractNumId="86546693">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16877354">
+    <w:lvl w:ilvl="0" w:tplc="27951096">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16877354" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27951096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16877354" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27951096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16877354" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27951096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16877354" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27951096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16877354" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27951096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16877354" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27951096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16877354" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27951096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16877354" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27951096" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92341694">
+  <w:abstractNum w:abstractNumId="86546692">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48240851">
+    <w:lvl w:ilvl="0" w:tplc="20133859">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12216,55 +12216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92341694">
-    <w:abstractNumId w:val="92341694"/>
+  <w:num w:numId="86546692">
+    <w:abstractNumId w:val="86546692"/>
   </w:num>
-  <w:num w:numId="92341695">
-    <w:abstractNumId w:val="92341695"/>
+  <w:num w:numId="86546693">
+    <w:abstractNumId w:val="86546693"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23814,51 +23814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747415552" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373875662" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9339695f6b3febd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId1595695f6b3febdb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId7415695f6b3ff096e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId3366695f6b3ff0f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId5891695f6b3ff1b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4573695f6b3ff1c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId5205695f6b3fef11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5205695f6b3fef11b.jpg"/><Relationship Id="rId7159695f6b3ff1d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7159695f6b3ff1d33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752962035" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId137875509" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7210697a3cff9ce55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId8361697a3cff9cebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId2805697a3cffa0f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId4529697a3cffa14b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId4874697a3cffa1f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1196697a3cffa2053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId7066697a3cff9fb28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7066697a3cff9fb28.jpg"/><Relationship Id="rId2068697a3cffa213e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2068697a3cffa213e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>