--- v4 (2026-01-28)
+++ v5 (2026-02-19)
@@ -556,51 +556,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7210697a3cff9ce55" w:history="1">
+            <w:hyperlink r:id="rId14716997449ddad8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -614,53 +614,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8361697a3cff9cebc" w:history="1">
+            <w:hyperlink r:id="rId14126997449ddadf7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5586,63 +5586,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93695517" name="name7017697a3cff9fb2b" descr="ANSTFR_distribution_map.jpg"/>
+            <wp:docPr id="98772127" name="name11726997449dddc51" descr="ANSTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7066697a3cff9fb28" cstate="print"/>
+                    <a:blip r:embed="rId67676997449dddc4e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8446,51 +8446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, White IM, Freidberg A, Norrbom AL, Dallwitz MJ, Thompson FC (2004) Pest fruit flies of the world. Identification, descriptions, illustrations, and information retrieval. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera Data Dissemination Disk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CD-ROM) 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2805697a3cffa0f70" w:history="1">
+      <w:hyperlink r:id="rId18236997449ddf38a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9274,51 +9274,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxotrypana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: descriptions, illustrations, and interactive keys. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4529697a3cffa14b9" w:history="1">
+      <w:hyperlink r:id="rId59856997449ddfa51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/anatox/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10938,51 +10938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha fraterculus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4874697a3cffa1f03" w:history="1">
+      <w:hyperlink r:id="rId16936997449de050e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11153,90 +11153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1196697a3cffa2053" w:history="1">
+      <w:hyperlink r:id="rId92286997449de0672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68228438" name="name5100697a3cffa2140" descr="eu_funding_250.png"/>
+            <wp:docPr id="35467608" name="name86916997449de06e7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2068697a3cffa213e" cstate="print"/>
+                    <a:blip r:embed="rId78426997449de06e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11334,137 +11334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86546693">
+  <w:abstractNum w:abstractNumId="84299615">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27951096">
+    <w:lvl w:ilvl="0" w:tplc="62186120">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27951096" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62186120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27951096" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62186120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27951096" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62186120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27951096" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62186120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27951096" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62186120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27951096" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62186120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27951096" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62186120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27951096" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62186120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86546692">
+  <w:abstractNum w:abstractNumId="84299614">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20133859">
+    <w:lvl w:ilvl="0" w:tplc="63852608">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12216,55 +12216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86546692">
-    <w:abstractNumId w:val="86546692"/>
+  <w:num w:numId="84299614">
+    <w:abstractNumId w:val="84299614"/>
   </w:num>
-  <w:num w:numId="86546693">
-    <w:abstractNumId w:val="86546693"/>
+  <w:num w:numId="84299615">
+    <w:abstractNumId w:val="84299615"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23814,51 +23814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752962035" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId137875509" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7210697a3cff9ce55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId8361697a3cff9cebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId2805697a3cffa0f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId4529697a3cffa14b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId4874697a3cffa1f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1196697a3cffa2053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId7066697a3cff9fb28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7066697a3cff9fb28.jpg"/><Relationship Id="rId2068697a3cffa213e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2068697a3cffa213e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId318906480" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId917609780" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14716997449ddad8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId14126997449ddadf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId18236997449ddf38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId59856997449ddfa51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId16936997449de050e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92286997449de0672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId67676997449dddc4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67676997449dddc4e.jpg"/><Relationship Id="rId78426997449de06e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78426997449de06e6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>