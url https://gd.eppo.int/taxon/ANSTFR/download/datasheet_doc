--- v5 (2026-02-19)
+++ v6 (2026-03-12)
@@ -556,51 +556,51 @@
               <w:t xml:space="preserve"> Loew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14716997449ddad8a" w:history="1">
+            <w:hyperlink r:id="rId857469b27e3462349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -616,51 +616,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14126997449ddadf7" w:history="1">
+            <w:hyperlink r:id="rId927169b27e34623d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -5586,63 +5586,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1989).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98772127" name="name11726997449dddc51" descr="ANSTFR_distribution_map.jpg"/>
+            <wp:docPr id="79163920" name="name183969b27e34652bb" descr="ANSTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANSTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67676997449dddc4e" cstate="print"/>
+                    <a:blip r:embed="rId678969b27e34652b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8446,51 +8446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, White IM, Freidberg A, Norrbom AL, Dallwitz MJ, Thompson FC (2004) Pest fruit flies of the world. Identification, descriptions, illustrations, and information retrieval. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera Data Dissemination Disk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CD-ROM) 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18236997449ddf38a" w:history="1">
+      <w:hyperlink r:id="rId111169b27e34667c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9274,51 +9274,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxotrypana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: descriptions, illustrations, and interactive keys. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59856997449ddfa51" w:history="1">
+      <w:hyperlink r:id="rId856769b27e3466d44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/anatox/index.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10938,51 +10938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anastrepha fraterculus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16936997449de050e" w:history="1">
+      <w:hyperlink r:id="rId394369b27e34677be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11153,90 +11153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92286997449de0672" w:history="1">
+      <w:hyperlink r:id="rId829869b27e3467925" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35467608" name="name86916997449de06e7" descr="eu_funding_250.png"/>
+            <wp:docPr id="77346878" name="name913169b27e34679bc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78426997449de06e6" cstate="print"/>
+                    <a:blip r:embed="rId493169b27e34679bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11334,137 +11334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84299615">
+  <w:abstractNum w:abstractNumId="98520069">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62186120">
+    <w:lvl w:ilvl="0" w:tplc="35183099">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62186120" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35183099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62186120" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35183099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62186120" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35183099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62186120" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35183099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62186120" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35183099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62186120" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35183099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62186120" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35183099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62186120" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35183099" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84299614">
+  <w:abstractNum w:abstractNumId="98520068">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63852608">
+    <w:lvl w:ilvl="0" w:tplc="86185067">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12216,55 +12216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84299614">
-    <w:abstractNumId w:val="84299614"/>
+  <w:num w:numId="98520068">
+    <w:abstractNumId w:val="98520068"/>
   </w:num>
-  <w:num w:numId="84299615">
-    <w:abstractNumId w:val="84299615"/>
+  <w:num w:numId="98520069">
+    <w:abstractNumId w:val="98520069"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23814,51 +23814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId318906480" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId917609780" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14716997449ddad8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId14126997449ddadf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId18236997449ddf38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId59856997449ddfa51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId16936997449de050e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92286997449de0672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId67676997449dddc4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67676997449dddc4e.jpg"/><Relationship Id="rId78426997449de06e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78426997449de06e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445849758" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId686188096" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId857469b27e3462349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/" TargetMode="External"/><Relationship Id="rId927169b27e34623d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANSTFR/categorization" TargetMode="External"/><Relationship Id="rId111169b27e34667c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/index.htm" TargetMode="External"/><Relationship Id="rId856769b27e3466d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/anatox/index.htm" TargetMode="External"/><Relationship Id="rId394369b27e34677be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId829869b27e3467925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId678969b27e34652b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId678969b27e34652b7.jpg"/><Relationship Id="rId493169b27e34679bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId493169b27e34679bb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>