--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -374,51 +374,51 @@
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>nw</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>ql</t>
   </si>