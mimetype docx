--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Linnaeus) Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> beardgrass, broomsedge, broomsedge bluestem (US), broomstraw, deceptive bluestem, old-field broomstraw, sage grass, sedge grass, smooth bluestem, whisky grass, yellow bluestem, yellowsedge bluestem</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413668e0a370416da" w:history="1">
+            <w:hyperlink r:id="rId996068fba932ce48c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId658468e0a3704174d" w:history="1">
+            <w:hyperlink r:id="rId444668fba932ce509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -861,63 +861,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65119615" name="name577668e0a37042a94" descr="ANOVI_distribution_map.jpg"/>
+            <wp:docPr id="13911893" name="name803268fba932cf5af" descr="ANOVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId459868e0a37042a91" cstate="print"/>
+                    <a:blip r:embed="rId182468fba932cf5ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2957,90 +2957,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although in some areas in Australia the aim is to reduce population sizes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g. in Brisbane, where it is a low priority environmental weed; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814868e0a37043b8a" w:history="1">
+      <w:hyperlink r:id="rId104868fba932d0670" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">weeds.brisbane.qld.gov.au/weeds/whisky-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), it is not currently controlled at the national level in Australia (Queensland Government, 2016). It is also considered to be an ‘environmental weed’ in New South Wales and Queensland (Queensland Government, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is on the quarantine pest list for FrenchPolynesia (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823768e0a37043bde" w:history="1">
+      <w:hyperlink r:id="rId412368fba932d06b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.biosecurity.govt.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3073,92 +3073,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the composite list of weeds of the Weed Science Society of America </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718168e0a37043c61" w:history="1">
+      <w:hyperlink r:id="rId162468fba932d073b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">wssa.net/wssa/weed/composite-list-of-weeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">); however, this does not imply by itself the existence of any regulatory instruments. In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s is on the List of Plant Species Designated as Noxious Weeds for Eradication or Control Purposes by the Hawaii Department of Agriculture (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId681168e0a37043cb5" w:history="1">
+      <w:hyperlink r:id="rId310668fba932d077c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">hdoa.Hawaii.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Prohibited Alien Species’ on the NEMBA mandated list of 2014. ‘[Prohibited alien species are] defined as alien species that are not yet in South Africa, that are known to be invasive and should not be imported into South Africa. If a Prohibited Alien species does occur in South Africa, it is automatically listed as a ‘Species that requires compulsory control’ unless listed otherwise’ (NEMBA Act 10 of 2014, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId255868e0a37043d1f" w:history="1">
+      <w:hyperlink r:id="rId653368fba932d07e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3233,51 +3233,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AVH (2017) Australia’s Virtual Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602968e0a37043d81" w:history="1">
+      <w:hyperlink r:id="rId610968fba932d0843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh.ala.org.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3557,51 +3557,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butler TJ, Redmon LA, Stritzke JF &amp; Goad CL (2006) Using prescribed fire, tillage, and fertilizer to manage broomsedge-infested pastures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forage and Grazinglands </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175668e0a37043fc5" w:history="1">
+      <w:hyperlink r:id="rId414068fba932d0a56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/FG-2006-0424-01-RS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3694,90 +3694,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(broomsedge). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195968e0a370440a1" w:history="1">
+      <w:hyperlink r:id="rId634068fba932d0b2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed on 9 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CABI, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244268e0a370440f1" w:history="1">
+      <w:hyperlink r:id="rId163968fba932d0b6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4195,51 +4195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId130768e0a37044427" w:history="1">
+      <w:hyperlink r:id="rId838268fba932d0e92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4254,51 +4254,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) EPPO prioritization process for invasive alien plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366568e0a37044488" w:history="1">
+      <w:hyperlink r:id="rId353168fba932d0ef3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4313,51 +4313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117768e0a3704450a" w:history="1">
+      <w:hyperlink r:id="rId664668fba932d0f52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 23 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5065,51 +5065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NIES (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120368e0a37044a47" w:history="1">
+      <w:hyperlink r:id="rId140768fba932d1439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5220,51 +5220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Weeds of Australia, Biosecurity Queensland Edition. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989068e0a37044b49" w:history="1">
+      <w:hyperlink r:id="rId705368fba932d1548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5484,51 +5484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uchytil RJ (1992) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869268e0a37044d23" w:history="1">
+      <w:hyperlink r:id="rId518568fba932d170c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 13 January 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5541,90 +5541,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (2009) Schiedea nuttallii 5-Year Review Summary and Evaluation., Oregon (USA)US Fish and Wildlife Service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (USFWS) (1995) Lanai plant cluster recovery plan. U.S. Fish and Wildlife Service, Portland, Oregon. 238 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId160968e0a37044d83" w:history="1">
+      <w:hyperlink r:id="rId612168fba932d176c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fws.gov/pacificislands/recoveryplans.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 26 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Broomsedge bluestem. Plant Fact Sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402968e0a37044dc1" w:history="1">
+      <w:hyperlink r:id="rId568868fba932d17aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5831,51 +5831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711368e0a37044f95" w:history="1">
+      <w:hyperlink r:id="rId195868fba932d1974" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5951,51 +5951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752168e0a370450a2" w:history="1">
+      <w:hyperlink r:id="rId544168fba932d1a3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12526</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15053628">
+  <w:abstractNum w:abstractNumId="25640260">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17451808">
+    <w:lvl w:ilvl="0" w:tplc="98836483">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17451808" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98836483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17451808" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98836483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17451808" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98836483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17451808" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98836483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17451808" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98836483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17451808" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98836483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17451808" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98836483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17451808" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98836483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15053627">
+  <w:abstractNum w:abstractNumId="25640259">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64664914">
+    <w:lvl w:ilvl="0" w:tplc="64460383">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15053627">
-    <w:abstractNumId w:val="15053627"/>
+  <w:num w:numId="25640259">
+    <w:abstractNumId w:val="25640259"/>
   </w:num>
-  <w:num w:numId="15053628">
-    <w:abstractNumId w:val="15053628"/>
+  <w:num w:numId="25640260">
+    <w:abstractNumId w:val="25640260"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId595154795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId230385272" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId413668e0a370416da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId658468e0a3704174d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId814868e0a37043b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId823768e0a37043bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId718168e0a37043c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId681168e0a37043cb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId255868e0a37043d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId602968e0a37043d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId175668e0a37043fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId195968e0a370440a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId244268e0a370440f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId130768e0a37044427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId366568e0a37044488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId117768e0a3704450a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId120368e0a37044a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId989068e0a37044b49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId869268e0a37044d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId160968e0a37044d83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId402968e0a37044dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId711368e0a37044f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId752168e0a370450a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId459868e0a37042a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId459868e0a37042a91.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId552637336" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412263598" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId996068fba932ce48c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId444668fba932ce509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId104868fba932d0670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId412368fba932d06b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId162468fba932d073b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId310668fba932d077c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId653368fba932d07e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId610968fba932d0843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId414068fba932d0a56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId634068fba932d0b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId163968fba932d0b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId838268fba932d0e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId353168fba932d0ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId664668fba932d0f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId140768fba932d1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId705368fba932d1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId518568fba932d170c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId612168fba932d176c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId568868fba932d17aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId195868fba932d1974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId544168fba932d1a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId182468fba932cf5ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId182468fba932cf5ac.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>