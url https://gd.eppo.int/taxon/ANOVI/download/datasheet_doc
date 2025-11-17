--- v1 (2025-10-24)
+++ v2 (2025-11-17)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Linnaeus) Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> beardgrass, broomsedge, broomsedge bluestem (US), broomstraw, deceptive bluestem, old-field broomstraw, sage grass, sedge grass, smooth bluestem, whisky grass, yellow bluestem, yellowsedge bluestem</w:t>
             </w:r>
-            <w:hyperlink r:id="rId996068fba932ce48c" w:history="1">
+            <w:hyperlink r:id="rId7496691b5b2add3f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444668fba932ce509" w:history="1">
+            <w:hyperlink r:id="rId6242691b5b2add46b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -861,63 +861,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13911893" name="name803268fba932cf5af" descr="ANOVI_distribution_map.jpg"/>
+            <wp:docPr id="556208" name="name7970691b5b2ade64d" descr="ANOVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId182468fba932cf5ac" cstate="print"/>
+                    <a:blip r:embed="rId4157691b5b2ade649" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2957,90 +2957,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although in some areas in Australia the aim is to reduce population sizes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g. in Brisbane, where it is a low priority environmental weed; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104868fba932d0670" w:history="1">
+      <w:hyperlink r:id="rId8244691b5b2adf647" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">weeds.brisbane.qld.gov.au/weeds/whisky-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), it is not currently controlled at the national level in Australia (Queensland Government, 2016). It is also considered to be an ‘environmental weed’ in New South Wales and Queensland (Queensland Government, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is on the quarantine pest list for FrenchPolynesia (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412368fba932d06b9" w:history="1">
+      <w:hyperlink r:id="rId7984691b5b2adf68f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.biosecurity.govt.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3073,92 +3073,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the composite list of weeds of the Weed Science Society of America </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162468fba932d073b" w:history="1">
+      <w:hyperlink r:id="rId3569691b5b2adf711" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">wssa.net/wssa/weed/composite-list-of-weeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">); however, this does not imply by itself the existence of any regulatory instruments. In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s is on the List of Plant Species Designated as Noxious Weeds for Eradication or Control Purposes by the Hawaii Department of Agriculture (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId310668fba932d077c" w:history="1">
+      <w:hyperlink r:id="rId8949691b5b2adf752" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">hdoa.Hawaii.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Prohibited Alien Species’ on the NEMBA mandated list of 2014. ‘[Prohibited alien species are] defined as alien species that are not yet in South Africa, that are known to be invasive and should not be imported into South Africa. If a Prohibited Alien species does occur in South Africa, it is automatically listed as a ‘Species that requires compulsory control’ unless listed otherwise’ (NEMBA Act 10 of 2014, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653368fba932d07e1" w:history="1">
+      <w:hyperlink r:id="rId4080691b5b2adf7b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3233,51 +3233,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AVH (2017) Australia’s Virtual Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610968fba932d0843" w:history="1">
+      <w:hyperlink r:id="rId3659691b5b2adf819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh.ala.org.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3557,51 +3557,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butler TJ, Redmon LA, Stritzke JF &amp; Goad CL (2006) Using prescribed fire, tillage, and fertilizer to manage broomsedge-infested pastures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forage and Grazinglands </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414068fba932d0a56" w:history="1">
+      <w:hyperlink r:id="rId2254691b5b2adfa42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/FG-2006-0424-01-RS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3694,90 +3694,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(broomsedge). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634068fba932d0b2f" w:history="1">
+      <w:hyperlink r:id="rId5232691b5b2adfb20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed on 9 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CABI, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163968fba932d0b6c" w:history="1">
+      <w:hyperlink r:id="rId2944691b5b2adfb60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4195,51 +4195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838268fba932d0e92" w:history="1">
+      <w:hyperlink r:id="rId9136691b5b2adfe69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4254,51 +4254,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) EPPO prioritization process for invasive alien plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId353168fba932d0ef3" w:history="1">
+      <w:hyperlink r:id="rId1165691b5b2adfec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4313,51 +4313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664668fba932d0f52" w:history="1">
+      <w:hyperlink r:id="rId6921691b5b2adff71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 23 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5065,51 +5065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NIES (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140768fba932d1439" w:history="1">
+      <w:hyperlink r:id="rId6793691b5b2ae0447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5220,51 +5220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Weeds of Australia, Biosecurity Queensland Edition. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705368fba932d1548" w:history="1">
+      <w:hyperlink r:id="rId2578691b5b2ae0542" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5484,51 +5484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uchytil RJ (1992) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518568fba932d170c" w:history="1">
+      <w:hyperlink r:id="rId5172691b5b2ae06f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 13 January 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5541,90 +5541,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (2009) Schiedea nuttallii 5-Year Review Summary and Evaluation., Oregon (USA)US Fish and Wildlife Service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (USFWS) (1995) Lanai plant cluster recovery plan. U.S. Fish and Wildlife Service, Portland, Oregon. 238 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId612168fba932d176c" w:history="1">
+      <w:hyperlink r:id="rId2663691b5b2ae0753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fws.gov/pacificislands/recoveryplans.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 26 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Broomsedge bluestem. Plant Fact Sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568868fba932d17aa" w:history="1">
+      <w:hyperlink r:id="rId1759691b5b2ae0791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5831,51 +5831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195868fba932d1974" w:history="1">
+      <w:hyperlink r:id="rId2593691b5b2ae0947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5951,51 +5951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544168fba932d1a3a" w:history="1">
+      <w:hyperlink r:id="rId4093691b5b2ae0a26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12526</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25640260">
+  <w:abstractNum w:abstractNumId="56326024">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98836483">
+    <w:lvl w:ilvl="0" w:tplc="87302674">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98836483" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87302674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98836483" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87302674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98836483" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87302674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98836483" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87302674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98836483" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87302674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98836483" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87302674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98836483" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87302674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98836483" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87302674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25640259">
+  <w:abstractNum w:abstractNumId="56326023">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64460383">
+    <w:lvl w:ilvl="0" w:tplc="82400332">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25640259">
-    <w:abstractNumId w:val="25640259"/>
+  <w:num w:numId="56326023">
+    <w:abstractNumId w:val="56326023"/>
   </w:num>
-  <w:num w:numId="25640260">
-    <w:abstractNumId w:val="25640260"/>
+  <w:num w:numId="56326024">
+    <w:abstractNumId w:val="56326024"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId552637336" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412263598" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId996068fba932ce48c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId444668fba932ce509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId104868fba932d0670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId412368fba932d06b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId162468fba932d073b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId310668fba932d077c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId653368fba932d07e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId610968fba932d0843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId414068fba932d0a56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId634068fba932d0b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId163968fba932d0b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId838268fba932d0e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId353168fba932d0ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId664668fba932d0f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId140768fba932d1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId705368fba932d1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId518568fba932d170c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId612168fba932d176c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId568868fba932d17aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId195868fba932d1974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId544168fba932d1a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId182468fba932cf5ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId182468fba932cf5ac.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491841897" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId205346695" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7496691b5b2add3f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId6242691b5b2add46b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId8244691b5b2adf647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId7984691b5b2adf68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId3569691b5b2adf711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId8949691b5b2adf752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId4080691b5b2adf7b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId3659691b5b2adf819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId2254691b5b2adfa42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId5232691b5b2adfb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId2944691b5b2adfb60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId9136691b5b2adfe69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId1165691b5b2adfec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId6921691b5b2adff71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId6793691b5b2ae0447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId2578691b5b2ae0542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId5172691b5b2ae06f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId2663691b5b2ae0753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId1759691b5b2ae0791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId2593691b5b2ae0947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4093691b5b2ae0a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId4157691b5b2ade649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4157691b5b2ade649.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>