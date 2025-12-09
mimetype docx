--- v2 (2025-11-17)
+++ v3 (2025-12-09)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Linnaeus) Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> beardgrass, broomsedge, broomsedge bluestem (US), broomstraw, deceptive bluestem, old-field broomstraw, sage grass, sedge grass, smooth bluestem, whisky grass, yellow bluestem, yellowsedge bluestem</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7496691b5b2add3f9" w:history="1">
+            <w:hyperlink r:id="rId9298693816f53f028" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6242691b5b2add46b" w:history="1">
+            <w:hyperlink r:id="rId3319693816f53f095" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -861,63 +861,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="556208" name="name7970691b5b2ade64d" descr="ANOVI_distribution_map.jpg"/>
+            <wp:docPr id="48174250" name="name5909693816f540086" descr="ANOVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4157691b5b2ade649" cstate="print"/>
+                    <a:blip r:embed="rId3964693816f540084" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2957,90 +2957,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although in some areas in Australia the aim is to reduce population sizes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g. in Brisbane, where it is a low priority environmental weed; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8244691b5b2adf647" w:history="1">
+      <w:hyperlink r:id="rId4813693816f540fda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">weeds.brisbane.qld.gov.au/weeds/whisky-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), it is not currently controlled at the national level in Australia (Queensland Government, 2016). It is also considered to be an ‘environmental weed’ in New South Wales and Queensland (Queensland Government, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is on the quarantine pest list for FrenchPolynesia (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7984691b5b2adf68f" w:history="1">
+      <w:hyperlink r:id="rId9599693816f541022" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.biosecurity.govt.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3073,92 +3073,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the composite list of weeds of the Weed Science Society of America </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3569691b5b2adf711" w:history="1">
+      <w:hyperlink r:id="rId4580693816f5410a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">wssa.net/wssa/weed/composite-list-of-weeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">); however, this does not imply by itself the existence of any regulatory instruments. In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s is on the List of Plant Species Designated as Noxious Weeds for Eradication or Control Purposes by the Hawaii Department of Agriculture (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8949691b5b2adf752" w:history="1">
+      <w:hyperlink r:id="rId1738693816f5410ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">hdoa.Hawaii.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Prohibited Alien Species’ on the NEMBA mandated list of 2014. ‘[Prohibited alien species are] defined as alien species that are not yet in South Africa, that are known to be invasive and should not be imported into South Africa. If a Prohibited Alien species does occur in South Africa, it is automatically listed as a ‘Species that requires compulsory control’ unless listed otherwise’ (NEMBA Act 10 of 2014, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4080691b5b2adf7b8" w:history="1">
+      <w:hyperlink r:id="rId4964693816f54114f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3233,51 +3233,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AVH (2017) Australia’s Virtual Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3659691b5b2adf819" w:history="1">
+      <w:hyperlink r:id="rId3473693816f5411ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh.ala.org.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3557,51 +3557,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butler TJ, Redmon LA, Stritzke JF &amp; Goad CL (2006) Using prescribed fire, tillage, and fertilizer to manage broomsedge-infested pastures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forage and Grazinglands </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2254691b5b2adfa42" w:history="1">
+      <w:hyperlink r:id="rId6956693816f5413b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/FG-2006-0424-01-RS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3694,90 +3694,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(broomsedge). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5232691b5b2adfb20" w:history="1">
+      <w:hyperlink r:id="rId8497693816f54148c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed on 9 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CABI, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2944691b5b2adfb60" w:history="1">
+      <w:hyperlink r:id="rId6560693816f5414ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4195,51 +4195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9136691b5b2adfe69" w:history="1">
+      <w:hyperlink r:id="rId9764693816f5417c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4254,51 +4254,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) EPPO prioritization process for invasive alien plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1165691b5b2adfec9" w:history="1">
+      <w:hyperlink r:id="rId5281693816f541828" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4313,51 +4313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6921691b5b2adff71" w:history="1">
+      <w:hyperlink r:id="rId9161693816f541885" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 23 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5065,51 +5065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NIES (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6793691b5b2ae0447" w:history="1">
+      <w:hyperlink r:id="rId6694693816f541d2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5220,51 +5220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Weeds of Australia, Biosecurity Queensland Edition. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2578691b5b2ae0542" w:history="1">
+      <w:hyperlink r:id="rId5521693816f541e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5484,51 +5484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uchytil RJ (1992) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5172691b5b2ae06f5" w:history="1">
+      <w:hyperlink r:id="rId1374693816f541fd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 13 January 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5541,90 +5541,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (2009) Schiedea nuttallii 5-Year Review Summary and Evaluation., Oregon (USA)US Fish and Wildlife Service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (USFWS) (1995) Lanai plant cluster recovery plan. U.S. Fish and Wildlife Service, Portland, Oregon. 238 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2663691b5b2ae0753" w:history="1">
+      <w:hyperlink r:id="rId2288693816f542039" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fws.gov/pacificislands/recoveryplans.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 26 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Broomsedge bluestem. Plant Fact Sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1759691b5b2ae0791" w:history="1">
+      <w:hyperlink r:id="rId3596693816f542077" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5831,51 +5831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2593691b5b2ae0947" w:history="1">
+      <w:hyperlink r:id="rId6658693816f542227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5951,51 +5951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4093691b5b2ae0a26" w:history="1">
+      <w:hyperlink r:id="rId8443693816f5422ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12526</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56326024">
+  <w:abstractNum w:abstractNumId="58781332">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87302674">
+    <w:lvl w:ilvl="0" w:tplc="61121543">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87302674" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61121543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87302674" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61121543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87302674" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61121543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87302674" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61121543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87302674" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61121543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87302674" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61121543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87302674" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61121543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87302674" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61121543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56326023">
+  <w:abstractNum w:abstractNumId="58781331">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82400332">
+    <w:lvl w:ilvl="0" w:tplc="69784981">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56326023">
-    <w:abstractNumId w:val="56326023"/>
+  <w:num w:numId="58781331">
+    <w:abstractNumId w:val="58781331"/>
   </w:num>
-  <w:num w:numId="56326024">
-    <w:abstractNumId w:val="56326024"/>
+  <w:num w:numId="58781332">
+    <w:abstractNumId w:val="58781332"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491841897" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId205346695" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7496691b5b2add3f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId6242691b5b2add46b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId8244691b5b2adf647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId7984691b5b2adf68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId3569691b5b2adf711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId8949691b5b2adf752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId4080691b5b2adf7b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId3659691b5b2adf819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId2254691b5b2adfa42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId5232691b5b2adfb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId2944691b5b2adfb60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId9136691b5b2adfe69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId1165691b5b2adfec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId6921691b5b2adff71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId6793691b5b2ae0447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId2578691b5b2ae0542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId5172691b5b2ae06f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId2663691b5b2ae0753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId1759691b5b2ae0791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId2593691b5b2ae0947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4093691b5b2ae0a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId4157691b5b2ade649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4157691b5b2ade649.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635739874" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId713569990" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9298693816f53f028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId3319693816f53f095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId4813693816f540fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId9599693816f541022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId4580693816f5410a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId1738693816f5410ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId4964693816f54114f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId3473693816f5411ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId6956693816f5413b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId8497693816f54148c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId6560693816f5414ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId9764693816f5417c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId5281693816f541828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId9161693816f541885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId6694693816f541d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId5521693816f541e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId1374693816f541fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId2288693816f542039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId3596693816f542077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId6658693816f542227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8443693816f5422ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId3964693816f540084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3964693816f540084.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>