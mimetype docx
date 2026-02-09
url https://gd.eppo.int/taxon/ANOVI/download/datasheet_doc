--- v3 (2025-12-09)
+++ v4 (2026-02-09)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Linnaeus) Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> beardgrass, broomsedge, broomsedge bluestem (US), broomstraw, deceptive bluestem, old-field broomstraw, sage grass, sedge grass, smooth bluestem, whisky grass, yellow bluestem, yellowsedge bluestem</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9298693816f53f028" w:history="1">
+            <w:hyperlink r:id="rId78076989eaf03acfe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3319693816f53f095" w:history="1">
+            <w:hyperlink r:id="rId39266989eaf03ad70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -861,105 +861,105 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48174250" name="name5909693816f540086" descr="ANOVI_distribution_map.jpg"/>
+            <wp:docPr id="61962331" name="name49276989eaf03be4e" descr="ANOVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3964693816f540084" cstate="print"/>
+                    <a:blip r:embed="rId67196989eaf03be4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> France (mainland), Georgia, Russian Federation (the)</w:t>
+        <w:t xml:space="preserve"> France (mainland), Georgia, Russian Federation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan, Korea, Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2957,90 +2957,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although in some areas in Australia the aim is to reduce population sizes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g. in Brisbane, where it is a low priority environmental weed; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4813693816f540fda" w:history="1">
+      <w:hyperlink r:id="rId62066989eaf03ce8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">weeds.brisbane.qld.gov.au/weeds/whisky-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), it is not currently controlled at the national level in Australia (Queensland Government, 2016). It is also considered to be an ‘environmental weed’ in New South Wales and Queensland (Queensland Government, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is on the quarantine pest list for FrenchPolynesia (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9599693816f541022" w:history="1">
+      <w:hyperlink r:id="rId77306989eaf03ced5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.biosecurity.govt.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3073,92 +3073,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the composite list of weeds of the Weed Science Society of America </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4580693816f5410a6" w:history="1">
+      <w:hyperlink r:id="rId75396989eaf03cf58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">wssa.net/wssa/weed/composite-list-of-weeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">); however, this does not imply by itself the existence of any regulatory instruments. In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s is on the List of Plant Species Designated as Noxious Weeds for Eradication or Control Purposes by the Hawaii Department of Agriculture (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1738693816f5410ea" w:history="1">
+      <w:hyperlink r:id="rId22756989eaf03cf99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">hdoa.Hawaii.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Prohibited Alien Species’ on the NEMBA mandated list of 2014. ‘[Prohibited alien species are] defined as alien species that are not yet in South Africa, that are known to be invasive and should not be imported into South Africa. If a Prohibited Alien species does occur in South Africa, it is automatically listed as a ‘Species that requires compulsory control’ unless listed otherwise’ (NEMBA Act 10 of 2014, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4964693816f54114f" w:history="1">
+      <w:hyperlink r:id="rId35586989eaf03cfff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3233,51 +3233,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AVH (2017) Australia’s Virtual Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3473693816f5411ae" w:history="1">
+      <w:hyperlink r:id="rId11896989eaf03d060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh.ala.org.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3557,51 +3557,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butler TJ, Redmon LA, Stritzke JF &amp; Goad CL (2006) Using prescribed fire, tillage, and fertilizer to manage broomsedge-infested pastures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forage and Grazinglands </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6956693816f5413b8" w:history="1">
+      <w:hyperlink r:id="rId37696989eaf03d29d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/FG-2006-0424-01-RS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3694,90 +3694,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(broomsedge). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8497693816f54148c" w:history="1">
+      <w:hyperlink r:id="rId50656989eaf03d37a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed on 9 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CABI, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6560693816f5414ca" w:history="1">
+      <w:hyperlink r:id="rId55016989eaf03d3b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4195,51 +4195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9764693816f5417c9" w:history="1">
+      <w:hyperlink r:id="rId63806989eaf03d6be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4254,51 +4254,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) EPPO prioritization process for invasive alien plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5281693816f541828" w:history="1">
+      <w:hyperlink r:id="rId23106989eaf03d71e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4313,51 +4313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9161693816f541885" w:history="1">
+      <w:hyperlink r:id="rId21146989eaf03d77f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 23 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5065,51 +5065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NIES (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6694693816f541d2c" w:history="1">
+      <w:hyperlink r:id="rId40236989eaf03dc61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5220,51 +5220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Weeds of Australia, Biosecurity Queensland Edition. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5521693816f541e20" w:history="1">
+      <w:hyperlink r:id="rId45226989eaf03dd61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5484,51 +5484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uchytil RJ (1992) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1374693816f541fd8" w:history="1">
+      <w:hyperlink r:id="rId17036989eaf03df1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 13 January 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5541,90 +5541,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (2009) Schiedea nuttallii 5-Year Review Summary and Evaluation., Oregon (USA)US Fish and Wildlife Service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (USFWS) (1995) Lanai plant cluster recovery plan. U.S. Fish and Wildlife Service, Portland, Oregon. 238 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2288693816f542039" w:history="1">
+      <w:hyperlink r:id="rId86486989eaf03df7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fws.gov/pacificislands/recoveryplans.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 26 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Broomsedge bluestem. Plant Fact Sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3596693816f542077" w:history="1">
+      <w:hyperlink r:id="rId25216989eaf03dfba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5809,73 +5809,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6658693816f542227" w:history="1">
+      <w:hyperlink r:id="rId54156989eaf03e178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5951,51 +5951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8443693816f5422ed" w:history="1">
+      <w:hyperlink r:id="rId91516989eaf03e242" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12526</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58781332">
+  <w:abstractNum w:abstractNumId="32284084">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61121543">
+    <w:lvl w:ilvl="0" w:tplc="49098448">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61121543" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49098448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61121543" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49098448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61121543" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49098448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61121543" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49098448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61121543" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49098448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61121543" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49098448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61121543" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49098448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61121543" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49098448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58781331">
+  <w:abstractNum w:abstractNumId="32284083">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69784981">
+    <w:lvl w:ilvl="0" w:tplc="56072109">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58781331">
-    <w:abstractNumId w:val="58781331"/>
+  <w:num w:numId="32284083">
+    <w:abstractNumId w:val="32284083"/>
   </w:num>
-  <w:num w:numId="58781332">
-    <w:abstractNumId w:val="58781332"/>
+  <w:num w:numId="32284084">
+    <w:abstractNumId w:val="32284084"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635739874" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId713569990" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9298693816f53f028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId3319693816f53f095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId4813693816f540fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId9599693816f541022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId4580693816f5410a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId1738693816f5410ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId4964693816f54114f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId3473693816f5411ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId6956693816f5413b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId8497693816f54148c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId6560693816f5414ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId9764693816f5417c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId5281693816f541828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId9161693816f541885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId6694693816f541d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId5521693816f541e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId1374693816f541fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId2288693816f542039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId3596693816f542077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId6658693816f542227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8443693816f5422ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId3964693816f540084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3964693816f540084.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId277484436" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId210275124" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78076989eaf03acfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId39266989eaf03ad70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId62066989eaf03ce8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId77306989eaf03ced5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId75396989eaf03cf58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId22756989eaf03cf99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId35586989eaf03cfff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId11896989eaf03d060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId37696989eaf03d29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId50656989eaf03d37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId55016989eaf03d3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId63806989eaf03d6be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId23106989eaf03d71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId21146989eaf03d77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId40236989eaf03dc61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId45226989eaf03dd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId17036989eaf03df1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId86486989eaf03df7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId25216989eaf03dfba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId54156989eaf03e178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91516989eaf03e242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId67196989eaf03be4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67196989eaf03be4b.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>