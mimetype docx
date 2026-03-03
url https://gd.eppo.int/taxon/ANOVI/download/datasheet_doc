--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Linnaeus) Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> beardgrass, broomsedge, broomsedge bluestem (US), broomstraw, deceptive bluestem, old-field broomstraw, sage grass, sedge grass, smooth bluestem, whisky grass, yellow bluestem, yellowsedge bluestem</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78076989eaf03acfe" w:history="1">
+            <w:hyperlink r:id="rId636669a67689c62c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39266989eaf03ad70" w:history="1">
+            <w:hyperlink r:id="rId694669a67689c6333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -861,63 +861,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61962331" name="name49276989eaf03be4e" descr="ANOVI_distribution_map.jpg"/>
+            <wp:docPr id="96185604" name="name733669a67689c727d" descr="ANOVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67196989eaf03be4b" cstate="print"/>
+                    <a:blip r:embed="rId817669a67689c727a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2957,90 +2957,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although in some areas in Australia the aim is to reduce population sizes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g. in Brisbane, where it is a low priority environmental weed; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62066989eaf03ce8c" w:history="1">
+      <w:hyperlink r:id="rId111769a67689c8227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">weeds.brisbane.qld.gov.au/weeds/whisky-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), it is not currently controlled at the national level in Australia (Queensland Government, 2016). It is also considered to be an ‘environmental weed’ in New South Wales and Queensland (Queensland Government, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is on the quarantine pest list for FrenchPolynesia (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77306989eaf03ced5" w:history="1">
+      <w:hyperlink r:id="rId834669a67689c826c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.biosecurity.govt.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3073,92 +3073,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the composite list of weeds of the Weed Science Society of America </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75396989eaf03cf58" w:history="1">
+      <w:hyperlink r:id="rId168669a67689c82fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">wssa.net/wssa/weed/composite-list-of-weeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">); however, this does not imply by itself the existence of any regulatory instruments. In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s is on the List of Plant Species Designated as Noxious Weeds for Eradication or Control Purposes by the Hawaii Department of Agriculture (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22756989eaf03cf99" w:history="1">
+      <w:hyperlink r:id="rId268669a67689c8341" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">hdoa.Hawaii.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Prohibited Alien Species’ on the NEMBA mandated list of 2014. ‘[Prohibited alien species are] defined as alien species that are not yet in South Africa, that are known to be invasive and should not be imported into South Africa. If a Prohibited Alien species does occur in South Africa, it is automatically listed as a ‘Species that requires compulsory control’ unless listed otherwise’ (NEMBA Act 10 of 2014, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35586989eaf03cfff" w:history="1">
+      <w:hyperlink r:id="rId190469a67689c83a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3233,51 +3233,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AVH (2017) Australia’s Virtual Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11896989eaf03d060" w:history="1">
+      <w:hyperlink r:id="rId674369a67689c8409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh.ala.org.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3557,51 +3557,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butler TJ, Redmon LA, Stritzke JF &amp; Goad CL (2006) Using prescribed fire, tillage, and fertilizer to manage broomsedge-infested pastures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forage and Grazinglands </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37696989eaf03d29d" w:history="1">
+      <w:hyperlink r:id="rId339469a67689c8619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/FG-2006-0424-01-RS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3694,90 +3694,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(broomsedge). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50656989eaf03d37a" w:history="1">
+      <w:hyperlink r:id="rId292469a67689c86f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed on 9 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CABI, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55016989eaf03d3b8" w:history="1">
+      <w:hyperlink r:id="rId462869a67689c872e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4195,51 +4195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63806989eaf03d6be" w:history="1">
+      <w:hyperlink r:id="rId298669a67689c8a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4254,51 +4254,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) EPPO prioritization process for invasive alien plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23106989eaf03d71e" w:history="1">
+      <w:hyperlink r:id="rId862869a67689c8a7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4313,51 +4313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21146989eaf03d77f" w:history="1">
+      <w:hyperlink r:id="rId237569a67689c8adc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 23 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5065,51 +5065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NIES (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40236989eaf03dc61" w:history="1">
+      <w:hyperlink r:id="rId722869a67689c9337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5220,51 +5220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Weeds of Australia, Biosecurity Queensland Edition. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45226989eaf03dd61" w:history="1">
+      <w:hyperlink r:id="rId708669a67689c9486" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5484,51 +5484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uchytil RJ (1992) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17036989eaf03df1b" w:history="1">
+      <w:hyperlink r:id="rId733469a67689c975b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 13 January 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5541,90 +5541,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (2009) Schiedea nuttallii 5-Year Review Summary and Evaluation., Oregon (USA)US Fish and Wildlife Service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (USFWS) (1995) Lanai plant cluster recovery plan. U.S. Fish and Wildlife Service, Portland, Oregon. 238 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86486989eaf03df7b" w:history="1">
+      <w:hyperlink r:id="rId363369a67689c97f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fws.gov/pacificislands/recoveryplans.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 26 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Broomsedge bluestem. Plant Fact Sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25216989eaf03dfba" w:history="1">
+      <w:hyperlink r:id="rId958869a67689c9839" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5831,51 +5831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54156989eaf03e178" w:history="1">
+      <w:hyperlink r:id="rId866169a67689c99f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5951,51 +5951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91516989eaf03e242" w:history="1">
+      <w:hyperlink r:id="rId125169a67689c9ae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12526</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32284084">
+  <w:abstractNum w:abstractNumId="71173719">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49098448">
+    <w:lvl w:ilvl="0" w:tplc="28556649">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49098448" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28556649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49098448" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28556649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49098448" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28556649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49098448" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28556649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49098448" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28556649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49098448" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28556649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49098448" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28556649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49098448" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28556649" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32284083">
+  <w:abstractNum w:abstractNumId="71173718">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56072109">
+    <w:lvl w:ilvl="0" w:tplc="83356337">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32284083">
-    <w:abstractNumId w:val="32284083"/>
+  <w:num w:numId="71173718">
+    <w:abstractNumId w:val="71173718"/>
   </w:num>
-  <w:num w:numId="32284084">
-    <w:abstractNumId w:val="32284084"/>
+  <w:num w:numId="71173719">
+    <w:abstractNumId w:val="71173719"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId277484436" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId210275124" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78076989eaf03acfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId39266989eaf03ad70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId62066989eaf03ce8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId77306989eaf03ced5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId75396989eaf03cf58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId22756989eaf03cf99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId35586989eaf03cfff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId11896989eaf03d060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId37696989eaf03d29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId50656989eaf03d37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId55016989eaf03d3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId63806989eaf03d6be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId23106989eaf03d71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId21146989eaf03d77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId40236989eaf03dc61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId45226989eaf03dd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId17036989eaf03df1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId86486989eaf03df7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId25216989eaf03dfba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId54156989eaf03e178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91516989eaf03e242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId67196989eaf03be4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67196989eaf03be4b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670969827" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId398463442" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId636669a67689c62c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId694669a67689c6333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId111769a67689c8227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId834669a67689c826c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId168669a67689c82fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId268669a67689c8341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId190469a67689c83a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId674369a67689c8409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId339469a67689c8619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId292469a67689c86f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId462869a67689c872e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId298669a67689c8a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId862869a67689c8a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId237569a67689c8adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId722869a67689c9337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId708669a67689c9486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId733469a67689c975b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId363369a67689c97f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId958869a67689c9839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId866169a67689c99f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId125169a67689c9ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId817669a67689c727a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId817669a67689c727a.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>