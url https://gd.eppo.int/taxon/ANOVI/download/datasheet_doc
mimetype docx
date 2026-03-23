--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Linnaeus) Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> beardgrass, broomsedge, broomsedge bluestem (US), broomstraw, deceptive bluestem, old-field broomstraw, sage grass, sedge grass, smooth bluestem, whisky grass, yellow bluestem, yellowsedge bluestem</w:t>
             </w:r>
-            <w:hyperlink r:id="rId636669a67689c62c7" w:history="1">
+            <w:hyperlink r:id="rId766169c1223f71326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId694669a67689c6333" w:history="1">
+            <w:hyperlink r:id="rId834469c1223f71394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -861,63 +861,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96185604" name="name733669a67689c727d" descr="ANOVI_distribution_map.jpg"/>
+            <wp:docPr id="91539207" name="name865269c1223f7289b" descr="ANOVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId817669a67689c727a" cstate="print"/>
+                    <a:blip r:embed="rId577669c1223f72898" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2957,90 +2957,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Although in some areas in Australia the aim is to reduce population sizes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g. in Brisbane, where it is a low priority environmental weed; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111769a67689c8227" w:history="1">
+      <w:hyperlink r:id="rId285169c1223f738fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">weeds.brisbane.qld.gov.au/weeds/whisky-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), it is not currently controlled at the national level in Australia (Queensland Government, 2016). It is also considered to be an ‘environmental weed’ in New South Wales and Queensland (Queensland Government, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The species is on the quarantine pest list for FrenchPolynesia (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId834669a67689c826c" w:history="1">
+      <w:hyperlink r:id="rId173469c1223f73944" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.biosecurity.govt.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3073,92 +3073,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the composite list of weeds of the Weed Science Society of America </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168669a67689c82fe" w:history="1">
+      <w:hyperlink r:id="rId262869c1223f739c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">wssa.net/wssa/weed/composite-list-of-weeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">); however, this does not imply by itself the existence of any regulatory instruments. In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s is on the List of Plant Species Designated as Noxious Weeds for Eradication or Control Purposes by the Hawaii Department of Agriculture (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId268669a67689c8341" w:history="1">
+      <w:hyperlink r:id="rId570269c1223f73a08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">hdoa.Hawaii.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Prohibited Alien Species’ on the NEMBA mandated list of 2014. ‘[Prohibited alien species are] defined as alien species that are not yet in South Africa, that are known to be invasive and should not be imported into South Africa. If a Prohibited Alien species does occur in South Africa, it is automatically listed as a ‘Species that requires compulsory control’ unless listed otherwise’ (NEMBA Act 10 of 2014, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190469a67689c83a8" w:history="1">
+      <w:hyperlink r:id="rId276969c1223f73a6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3233,51 +3233,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AVH (2017) Australia’s Virtual Herbarium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674369a67689c8409" w:history="1">
+      <w:hyperlink r:id="rId427669c1223f73acc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh.ala.org.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 24 April 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3557,51 +3557,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butler TJ, Redmon LA, Stritzke JF &amp; Goad CL (2006) Using prescribed fire, tillage, and fertilizer to manage broomsedge-infested pastures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forage and Grazinglands </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339469a67689c8619" w:history="1">
+      <w:hyperlink r:id="rId924769c1223f73cde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/FG-2006-0424-01-RS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3694,90 +3694,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) Invasive Species Compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(broomsedge). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292469a67689c86f0" w:history="1">
+      <w:hyperlink r:id="rId360669c1223f73db8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed on 9 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CABI, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462869a67689c872e" w:history="1">
+      <w:hyperlink r:id="rId786969c1223f73df5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/5286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4195,51 +4195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298669a67689c8a21" w:history="1">
+      <w:hyperlink r:id="rId665469c1223f740eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4254,51 +4254,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) EPPO prioritization process for invasive alien plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862869a67689c8a7f" w:history="1">
+      <w:hyperlink r:id="rId113569c1223f7414b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4313,51 +4313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237569a67689c8adc" w:history="1">
+      <w:hyperlink r:id="rId841669c1223f741a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 23 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5065,51 +5065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NIES (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722869a67689c9337" w:history="1">
+      <w:hyperlink r:id="rId518869c1223f74679" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5220,51 +5220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Weeds of Australia, Biosecurity Queensland Edition. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId708669a67689c9486" w:history="1">
+      <w:hyperlink r:id="rId429969c1223f74776" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5484,51 +5484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Uchytil RJ (1992) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733469a67689c975b" w:history="1">
+      <w:hyperlink r:id="rId802369c1223f74937" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 13 January 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5541,90 +5541,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (2009) Schiedea nuttallii 5-Year Review Summary and Evaluation., Oregon (USA)US Fish and Wildlife Service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">US Fish and Wildlife Service (USFWS) (1995) Lanai plant cluster recovery plan. U.S. Fish and Wildlife Service, Portland, Oregon. 238 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363369a67689c97f7" w:history="1">
+      <w:hyperlink r:id="rId712669c1223f74996" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fws.gov/pacificislands/recoveryplans.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 26 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Broomsedge bluestem. Plant Fact Sheet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958869a67689c9839" w:history="1">
+      <w:hyperlink r:id="rId127869c1223f749d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5831,51 +5831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Andropogon virginicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866169a67689c99f6" w:history="1">
+      <w:hyperlink r:id="rId898769c1223f74b77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5951,51 +5951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125169a67689c9ae0" w:history="1">
+      <w:hyperlink r:id="rId942469c1223f74c3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12526</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71173719">
+  <w:abstractNum w:abstractNumId="21973535">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28556649">
+    <w:lvl w:ilvl="0" w:tplc="11201969">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28556649" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11201969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28556649" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11201969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28556649" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11201969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28556649" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11201969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28556649" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11201969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28556649" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11201969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28556649" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11201969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28556649" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11201969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71173718">
+  <w:abstractNum w:abstractNumId="21973534">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83356337">
+    <w:lvl w:ilvl="0" w:tplc="89748685">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71173718">
-    <w:abstractNumId w:val="71173718"/>
+  <w:num w:numId="21973534">
+    <w:abstractNumId w:val="21973534"/>
   </w:num>
-  <w:num w:numId="71173719">
-    <w:abstractNumId w:val="71173719"/>
+  <w:num w:numId="21973535">
+    <w:abstractNumId w:val="21973535"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670969827" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId398463442" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId636669a67689c62c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId694669a67689c6333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId111769a67689c8227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId834669a67689c826c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId168669a67689c82fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId268669a67689c8341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId190469a67689c83a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId674369a67689c8409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId339469a67689c8619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId292469a67689c86f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId462869a67689c872e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId298669a67689c8a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId862869a67689c8a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId237569a67689c8adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId722869a67689c9337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId708669a67689c9486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId733469a67689c975b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId363369a67689c97f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId958869a67689c9839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId866169a67689c99f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId125169a67689c9ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId817669a67689c727a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId817669a67689c727a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId169695098" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473269369" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId766169c1223f71326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/" TargetMode="External"/><Relationship Id="rId834469c1223f71394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOVI/categorization" TargetMode="External"/><Relationship Id="rId285169c1223f738fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.brisbane.qld.gov.au/weeds/whisky-grass" TargetMode="External"/><Relationship Id="rId173469c1223f73944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biosecurity.govt.nz/node/7067" TargetMode="External"/><Relationship Id="rId262869c1223f739c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wssa/weed/composite-list-of-weeds/" TargetMode="External"/><Relationship Id="rId570269c1223f73a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdoa.Hawaii.gov/pi/files/2013/01/AR-68.pdf" TargetMode="External"/><Relationship Id="rId276969c1223f73a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId427669c1223f73acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.ala.org.au/" TargetMode="External"/><Relationship Id="rId924769c1223f73cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/FG-2006-0424-01-RS" TargetMode="External"/><Relationship Id="rId360669c1223f73db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId786969c1223f73df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/5286" TargetMode="External"/><Relationship Id="rId665469c1223f740eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/observation_list/Andropogon_virginicus.html" TargetMode="External"/><Relationship Id="rId113569c1223f7414b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/416_pra_pri_ANOVI.pdf" TargetMode="External"/><Relationship Id="rId841669c1223f741a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId518869c1223f74679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nies.go.jp/biodiversity/invasive/DB/detail/81450e.html" TargetMode="External"/><Relationship Id="rId429969c1223f74776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weeds/data/media/Html/andropogon_virginicus.htm" TargetMode="External"/><Relationship Id="rId802369c1223f74937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/" TargetMode="External"/><Relationship Id="rId712669c1223f74996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fws.gov/pacificislands/recoveryplans.html" TargetMode="External"/><Relationship Id="rId127869c1223f749d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/factsheet/pdf/fs_anvi2.pdf" TargetMode="External"/><Relationship Id="rId898769c1223f74b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId942469c1223f74c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12526" TargetMode="External"/><Relationship Id="rId577669c1223f72898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId577669c1223f72898.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>