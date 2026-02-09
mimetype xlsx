--- v0 (2025-10-15)
+++ v1 (2026-02-09)
@@ -461,51 +461,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Absent, unreliable record</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>