--- v0 (2025-10-07)
+++ v1 (2025-11-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian long-horned beetle, Asian longhorn beetle, basicosta white-spotted longicorn beetle, starry sky beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId597768e5794b303bd" w:history="1">
+            <w:hyperlink r:id="rId495169105b128160f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442868e5794b30428" w:history="1">
+            <w:hyperlink r:id="rId227669105b1281683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9188299" name="name578168e5794b30b96" descr="18681.jpg"/>
+                  <wp:docPr id="64782970" name="name430269105b1281eae" descr="18681.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18681.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId817368e5794b30b94" cstate="print"/>
+                          <a:blip r:embed="rId320169105b1281ead" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId812868e5794b30cbe" w:history="1">
+            <w:hyperlink r:id="rId379469105b1281fd3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3840,63 +3840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first found in 2007 in Lombardia Region (EPPO RS, 2007/166, 2014/023). It was later found in Veneto, Marche and Piemonte Regions in 2009, 2013 and 2018, respectively. Additional local outbreaks have been observed in other European countries and new interceptions are frequently reported (EPPO, 2020a). The beetle has been detected in Lebanon in 2015 and 2016 (Moussa &amp; Cocquempot, 2017). However, in all new outbreaks it is subject to eradication measures. In January 2021, Austria declared the successful eradication of the pest from its territory. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75432520" name="name205568e5794b3327a" descr="ANOLGL_distribution_map.jpg"/>
+            <wp:docPr id="78615208" name="name359869105b12846c8" descr="ANOLGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId139868e5794b33276" cstate="print"/>
+                    <a:blip r:embed="rId387869105b12846c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5348,85 +5348,85 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; Pennacchio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). An EPPO diagnostic protocol for this pest is in preparation. Molecular identification of specimens can be performed using DNA barcoding (see EPPO Standard PM 7/129 (EPPO, 2016b)). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId681068e5794b33e60" w:history="1">
+      <w:hyperlink r:id="rId525169105b128528d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, sequences of at least 50 haplotypes are available. In EPPO-Q-bank, sequences from 16 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId836268e5794b33ef2" w:history="1">
+      <w:hyperlink r:id="rId283769105b128531b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6573,51 +6573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive Species Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asian longhorned beetle) – Datasheet. Last modified 25 November 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857168e5794b346b8" w:history="1">
+      <w:hyperlink r:id="rId978569105b1285ab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5557 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,101 +6962,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Hoppe B, Schrader G, Kinkar M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publication 2019:EN-1750. 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384568e5794b349db" w:history="1">
+      <w:hyperlink r:id="rId563969105b1285d49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1750</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli G &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Pest Report and Datasheet to support ranking of EU candidate priority pests. Technical Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518168e5794b34a34" w:history="1">
+      <w:hyperlink r:id="rId859769105b1285d9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2786189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7851,51 +7851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found again in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613168e5794b34f97" w:history="1">
+      <w:hyperlink r:id="rId940869105b12862bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7910,51 +7910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/023 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Lombardia region (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118068e5794b34ffc" w:history="1">
+      <w:hyperlink r:id="rId419769105b128631a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7969,51 +7969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2015) EPPO Reporting Service No. 07. Num. Article 2015/127 Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441268e5794b3505c" w:history="1">
+      <w:hyperlink r:id="rId268669105b1286376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8028,51 +8028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2007) EPPO Reporting Service No. 09. Num. Article 2007/166 First record of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680768e5794b350bb" w:history="1">
+      <w:hyperlink r:id="rId820369105b12863d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-1199</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8087,51 +8087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 07. Num. Article 2020/140 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eradicated from Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594268e5794b35119" w:history="1">
+      <w:hyperlink r:id="rId318269105b128642d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11025,51 +11025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 57–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724668e5794b363cb" w:history="1">
+      <w:hyperlink r:id="rId702569105b12876b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Scheda informativa. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Anoplophora chinensis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11108,51 +11108,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777868e5794b36458" w:history="1">
+      <w:hyperlink r:id="rId613469105b1287734" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">App FitoDetective</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11261,52 +11261,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 202–205 (in Chinese).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sawyer A (2008) Asian longhorned beetle: annotated host list. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655668e5794b36559" w:history="1"/>
-      <w:hyperlink r:id="rId764168e5794b36560" w:history="1">
+      <w:hyperlink r:id="rId335769105b1287831" w:history="1"/>
+      <w:hyperlink r:id="rId638369105b1287838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11963,51 +11963,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 674–678.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1998) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234268e5794b369b5" w:history="1">
+      <w:hyperlink r:id="rId230869105b1287c9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Asian long horn beetle web pages.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12697,51 +12697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673668e5794b36e60" w:history="1">
+      <w:hyperlink r:id="rId359569105b1288143" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12817,90 +12817,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 497-501. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId605868e5794b36f28" w:history="1">
+      <w:hyperlink r:id="rId567369105b128820b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01426.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26782932" name="name580568e5794b3714f" descr="eu_funding_250.png"/>
+            <wp:docPr id="80362956" name="name135469105b12887a7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId156368e5794b3714d" cstate="print"/>
+                    <a:blip r:embed="rId769169105b12887a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12998,137 +12998,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38177418">
+  <w:abstractNum w:abstractNumId="27222421">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81279041">
+    <w:lvl w:ilvl="0" w:tplc="97295009">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81279041" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97295009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81279041" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97295009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81279041" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97295009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81279041" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97295009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81279041" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97295009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81279041" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97295009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81279041" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97295009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81279041" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97295009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38177417">
+  <w:abstractNum w:abstractNumId="27222420">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57928997">
+    <w:lvl w:ilvl="0" w:tplc="57727385">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13880,55 +13880,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38177417">
-    <w:abstractNumId w:val="38177417"/>
+  <w:num w:numId="27222420">
+    <w:abstractNumId w:val="27222420"/>
   </w:num>
-  <w:num w:numId="38177418">
-    <w:abstractNumId w:val="38177418"/>
+  <w:num w:numId="27222421">
+    <w:abstractNumId w:val="27222421"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25478,51 +25478,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId136432938" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId357869507" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId597768e5794b303bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId442868e5794b30428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId812868e5794b30cbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId681068e5794b33e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId836268e5794b33ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId857168e5794b346b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId384568e5794b349db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId518168e5794b34a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId613168e5794b34f97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId118068e5794b34ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId441268e5794b3505c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId680768e5794b350bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId594268e5794b35119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId724668e5794b363cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId777868e5794b36458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId655668e5794b36559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId764168e5794b36560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId234268e5794b369b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId673668e5794b36e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId605868e5794b36f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId817368e5794b30b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId817368e5794b30b94.jpg"/><Relationship Id="rId139868e5794b33276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId139868e5794b33276.jpg"/><Relationship Id="rId156368e5794b3714d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId156368e5794b3714d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId306772372" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId157950673" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId495169105b128160f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId227669105b1281683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId379469105b1281fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId525169105b128528d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId283769105b128531b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId978569105b1285ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId563969105b1285d49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId859769105b1285d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId940869105b12862bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId419769105b128631a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId268669105b1286376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId820369105b12863d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId318269105b128642d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId702569105b12876b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId613469105b1287734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId335769105b1287831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId638369105b1287838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId230869105b1287c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId359569105b1288143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId567369105b128820b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId320169105b1281ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId320169105b1281ead.jpg"/><Relationship Id="rId387869105b12846c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId387869105b12846c5.jpg"/><Relationship Id="rId769169105b12887a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId769169105b12887a4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>