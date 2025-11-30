--- v1 (2025-11-09)
+++ v2 (2025-11-30)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian long-horned beetle, Asian longhorn beetle, basicosta white-spotted longicorn beetle, starry sky beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495169105b128160f" w:history="1">
+            <w:hyperlink r:id="rId3650692c25d9a23fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227669105b1281683" w:history="1">
+            <w:hyperlink r:id="rId6940692c25d9a2467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64782970" name="name430269105b1281eae" descr="18681.jpg"/>
+                  <wp:docPr id="29931534" name="name3732692c25d9a2538" descr="18681.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18681.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId320169105b1281ead" cstate="print"/>
+                          <a:blip r:embed="rId6102692c25d9a2537" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId379469105b1281fd3" w:history="1">
+            <w:hyperlink r:id="rId7564692c25d9a2642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3840,63 +3840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first found in 2007 in Lombardia Region (EPPO RS, 2007/166, 2014/023). It was later found in Veneto, Marche and Piemonte Regions in 2009, 2013 and 2018, respectively. Additional local outbreaks have been observed in other European countries and new interceptions are frequently reported (EPPO, 2020a). The beetle has been detected in Lebanon in 2015 and 2016 (Moussa &amp; Cocquempot, 2017). However, in all new outbreaks it is subject to eradication measures. In January 2021, Austria declared the successful eradication of the pest from its territory. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78615208" name="name359869105b12846c8" descr="ANOLGL_distribution_map.jpg"/>
+            <wp:docPr id="33667891" name="name9603692c25d9a3cb5" descr="ANOLGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId387869105b12846c5" cstate="print"/>
+                    <a:blip r:embed="rId2076692c25d9a3cb3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5348,85 +5348,85 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; Pennacchio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). An EPPO diagnostic protocol for this pest is in preparation. Molecular identification of specimens can be performed using DNA barcoding (see EPPO Standard PM 7/129 (EPPO, 2016b)). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId525169105b128528d" w:history="1">
+      <w:hyperlink r:id="rId5128692c25d9a4792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, sequences of at least 50 haplotypes are available. In EPPO-Q-bank, sequences from 16 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId283769105b128531b" w:history="1">
+      <w:hyperlink r:id="rId9470692c25d9a482a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6573,51 +6573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive Species Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asian longhorned beetle) – Datasheet. Last modified 25 November 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978569105b1285ab9" w:history="1">
+      <w:hyperlink r:id="rId2764692c25d9a4fc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5557 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,101 +6962,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Hoppe B, Schrader G, Kinkar M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publication 2019:EN-1750. 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563969105b1285d49" w:history="1">
+      <w:hyperlink r:id="rId7373692c25d9a5258" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1750</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli G &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Pest Report and Datasheet to support ranking of EU candidate priority pests. Technical Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId859769105b1285d9e" w:history="1">
+      <w:hyperlink r:id="rId9784692c25d9a52ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2786189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7851,51 +7851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found again in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940869105b12862bb" w:history="1">
+      <w:hyperlink r:id="rId5908692c25d9a57df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7910,51 +7910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/023 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Lombardia region (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419769105b128631a" w:history="1">
+      <w:hyperlink r:id="rId5695692c25d9a583f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7969,51 +7969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2015) EPPO Reporting Service No. 07. Num. Article 2015/127 Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268669105b1286376" w:history="1">
+      <w:hyperlink r:id="rId6326692c25d9a589c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8028,51 +8028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2007) EPPO Reporting Service No. 09. Num. Article 2007/166 First record of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820369105b12863d2" w:history="1">
+      <w:hyperlink r:id="rId2299692c25d9a58f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-1199</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8087,51 +8087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 07. Num. Article 2020/140 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eradicated from Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318269105b128642d" w:history="1">
+      <w:hyperlink r:id="rId7418692c25d9a5954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11025,51 +11025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 57–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702569105b12876b2" w:history="1">
+      <w:hyperlink r:id="rId7941692c25d9a6c15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Scheda informativa. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Anoplophora chinensis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11108,51 +11108,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613469105b1287734" w:history="1">
+      <w:hyperlink r:id="rId7552692c25d9a6c99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">App FitoDetective</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11261,52 +11261,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 202–205 (in Chinese).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sawyer A (2008) Asian longhorned beetle: annotated host list. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335769105b1287831" w:history="1"/>
-      <w:hyperlink r:id="rId638369105b1287838" w:history="1">
+      <w:hyperlink r:id="rId9783692c25d9a6d98" w:history="1"/>
+      <w:hyperlink r:id="rId6729692c25d9a6d9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11963,51 +11963,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 674–678.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1998) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230869105b1287c9c" w:history="1">
+      <w:hyperlink r:id="rId9133692c25d9a7206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Asian long horn beetle web pages.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12697,51 +12697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359569105b1288143" w:history="1">
+      <w:hyperlink r:id="rId3647692c25d9a76a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12817,90 +12817,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 497-501. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567369105b128820b" w:history="1">
+      <w:hyperlink r:id="rId7070692c25d9a776f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01426.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80362956" name="name135469105b12887a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="96294138" name="name5993692c25d9a77d7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId769169105b12887a4" cstate="print"/>
+                    <a:blip r:embed="rId4279692c25d9a77d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12998,137 +12998,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27222421">
+  <w:abstractNum w:abstractNumId="24691668">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97295009">
+    <w:lvl w:ilvl="0" w:tplc="87205789">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97295009" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87205789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97295009" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87205789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97295009" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87205789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97295009" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87205789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97295009" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87205789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97295009" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87205789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97295009" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87205789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97295009" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87205789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27222420">
+  <w:abstractNum w:abstractNumId="24691667">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57727385">
+    <w:lvl w:ilvl="0" w:tplc="34495484">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13880,55 +13880,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27222420">
-    <w:abstractNumId w:val="27222420"/>
+  <w:num w:numId="24691667">
+    <w:abstractNumId w:val="24691667"/>
   </w:num>
-  <w:num w:numId="27222421">
-    <w:abstractNumId w:val="27222421"/>
+  <w:num w:numId="24691668">
+    <w:abstractNumId w:val="24691668"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25478,51 +25478,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId306772372" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId157950673" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId495169105b128160f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId227669105b1281683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId379469105b1281fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId525169105b128528d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId283769105b128531b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId978569105b1285ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId563969105b1285d49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId859769105b1285d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId940869105b12862bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId419769105b128631a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId268669105b1286376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId820369105b12863d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId318269105b128642d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId702569105b12876b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId613469105b1287734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId335769105b1287831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId638369105b1287838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId230869105b1287c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId359569105b1288143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId567369105b128820b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId320169105b1281ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId320169105b1281ead.jpg"/><Relationship Id="rId387869105b12846c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId387869105b12846c5.jpg"/><Relationship Id="rId769169105b12887a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId769169105b12887a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId375114820" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId766148294" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3650692c25d9a23fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId6940692c25d9a2467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId7564692c25d9a2642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId5128692c25d9a4792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId9470692c25d9a482a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId2764692c25d9a4fc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId7373692c25d9a5258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId9784692c25d9a52ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId5908692c25d9a57df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId5695692c25d9a583f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId6326692c25d9a589c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId2299692c25d9a58f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId7418692c25d9a5954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId7941692c25d9a6c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId7552692c25d9a6c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId9783692c25d9a6d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId6729692c25d9a6d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId9133692c25d9a7206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId3647692c25d9a76a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7070692c25d9a776f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId6102692c25d9a2537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6102692c25d9a2537.jpg"/><Relationship Id="rId2076692c25d9a3cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2076692c25d9a3cb3.jpg"/><Relationship Id="rId4279692c25d9a77d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4279692c25d9a77d6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>