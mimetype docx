--- v2 (2025-11-30)
+++ v3 (2025-12-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian long-horned beetle, Asian longhorn beetle, basicosta white-spotted longicorn beetle, starry sky beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3650692c25d9a23fb" w:history="1">
+            <w:hyperlink r:id="rId2861693ed6ba73650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6940692c25d9a2467" w:history="1">
+            <w:hyperlink r:id="rId2966693ed6ba736b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29931534" name="name3732692c25d9a2538" descr="18681.jpg"/>
+                  <wp:docPr id="39942842" name="name8624693ed6ba73e3e" descr="18681.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18681.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6102692c25d9a2537" cstate="print"/>
+                          <a:blip r:embed="rId2438693ed6ba73e3c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7564692c25d9a2642" w:history="1">
+            <w:hyperlink r:id="rId5449693ed6ba73f36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3840,63 +3840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first found in 2007 in Lombardia Region (EPPO RS, 2007/166, 2014/023). It was later found in Veneto, Marche and Piemonte Regions in 2009, 2013 and 2018, respectively. Additional local outbreaks have been observed in other European countries and new interceptions are frequently reported (EPPO, 2020a). The beetle has been detected in Lebanon in 2015 and 2016 (Moussa &amp; Cocquempot, 2017). However, in all new outbreaks it is subject to eradication measures. In January 2021, Austria declared the successful eradication of the pest from its territory. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33667891" name="name9603692c25d9a3cb5" descr="ANOLGL_distribution_map.jpg"/>
+            <wp:docPr id="13843167" name="name2000693ed6ba76179" descr="ANOLGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2076692c25d9a3cb3" cstate="print"/>
+                    <a:blip r:embed="rId5959693ed6ba76176" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5348,85 +5348,85 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; Pennacchio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). An EPPO diagnostic protocol for this pest is in preparation. Molecular identification of specimens can be performed using DNA barcoding (see EPPO Standard PM 7/129 (EPPO, 2016b)). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5128692c25d9a4792" w:history="1">
+      <w:hyperlink r:id="rId6541693ed6ba76d37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, sequences of at least 50 haplotypes are available. In EPPO-Q-bank, sequences from 16 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9470692c25d9a482a" w:history="1">
+      <w:hyperlink r:id="rId4995693ed6ba76dcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6573,51 +6573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive Species Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asian longhorned beetle) – Datasheet. Last modified 25 November 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2764692c25d9a4fc6" w:history="1">
+      <w:hyperlink r:id="rId3564693ed6ba775bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5557 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,101 +6962,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Hoppe B, Schrader G, Kinkar M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publication 2019:EN-1750. 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7373692c25d9a5258" w:history="1">
+      <w:hyperlink r:id="rId6274693ed6ba7783f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1750</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli G &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Pest Report and Datasheet to support ranking of EU candidate priority pests. Technical Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9784692c25d9a52ae" w:history="1">
+      <w:hyperlink r:id="rId1705693ed6ba77897" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2786189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7851,51 +7851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found again in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5908692c25d9a57df" w:history="1">
+      <w:hyperlink r:id="rId8052693ed6ba77dcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7910,51 +7910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/023 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Lombardia region (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5695692c25d9a583f" w:history="1">
+      <w:hyperlink r:id="rId7124693ed6ba77e2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7969,51 +7969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2015) EPPO Reporting Service No. 07. Num. Article 2015/127 Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6326692c25d9a589c" w:history="1">
+      <w:hyperlink r:id="rId5250693ed6ba77e8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8028,51 +8028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2007) EPPO Reporting Service No. 09. Num. Article 2007/166 First record of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2299692c25d9a58f8" w:history="1">
+      <w:hyperlink r:id="rId6159693ed6ba77ee9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-1199</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8087,51 +8087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 07. Num. Article 2020/140 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eradicated from Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7418692c25d9a5954" w:history="1">
+      <w:hyperlink r:id="rId2863693ed6ba77f48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11025,51 +11025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 57–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7941692c25d9a6c15" w:history="1">
+      <w:hyperlink r:id="rId7516693ed6ba79282" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Scheda informativa. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Anoplophora chinensis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11108,51 +11108,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7552692c25d9a6c99" w:history="1">
+      <w:hyperlink r:id="rId6082693ed6ba79309" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">App FitoDetective</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11261,52 +11261,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 202–205 (in Chinese).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sawyer A (2008) Asian longhorned beetle: annotated host list. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9783692c25d9a6d98" w:history="1"/>
-      <w:hyperlink r:id="rId6729692c25d9a6d9f" w:history="1">
+      <w:hyperlink r:id="rId1501693ed6ba7940d" w:history="1"/>
+      <w:hyperlink r:id="rId5402693ed6ba79414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11963,51 +11963,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 674–678.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1998) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9133692c25d9a7206" w:history="1">
+      <w:hyperlink r:id="rId1791693ed6ba7993d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Asian long horn beetle web pages.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12697,51 +12697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3647692c25d9a76a8" w:history="1">
+      <w:hyperlink r:id="rId1888693ed6ba79df4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12817,90 +12817,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 497-501. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7070692c25d9a776f" w:history="1">
+      <w:hyperlink r:id="rId8654693ed6ba79eba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01426.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96294138" name="name5993692c25d9a77d7" descr="eu_funding_250.png"/>
+            <wp:docPr id="84830422" name="name8106693ed6ba7a120" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4279692c25d9a77d6" cstate="print"/>
+                    <a:blip r:embed="rId3089693ed6ba7a11f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12998,137 +12998,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24691668">
+  <w:abstractNum w:abstractNumId="75110469">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87205789">
+    <w:lvl w:ilvl="0" w:tplc="20397584">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87205789" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20397584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87205789" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20397584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87205789" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20397584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87205789" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20397584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87205789" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20397584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87205789" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20397584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87205789" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20397584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87205789" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20397584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24691667">
+  <w:abstractNum w:abstractNumId="75110468">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34495484">
+    <w:lvl w:ilvl="0" w:tplc="89749017">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13880,55 +13880,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24691667">
-    <w:abstractNumId w:val="24691667"/>
+  <w:num w:numId="75110468">
+    <w:abstractNumId w:val="75110468"/>
   </w:num>
-  <w:num w:numId="24691668">
-    <w:abstractNumId w:val="24691668"/>
+  <w:num w:numId="75110469">
+    <w:abstractNumId w:val="75110469"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25478,51 +25478,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId375114820" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId766148294" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3650692c25d9a23fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId6940692c25d9a2467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId7564692c25d9a2642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId5128692c25d9a4792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId9470692c25d9a482a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId2764692c25d9a4fc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId7373692c25d9a5258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId9784692c25d9a52ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId5908692c25d9a57df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId5695692c25d9a583f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId6326692c25d9a589c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId2299692c25d9a58f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId7418692c25d9a5954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId7941692c25d9a6c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId7552692c25d9a6c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId9783692c25d9a6d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId6729692c25d9a6d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId9133692c25d9a7206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId3647692c25d9a76a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7070692c25d9a776f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId6102692c25d9a2537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6102692c25d9a2537.jpg"/><Relationship Id="rId2076692c25d9a3cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2076692c25d9a3cb3.jpg"/><Relationship Id="rId4279692c25d9a77d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4279692c25d9a77d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId615031056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId627911311" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2861693ed6ba73650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId2966693ed6ba736b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId5449693ed6ba73f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId6541693ed6ba76d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId4995693ed6ba76dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId3564693ed6ba775bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId6274693ed6ba7783f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId1705693ed6ba77897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId8052693ed6ba77dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId7124693ed6ba77e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId5250693ed6ba77e8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId6159693ed6ba77ee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId2863693ed6ba77f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId7516693ed6ba79282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId6082693ed6ba79309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId1501693ed6ba7940d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId5402693ed6ba79414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId1791693ed6ba7993d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId1888693ed6ba79df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8654693ed6ba79eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId2438693ed6ba73e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2438693ed6ba73e3c.jpg"/><Relationship Id="rId5959693ed6ba76176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5959693ed6ba76176.jpg"/><Relationship Id="rId3089693ed6ba7a11f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3089693ed6ba7a11f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>