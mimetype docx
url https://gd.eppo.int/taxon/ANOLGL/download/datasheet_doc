--- v3 (2025-12-14)
+++ v4 (2026-01-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian long-horned beetle, Asian longhorn beetle, basicosta white-spotted longicorn beetle, starry sky beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2861693ed6ba73650" w:history="1">
+            <w:hyperlink r:id="rId188169605b95c2adf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2966693ed6ba736b8" w:history="1">
+            <w:hyperlink r:id="rId735469605b95c2b49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39942842" name="name8624693ed6ba73e3e" descr="18681.jpg"/>
+                  <wp:docPr id="45136169" name="name751069605b95c329a" descr="18681.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18681.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2438693ed6ba73e3c" cstate="print"/>
+                          <a:blip r:embed="rId647669605b95c3298" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5449693ed6ba73f36" w:history="1">
+            <w:hyperlink r:id="rId378469605b95c33db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3840,63 +3840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first found in 2007 in Lombardia Region (EPPO RS, 2007/166, 2014/023). It was later found in Veneto, Marche and Piemonte Regions in 2009, 2013 and 2018, respectively. Additional local outbreaks have been observed in other European countries and new interceptions are frequently reported (EPPO, 2020a). The beetle has been detected in Lebanon in 2015 and 2016 (Moussa &amp; Cocquempot, 2017). However, in all new outbreaks it is subject to eradication measures. In January 2021, Austria declared the successful eradication of the pest from its territory. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13843167" name="name2000693ed6ba76179" descr="ANOLGL_distribution_map.jpg"/>
+            <wp:docPr id="7867595" name="name563469605b95c59e0" descr="ANOLGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5959693ed6ba76176" cstate="print"/>
+                    <a:blip r:embed="rId289469605b95c59dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5348,85 +5348,85 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; Pennacchio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). An EPPO diagnostic protocol for this pest is in preparation. Molecular identification of specimens can be performed using DNA barcoding (see EPPO Standard PM 7/129 (EPPO, 2016b)). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6541693ed6ba76d37" w:history="1">
+      <w:hyperlink r:id="rId596169605b95c65b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, sequences of at least 50 haplotypes are available. In EPPO-Q-bank, sequences from 16 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4995693ed6ba76dcd" w:history="1">
+      <w:hyperlink r:id="rId401369605b95c663f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6573,51 +6573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive Species Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asian longhorned beetle) – Datasheet. Last modified 25 November 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3564693ed6ba775bb" w:history="1">
+      <w:hyperlink r:id="rId613069605b95c6df1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5557 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,101 +6962,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Hoppe B, Schrader G, Kinkar M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publication 2019:EN-1750. 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6274693ed6ba7783f" w:history="1">
+      <w:hyperlink r:id="rId764169605b95c7070" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1750</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli G &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Pest Report and Datasheet to support ranking of EU candidate priority pests. Technical Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1705693ed6ba77897" w:history="1">
+      <w:hyperlink r:id="rId757969605b95c70c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2786189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7851,51 +7851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found again in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8052693ed6ba77dcb" w:history="1">
+      <w:hyperlink r:id="rId181869605b95c7607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7910,51 +7910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/023 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Lombardia region (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7124693ed6ba77e2e" w:history="1">
+      <w:hyperlink r:id="rId366969605b95c7668" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7969,51 +7969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2015) EPPO Reporting Service No. 07. Num. Article 2015/127 Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5250693ed6ba77e8c" w:history="1">
+      <w:hyperlink r:id="rId724969605b95c76c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8028,51 +8028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2007) EPPO Reporting Service No. 09. Num. Article 2007/166 First record of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6159693ed6ba77ee9" w:history="1">
+      <w:hyperlink r:id="rId845669605b95c7722" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-1199</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8087,51 +8087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 07. Num. Article 2020/140 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eradicated from Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2863693ed6ba77f48" w:history="1">
+      <w:hyperlink r:id="rId871769605b95c777f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11025,51 +11025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 57–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7516693ed6ba79282" w:history="1">
+      <w:hyperlink r:id="rId583369605b95c8ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Scheda informativa. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Anoplophora chinensis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11108,51 +11108,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6082693ed6ba79309" w:history="1">
+      <w:hyperlink r:id="rId607069605b95c8b47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">App FitoDetective</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11261,52 +11261,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 202–205 (in Chinese).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sawyer A (2008) Asian longhorned beetle: annotated host list. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1501693ed6ba7940d" w:history="1"/>
-      <w:hyperlink r:id="rId5402693ed6ba79414" w:history="1">
+      <w:hyperlink r:id="rId203369605b95c8c48" w:history="1"/>
+      <w:hyperlink r:id="rId736869605b95c8c4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11963,51 +11963,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 674–678.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1998) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1791693ed6ba7993d" w:history="1">
+      <w:hyperlink r:id="rId349969605b95c90b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Asian long horn beetle web pages.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12675,73 +12675,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1888693ed6ba79df4" w:history="1">
+      <w:hyperlink r:id="rId339569605b95c957d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12817,90 +12817,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 497-501. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8654693ed6ba79eba" w:history="1">
+      <w:hyperlink r:id="rId595669605b95c9645" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01426.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84830422" name="name8106693ed6ba7a120" descr="eu_funding_250.png"/>
+            <wp:docPr id="25241711" name="name789369605b95c96e5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3089693ed6ba7a11f" cstate="print"/>
+                    <a:blip r:embed="rId643069605b95c96e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12998,137 +12998,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75110469">
+  <w:abstractNum w:abstractNumId="49172021">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20397584">
+    <w:lvl w:ilvl="0" w:tplc="53274109">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20397584" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53274109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20397584" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53274109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20397584" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53274109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20397584" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53274109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20397584" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53274109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20397584" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53274109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20397584" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53274109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20397584" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53274109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75110468">
+  <w:abstractNum w:abstractNumId="49172020">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89749017">
+    <w:lvl w:ilvl="0" w:tplc="26362274">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13880,55 +13880,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75110468">
-    <w:abstractNumId w:val="75110468"/>
+  <w:num w:numId="49172020">
+    <w:abstractNumId w:val="49172020"/>
   </w:num>
-  <w:num w:numId="75110469">
-    <w:abstractNumId w:val="75110469"/>
+  <w:num w:numId="49172021">
+    <w:abstractNumId w:val="49172021"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25478,51 +25478,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId615031056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId627911311" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2861693ed6ba73650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId2966693ed6ba736b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId5449693ed6ba73f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId6541693ed6ba76d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId4995693ed6ba76dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId3564693ed6ba775bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId6274693ed6ba7783f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId1705693ed6ba77897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId8052693ed6ba77dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId7124693ed6ba77e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId5250693ed6ba77e8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId6159693ed6ba77ee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId2863693ed6ba77f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId7516693ed6ba79282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId6082693ed6ba79309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId1501693ed6ba7940d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId5402693ed6ba79414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId1791693ed6ba7993d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId1888693ed6ba79df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8654693ed6ba79eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId2438693ed6ba73e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2438693ed6ba73e3c.jpg"/><Relationship Id="rId5959693ed6ba76176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5959693ed6ba76176.jpg"/><Relationship Id="rId3089693ed6ba7a11f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3089693ed6ba7a11f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId718131921" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId787922825" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId188169605b95c2adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId735469605b95c2b49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId378469605b95c33db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId596169605b95c65b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId401369605b95c663f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId613069605b95c6df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId764169605b95c7070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId757969605b95c70c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId181869605b95c7607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId366969605b95c7668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId724969605b95c76c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId845669605b95c7722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId871769605b95c777f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId583369605b95c8ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId607069605b95c8b47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId203369605b95c8c48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId736869605b95c8c4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId349969605b95c90b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId339569605b95c957d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId595669605b95c9645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId647669605b95c3298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647669605b95c3298.jpg"/><Relationship Id="rId289469605b95c59dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId289469605b95c59dc.jpg"/><Relationship Id="rId643069605b95c96e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId643069605b95c96e4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>