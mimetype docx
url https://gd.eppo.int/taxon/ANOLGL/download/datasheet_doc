--- v4 (2026-01-09)
+++ v5 (2026-02-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian long-horned beetle, Asian longhorn beetle, basicosta white-spotted longicorn beetle, starry sky beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188169605b95c2adf" w:history="1">
+            <w:hyperlink r:id="rId9524699489af85be6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId735469605b95c2b49" w:history="1">
+            <w:hyperlink r:id="rId8393699489af85c51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45136169" name="name751069605b95c329a" descr="18681.jpg"/>
+                  <wp:docPr id="68780344" name="name6604699489af861a7" descr="18681.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18681.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId647669605b95c3298" cstate="print"/>
+                          <a:blip r:embed="rId6456699489af861a5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId378469605b95c33db" w:history="1">
+            <w:hyperlink r:id="rId8354699489af862c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3840,63 +3840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first found in 2007 in Lombardia Region (EPPO RS, 2007/166, 2014/023). It was later found in Veneto, Marche and Piemonte Regions in 2009, 2013 and 2018, respectively. Additional local outbreaks have been observed in other European countries and new interceptions are frequently reported (EPPO, 2020a). The beetle has been detected in Lebanon in 2015 and 2016 (Moussa &amp; Cocquempot, 2017). However, in all new outbreaks it is subject to eradication measures. In January 2021, Austria declared the successful eradication of the pest from its territory. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7867595" name="name563469605b95c59e0" descr="ANOLGL_distribution_map.jpg"/>
+            <wp:docPr id="8765338" name="name9398699489af88a5c" descr="ANOLGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId289469605b95c59dc" cstate="print"/>
+                    <a:blip r:embed="rId5534699489af88a57" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5348,85 +5348,85 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; Pennacchio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). An EPPO diagnostic protocol for this pest is in preparation. Molecular identification of specimens can be performed using DNA barcoding (see EPPO Standard PM 7/129 (EPPO, 2016b)). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId596169605b95c65b1" w:history="1">
+      <w:hyperlink r:id="rId5789699489af896a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, sequences of at least 50 haplotypes are available. In EPPO-Q-bank, sequences from 16 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId401369605b95c663f" w:history="1">
+      <w:hyperlink r:id="rId1305699489af8973c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6573,51 +6573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive Species Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asian longhorned beetle) – Datasheet. Last modified 25 November 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613069605b95c6df1" w:history="1">
+      <w:hyperlink r:id="rId6659699489af89f80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5557 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,101 +6962,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Hoppe B, Schrader G, Kinkar M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publication 2019:EN-1750. 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764169605b95c7070" w:history="1">
+      <w:hyperlink r:id="rId5761699489af8a201" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1750</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli G &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Pest Report and Datasheet to support ranking of EU candidate priority pests. Technical Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757969605b95c70c5" w:history="1">
+      <w:hyperlink r:id="rId7658699489af8a263" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2786189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7851,51 +7851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found again in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181869605b95c7607" w:history="1">
+      <w:hyperlink r:id="rId5224699489af8a7c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7910,51 +7910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/023 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Lombardia region (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366969605b95c7668" w:history="1">
+      <w:hyperlink r:id="rId5924699489af8a823" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7969,51 +7969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2015) EPPO Reporting Service No. 07. Num. Article 2015/127 Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724969605b95c76c6" w:history="1">
+      <w:hyperlink r:id="rId7505699489af8a882" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8028,51 +8028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2007) EPPO Reporting Service No. 09. Num. Article 2007/166 First record of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845669605b95c7722" w:history="1">
+      <w:hyperlink r:id="rId6591699489af8a8e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-1199</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8087,51 +8087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 07. Num. Article 2020/140 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eradicated from Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871769605b95c777f" w:history="1">
+      <w:hyperlink r:id="rId2453699489af8a940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11025,51 +11025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 57–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583369605b95c8ac0" w:history="1">
+      <w:hyperlink r:id="rId8245699489af8bc9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Scheda informativa. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Anoplophora chinensis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11108,51 +11108,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607069605b95c8b47" w:history="1">
+      <w:hyperlink r:id="rId2987699489af8bd21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">App FitoDetective</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11261,52 +11261,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 202–205 (in Chinese).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sawyer A (2008) Asian longhorned beetle: annotated host list. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203369605b95c8c48" w:history="1"/>
-      <w:hyperlink r:id="rId736869605b95c8c4f" w:history="1">
+      <w:hyperlink r:id="rId3220699489af8be1e" w:history="1"/>
+      <w:hyperlink r:id="rId2512699489af8be25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11963,51 +11963,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 674–678.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1998) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349969605b95c90b0" w:history="1">
+      <w:hyperlink r:id="rId4764699489af8c319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Asian long horn beetle web pages.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12697,51 +12697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339569605b95c957d" w:history="1">
+      <w:hyperlink r:id="rId4641699489af8c7fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12817,90 +12817,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 497-501. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595669605b95c9645" w:history="1">
+      <w:hyperlink r:id="rId6088699489af8c8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01426.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25241711" name="name789369605b95c96e5" descr="eu_funding_250.png"/>
+            <wp:docPr id="66957103" name="name3437699489af8cab4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId643069605b95c96e4" cstate="print"/>
+                    <a:blip r:embed="rId5355699489af8cab3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12998,137 +12998,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49172021">
+  <w:abstractNum w:abstractNumId="99481257">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53274109">
+    <w:lvl w:ilvl="0" w:tplc="97285349">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53274109" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97285349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53274109" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97285349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53274109" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97285349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53274109" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97285349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53274109" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97285349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53274109" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97285349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53274109" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97285349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53274109" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97285349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49172020">
+  <w:abstractNum w:abstractNumId="99481256">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26362274">
+    <w:lvl w:ilvl="0" w:tplc="63762158">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13880,55 +13880,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49172020">
-    <w:abstractNumId w:val="49172020"/>
+  <w:num w:numId="99481256">
+    <w:abstractNumId w:val="99481256"/>
   </w:num>
-  <w:num w:numId="49172021">
-    <w:abstractNumId w:val="49172021"/>
+  <w:num w:numId="99481257">
+    <w:abstractNumId w:val="99481257"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25478,51 +25478,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId718131921" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId787922825" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId188169605b95c2adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId735469605b95c2b49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId378469605b95c33db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId596169605b95c65b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId401369605b95c663f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId613069605b95c6df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId764169605b95c7070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId757969605b95c70c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId181869605b95c7607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId366969605b95c7668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId724969605b95c76c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId845669605b95c7722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId871769605b95c777f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId583369605b95c8ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId607069605b95c8b47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId203369605b95c8c48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId736869605b95c8c4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId349969605b95c90b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId339569605b95c957d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId595669605b95c9645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId647669605b95c3298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647669605b95c3298.jpg"/><Relationship Id="rId289469605b95c59dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId289469605b95c59dc.jpg"/><Relationship Id="rId643069605b95c96e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId643069605b95c96e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId276989729" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId230040211" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9524699489af85be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId8393699489af85c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId8354699489af862c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId5789699489af896a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId1305699489af8973c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId6659699489af89f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId5761699489af8a201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId7658699489af8a263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId5224699489af8a7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId5924699489af8a823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId7505699489af8a882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId6591699489af8a8e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId2453699489af8a940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId8245699489af8bc9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId2987699489af8bd21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId3220699489af8be1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId2512699489af8be25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId4764699489af8c319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId4641699489af8c7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6088699489af8c8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId6456699489af861a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6456699489af861a5.jpg"/><Relationship Id="rId5534699489af88a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5534699489af88a57.jpg"/><Relationship Id="rId5355699489af8cab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5355699489af8cab3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>