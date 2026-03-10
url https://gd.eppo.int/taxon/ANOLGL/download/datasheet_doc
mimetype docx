--- v5 (2026-02-17)
+++ v6 (2026-03-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian long-horned beetle, Asian longhorn beetle, basicosta white-spotted longicorn beetle, starry sky beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9524699489af85be6" w:history="1">
+            <w:hyperlink r:id="rId763769afa726d6cfe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8393699489af85c51" w:history="1">
+            <w:hyperlink r:id="rId849169afa726d6d8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68780344" name="name6604699489af861a7" descr="18681.jpg"/>
+                  <wp:docPr id="59627514" name="name559869afa726d74b6" descr="18681.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18681.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6456699489af861a5" cstate="print"/>
+                          <a:blip r:embed="rId812869afa726d74b3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8354699489af862c3" w:history="1">
+            <w:hyperlink r:id="rId483369afa726d7633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3840,63 +3840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first found in 2007 in Lombardia Region (EPPO RS, 2007/166, 2014/023). It was later found in Veneto, Marche and Piemonte Regions in 2009, 2013 and 2018, respectively. Additional local outbreaks have been observed in other European countries and new interceptions are frequently reported (EPPO, 2020a). The beetle has been detected in Lebanon in 2015 and 2016 (Moussa &amp; Cocquempot, 2017). However, in all new outbreaks it is subject to eradication measures. In January 2021, Austria declared the successful eradication of the pest from its territory. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8765338" name="name9398699489af88a5c" descr="ANOLGL_distribution_map.jpg"/>
+            <wp:docPr id="60480307" name="name468969afa726d9d42" descr="ANOLGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5534699489af88a57" cstate="print"/>
+                    <a:blip r:embed="rId638169afa726d9d3d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5348,85 +5348,85 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; Pennacchio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). An EPPO diagnostic protocol for this pest is in preparation. Molecular identification of specimens can be performed using DNA barcoding (see EPPO Standard PM 7/129 (EPPO, 2016b)). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5789699489af896a9" w:history="1">
+      <w:hyperlink r:id="rId586769afa726daa6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, sequences of at least 50 haplotypes are available. In EPPO-Q-bank, sequences from 16 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1305699489af8973c" w:history="1">
+      <w:hyperlink r:id="rId777969afa726daafd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6573,51 +6573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Invasive Species Compendium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asian longhorned beetle) – Datasheet. Last modified 25 November 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6659699489af89f80" w:history="1">
+      <w:hyperlink r:id="rId600869afa726db31b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5557 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6962,101 +6962,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Hoppe B, Schrader G, Kinkar M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting Publication 2019:EN-1750. 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5761699489af8a201" w:history="1">
+      <w:hyperlink r:id="rId916669afa726db590" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1750</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019b) Baker R, Gilioli G, Behring C, Candiani D, Gogin A, Kaluski T, Kinkar M, Mosbach-Schulz O, Neri FM, Preti S, Rosace MC, Siligato R, Stancanelli G &amp; Tramontini S. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Pest Report and Datasheet to support ranking of EU candidate priority pests. Technical Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7658699489af8a263" w:history="1">
+      <w:hyperlink r:id="rId271869afa726db5e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.2786189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7851,51 +7851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found again in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5224699489af8a7c0" w:history="1">
+      <w:hyperlink r:id="rId285569afa726dbb0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7910,51 +7910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 02. Num. Article 2014/023 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Lombardia region (IT). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5924699489af8a823" w:history="1">
+      <w:hyperlink r:id="rId915069afa726dbb7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-2743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7969,51 +7969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2015) EPPO Reporting Service No. 07. Num. Article 2015/127 Updated situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7505699489af8a882" w:history="1">
+      <w:hyperlink r:id="rId604069afa726dbbe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8028,51 +8028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2007) EPPO Reporting Service No. 09. Num. Article 2007/166 First record of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6591699489af8a8e1" w:history="1">
+      <w:hyperlink r:id="rId227869afa726dbc40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-1199</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8087,51 +8087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 07. Num. Article 2020/140 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eradicated from Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2453699489af8a940" w:history="1">
+      <w:hyperlink r:id="rId118769afa726dbca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-4925</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11025,51 +11025,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 57–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8245699489af8bc9b" w:history="1">
+      <w:hyperlink r:id="rId116169afa726dcf26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Scheda informativa. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Anoplophora chinensis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11108,51 +11108,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2987699489af8bd21" w:history="1">
+      <w:hyperlink r:id="rId420469afa726dcfae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">App FitoDetective</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11261,52 +11261,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 202–205 (in Chinese).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sawyer A (2008) Asian longhorned beetle: annotated host list. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3220699489af8be1e" w:history="1"/>
-      <w:hyperlink r:id="rId2512699489af8be25" w:history="1">
+      <w:hyperlink r:id="rId824869afa726dd0ad" w:history="1"/>
+      <w:hyperlink r:id="rId671669afa726dd0b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11963,51 +11963,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 674–678.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (1998) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4764699489af8c319" w:history="1">
+      <w:hyperlink r:id="rId354869afa726dd51c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Asian long horn beetle web pages.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12697,51 +12697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4641699489af8c7fa" w:history="1">
+      <w:hyperlink r:id="rId131469afa726dd9b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12817,90 +12817,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 497-501. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6088699489af8c8c2" w:history="1">
+      <w:hyperlink r:id="rId169269afa726dda80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01426.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66957103" name="name3437699489af8cab4" descr="eu_funding_250.png"/>
+            <wp:docPr id="57131672" name="name667569afa726ddb0f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5355699489af8cab3" cstate="print"/>
+                    <a:blip r:embed="rId841169afa726ddb0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12998,137 +12998,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99481257">
+  <w:abstractNum w:abstractNumId="73244473">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97285349">
+    <w:lvl w:ilvl="0" w:tplc="92703716">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97285349" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92703716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97285349" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92703716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97285349" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92703716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97285349" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92703716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97285349" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92703716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97285349" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92703716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97285349" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92703716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97285349" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92703716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99481256">
+  <w:abstractNum w:abstractNumId="73244472">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63762158">
+    <w:lvl w:ilvl="0" w:tplc="43182871">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13880,55 +13880,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99481256">
-    <w:abstractNumId w:val="99481256"/>
+  <w:num w:numId="73244472">
+    <w:abstractNumId w:val="73244472"/>
   </w:num>
-  <w:num w:numId="99481257">
-    <w:abstractNumId w:val="99481257"/>
+  <w:num w:numId="73244473">
+    <w:abstractNumId w:val="73244473"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25478,51 +25478,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId276989729" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId230040211" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9524699489af85be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId8393699489af85c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId8354699489af862c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId5789699489af896a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId1305699489af8973c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId6659699489af89f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId5761699489af8a201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId7658699489af8a263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId5224699489af8a7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId5924699489af8a823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId7505699489af8a882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId6591699489af8a8e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId2453699489af8a940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId8245699489af8bc9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId2987699489af8bd21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId3220699489af8be1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId2512699489af8be25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId4764699489af8c319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId4641699489af8c7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6088699489af8c8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId6456699489af861a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6456699489af861a5.jpg"/><Relationship Id="rId5534699489af88a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5534699489af88a57.jpg"/><Relationship Id="rId5355699489af8cab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5355699489af8cab3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945923731" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId829917322" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId763769afa726d6cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/" TargetMode="External"/><Relationship Id="rId849169afa726d6d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/categorization" TargetMode="External"/><Relationship Id="rId483369afa726d7633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLGL/photos" TargetMode="External"/><Relationship Id="rId586769afa726daa6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Most%20of%20the%20symptoms%20of%20A.%20glabripennis%20tend%20to%20be%20detected%20from%20approximately%201.5%20m%20above%20the%20ground%20up%20to%20the%20middle%20of%20the%20crown%20(EPPO,%202013)%20and%20are%20associated%20with%20the%20activities%20of%20its%20different%20life%20stages%20(Ric%20et%20al.,%202007;%20Haack%20et%20al.,%202010;%20EFSA,%202019a)%3A%201)%20the%20female%20oviposition%20activity%20%E2%80%93%20rounded%20pits%20are%20visible%20on%20the%20bark%20for%20few%20weeks%20after%20oviposition%20and%20the%20sap%20oozing%20out%20of%20freshly%20cut%20pits%20may%20be%20also%20observed;%20occasionally,%20A.%20glabripennis%20produces%20T-shaped%20oviposition%20slits%20which%20are%20the%20same%20as%20those%20produced%20by%20A.%20chinensis%20(Haack%20et%20al.,%202010);%202)%20the%20larvae%20feeding%20activity%20within%20the%20wood%20%E2%80%93%20galleries%20under%20the%20bark%20and,%20later,%20tunnels%20in%20the%20wood%20can%20be%20recognized;%20given%20that%20the%20frass%20is%20deposited%20within%20the%20larval%20galleries,%20the%20presence%20of%20large%20amounts%20of%20frass%20and%20wood%20shavings%20is%20rare;%203)%20the%20emergence%20of%20mature%20adults%20%E2%80%93%20circular%20exit%20holes%20(10-15%20mm%20in%20diameter),%20usually%20located%20above%20oviposition%20pits,%20are%20visible%20on%20the%20upper%20part%20of%20the%20trunk%20and%20main%20branches;%20masses%20of%20wood%20shavings%20extruding%20from%20round%20exit%20holes%20are%20also%20signs%20that%20adults%20have%20emerged%20from%20infested%20wood.%20Piles%20of%20wood%20shavings%20also%20collect%20at%20the%20base%20of%20infested%20trees;%204)%20the%20adult%20feeding%20activity%20%E2%80%93%20leaves,%20petioles,%20the%20bark%20of%20young%20branches%20(1-3%20years)%20and%20shoots%20can%20be%20damaged;%20however,%20feeding%20sites%20of%20the%20adults%20are%20visible%20only%20for%20few%20weeks%20(EFSA,%202019a).%20Damage%20to%20woody%20tissue%20(Sj%C3%B6man%20et%20al.,%202014)%20results%20in%20heavy%20sap%20flow%20from%20wounds%20which%20are%20then%20liable%20to%20attack%20by%20secondary%20pests%20and%20pathogens.%20%20More%20general%20symptoms%20can%20be%20observed%20on%20trees%20these%20include%20wilting%20foliage,%20sectorial%20crown%20discoloration,%20branch%20desiccation%20and%20deformation%20of%20bark.%20However,%20it%20should%20be%20noted%20that%20the%20crowns%20remain%20asymptomatic%20for%20at%20least%203-4%20years%20after%20the%20beginning%20of%20the%20infestation.%20Although%20larval%20galleries%20cannot%20be%20observed%20on%20living%20trees,%20they%20are%20a%20useful%20indicator%20of%20infestation%20on%20processed%20wood%20(e.g.,%20wood%20packaging%20material).%20%20Morphology%20%20Eggs%20The%20eggs%20are%205-7%20mm%20in%20length,%20oblong,%20with%20a%20shape%20similar%20to%20a%20rice%20grain%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20EFSA,%202019a).%20When%20laid,%20the%20egg%20is%20white,%20but%20during%20development%20it%20becomes%20yellowish-brown.%20The%20ends%20of%20the%20eggs%20are%20slightly%20concave%20(Peng%20and%20Liu,%201992).%20%20Larvae%20The%20larvae%20comprise%20a%20head%20segment,%20three%20thoracic%20segments%20and%20several%20abdominal%20segments.%20The%20head%20is%20brown,%20while%20thoracic%20and%20abdominal%20segments%20are%20typically%20cream%20coloured.%20The%20first%20segment%20of%20the%20thorax%20is%20the%20largest%20and%20has%20a%20brown%20sclerotized%20shield%20on%20the%20dorsal%20side.%20The%20body%20tapers%20from%20thorax%20to%20abdomen.%20The%20young%20larvae%20measure%20between%207%20and%2020%20mm,%20the%20mature%20larvae%20between%2030%20and%2060%20mm%20(Cavey%20et%20al.,%201998;%20Ric%20et%20al.,%202007;%20EFSA,%202019a).%20Larvae%20have%20neither%20legs%20nor%20bristles.%20%20Pupae%20The%20pupae%20are%20whitish,%2027-38%20mm%20by%2011%20mm%20(Lieu,%201945;%20Lingafelter%20&amp;%20Hoebeke,%202002;%20Ric%20et%20al.,%202007).%20The%20shape%20is%20typical%20of%20cerambycids%20with%20antenna%20which%20are%20visible%20in%20the%20ventral%20position%20and%20spiral-shaped%20(EFSA,%202019a).%20%20Adults%20Adults%20have%20a%20typically%20cerambycid%20shape.%20Males%20are%2019-32%20mm%20long%20by%206.5-11%20mm%20wide;%20females%20are%2022-36%20mm%20long%20by%208-12%20mm%20wide%20(Ric%20et%20al.,%202007).%20The%20body%20is%20jet-black,%20glossy%20and%20may%20have%20a%20bluish%20tinge.%20The%20elytra%20have%20about%2010-20%20distinct%20irregular-shaped%20white%20or%20yellow%20spots,%20although%20in%20rare%20instances%20the%20number%20of%20patches%20ranges%20from%200%20to%20over%2060%20(Lingafelter%20&amp;%20Hoebeke,%202002;%20pers.%20comm.%20Dr%20M%20Faccoli,%20University%20of%20Padova,%202019).%20The%20major%20distinction%20between%20the%20adults%20of%20A.%20glabripennis%20and%20A.%20chinensis,%20the%20citrus%20long-horned%20beetle,%20is%20the%20lack%20of%20small%20projections%20(tubercles)%20on%20the%20basal%20quarter%20of%20each%20elytron%20in%20A.%20glabripennis%20(Thomas,%202004;%20Haack%20et%20al.,%202010;%20EPPO,%202016a).%20The%20antennae%20have%2011%20segments%20with%20an%20alternate%20blue-white%20and%20blue-black%20banding%20pattern%20(Ric%20et%20al.,%202006).%20Males%20have%20antennae%20which%20are%20clearly%20longer%20than%20their%20body,%20while%20in%20females%20these%20are%20as%20long%20as%20their%20body%20(EFSA,%202019a).%20The%20ratio%20of%20antennal%20length%20to%20body%20length%20ranges%20is%20about%201.6-2.5%20for%20males%20and%201.2-1.8%20for%20females%20(Ric%20et%20al.,%202007).%20%20Detection%20and%20inspection%20methods%20Visual%20inspections%20and%20traps%20The%20visual%20inspection%20of%20plants%20to%20detect%20the%20presence%20of%20A.%20glabripennis%20(in%20its%20various%20life%20stages)%20and/or%20the%20signs%20of%20infestation%20is%20pivotal,%20representing%20the%20first%20stage%20of%20the%20diagnosis%20process.%20The%20visual%20inspection%20should%20be%20performed%20at%20crown%20level%20where%20oviposition%20and%20adult%20emergence%20occur.%20Depending%20on%20survey%20conditions%20and%20to%20improve%20the%20pest%20detection,%20the%20inspections%20can%20be%20conducted%20using%20binoculars,%20bucket%20trucks%20or%20tree%20climbers%20(Haack%20et%20al.,%202010).%20In%20some%20European%20countries,%20the%20visual%20inspection%20of%20plants%20is%20performed%20both%20in%20summer,%20to%20detect%20symptoms%20of%20the%20activities%20of%20different%20life%20stages%20of%20the%20pest,%20and%20in%20winter,%20to%20detect%20the%20circular%20exit%20holes%20of%20adults%20(EFSA,%202019a).%20Lombardia%20Region%20(Italy)%20considers%20that%20the%20most%20effective%20surveillance%20strategy%20is%20to%20carry%20out%20survey%20activities%20at%20the%20end%20of%20the%20summer%20to%20detect%20fresh%20signs%20of%20pest%20presence%20and%20repeat%20them%20during%20the%20period%20of%20absence%20of%20leaves%20by%20combining%20the%20use%20of%20binoculars,%20bucket%20trucks%20and%20tree%20climbers%20(Regione%20Lombardia,%202020a).%20%20However,%20other%20detection%20methods%20can%20be%20useful%20to%20improve%20the%20inspection%20process.%20In%20several%20EPPO%20countries%20the%20use%20of%20sniffer%20dogs%20can%20be%20a%20sensitive%20and%20useful%20inspection%20strategy%20(Hoyer-Tomiczek%20et%20al.,%202016).%20A%20real-time%20PCR%20test%20allowing%20the%20detection%20of%20A.%20glabripennis%20DNA%20in%20frass%20is%20under%20development%20(pers.%20comm.%20Dr%20A%20Taddei,%20ANSES%20Plant%20Health%20Laboratory,%20FR,%202020).%20%20Traps%20baited%20with%20male%20pheromones%20and%20different%20combinations%20of%20plant-derived%20volatiles%20can%20be%20used%20to%20catch%20adults%20of%20A.%20glabripennis.%20Traps%20can%20be%20used%20to%20monitor%20the%20areas%20where%20A.%20glabripennis%20has%20not%20yet%20been%20detected%20and%20to%20delimit%20the%20boundaries%20of%20an%20area%20considered%20to%20be%20infested%20by%20A.%20glabripennis%20(EFSA,%202019a).%20In%20Italy%20(Lombardia%20Region),%20where%20traps%20have%20been%20used%20for%20many%20years,%20the%20best%20results%20have%20been%20obtained%20in%20the%20recently%20discovered%20outbreaks%20and%20in%20those%20where%20eradication%20is%20close%20to%20being%20achieved.%20In%20addition,%20the%20traps%20are%20used%20for%20early%20detection%20in%20sites%20considered%20to%20be%20at%20risk%20(e.g.,%20stone%20importers%20from%20areas%20where%20the%20pest%20is%20widely%20distributed)%20(Regione%20Lombardia,%202020a).%20Additional%20information%20on%20tree%20monitoring%20is%20available%20in%20EPPO%20Standard%20PM%209/15(1)%20(EPPO,%202013).%20Finally,%20activities%20to%20raise%20professional%20and%20public%20awareness%20concerning%20the%20threat%20of%20A.%20glabripennis%20are%20important.%20For%20instance,%20in%20the%20Lombardia%20Region%20(Italy),%20since%20the%20beginning%20of%20the%20infestation%20(Maspero%20et%20al.,%202007),%20a%20notable%20communication%20campaign%20has%20been%20held%20(Ciampitti%20&amp;%20Cavagna,%202014).%20Citizens%20also%20support%20the%20surveillance%20of%20A.%20glabripennis%20through%20the%20citizen%20science%20app%20FitoDetective%20(Regione%20Lombardia,%202020b).%20%20Identification%20of%20A.%20glabripennis%20Morphological%20identification%20of%20A.%20glabripennis%20is%20possible%20on%20late%20instar%20larvae%20and%20adults.%20For%20this%20purpose,%20a%20number%20of%20useful%20taxonomical%20keys%20and%20guides%20are%20available%20in%20the%20literature%20(e.g.,%20Lingafelter%20&amp;%20Hoebecke,%202002;%20Ric%20et%20al.,%202007;%20Pennacchio%20et%20al.,%202012).%20An%20EPPO%20diagnostic%20protocol%20for%20this%20pest%20is%20in%20preparation.%20Molecular%20identification%20of%20specimens%20can%20be%20performed%20using%20DNA%20barcoding%20(see%20EPPO%20Standard%20PM%207/129%20(EPPO,%202016b)).%20In%20the%20Barcode%20of%20Life%20Data%20System%20(BOLDSYSTEMS,%20available%20at%3A%20https%3A//v3.boldsystems.org/),%20sequences%20of%20at%20least%2050%20haplotypes%20are%20available.%20In%20EPPO-Q-bank,%20sequences%20from%2016%20curated%20specimens%20are%20available%20(EPPO-Q-bank,%202020)." TargetMode="External"/><Relationship Id="rId777969afa726daafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/" TargetMode="External"/><Relationship Id="rId600869afa726db31b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5557" TargetMode="External"/><Relationship Id="rId916669afa726db590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1750" TargetMode="External"/><Relationship Id="rId271869afa726db5e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.2786189" TargetMode="External"/><Relationship Id="rId285569afa726dbb0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2014-02-en.pdf" TargetMode="External"/><Relationship Id="rId915069afa726dbb7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-2743" TargetMode="External"/><Relationship Id="rId604069afa726dbbe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId227869afa726dbc40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-1199" TargetMode="External"/><Relationship Id="rId118769afa726dbca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-4925" TargetMode="External"/><Relationship Id="rId116169afa726dcf26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId420469afa726dcfae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId824869afa726dd0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphis.usda.gov/plant%20health/plant%20pest%20info/asian%20lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId671669afa726dd0b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/plant_health/plant_pest_info/asian_lhb/downloads/hostlist.pdf" TargetMode="External"/><Relationship Id="rId354869afa726dd51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/resources/pests-diseases/asian-longhorned-beetle" TargetMode="External"/><Relationship Id="rId131469afa726dd9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId169269afa726dda80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01426.x" TargetMode="External"/><Relationship Id="rId812869afa726d74b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId812869afa726d74b3.jpg"/><Relationship Id="rId638169afa726d9d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId638169afa726d9d3d.jpg"/><Relationship Id="rId841169afa726ddb0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId841169afa726ddb0e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>