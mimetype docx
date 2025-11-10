--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Thomson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black and white longhorn, citrus long-horned beetle, citrus longhorn, citrus root cerambycid, white-spotted longicorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224368e60efac035b" w:history="1">
+            <w:hyperlink r:id="rId277069121b564af71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213368e60efac03c6" w:history="1">
+            <w:hyperlink r:id="rId298369121b564afde" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33745899" name="name258768e60efac04a1" descr="11774.jpg"/>
+                  <wp:docPr id="17451363" name="name221969121b564c100" descr="11774.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11774.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId989968e60efac04a0" cstate="print"/>
+                          <a:blip r:embed="rId723269121b564c0fe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId964568e60efac058e" w:history="1">
+            <w:hyperlink r:id="rId647069121b564c23e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5513,63 +5513,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This beetle has also been reported in France (2003 and 2008), Croatia (2007) and Turkey (2015) where eradication measures are in place (EPPO, 2020a).    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44012157" name="name938468e60efac34a0" descr="ANOLCN_distribution_map.jpg"/>
+            <wp:docPr id="71573765" name="name775469121b564ee64" descr="ANOLCN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLCN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId880368e60efac349c" cstate="print"/>
+                    <a:blip r:embed="rId101869121b564ee60" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8045,51 +8045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (black and white citrus longhorn). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807168e60efac4938" w:history="1">
+      <w:hyperlink r:id="rId362969121b5650307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5556</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9528,51 +9528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(ANOLCN) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reporting Service articles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105868e60efac5317" w:history="1">
+      <w:hyperlink r:id="rId908469121b5650c3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANOLCN/reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11047,51 +11047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maspero M, Cavalieri G, D’Angelo G, Jucker C, Valentini M, Colombo M, Herard F, Lopez J, Ramualde,N, Ciampitti M, Caremi G &amp; Cavagna B (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Eradication programme in Lombardia (Italy). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250768e60efac5dbd" w:history="1">
+      <w:hyperlink r:id="rId211969121b56515f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11380,90 +11380,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tarlo asiatico). Scheda informativa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784868e60efac600e" w:history="1">
+      <w:hyperlink r:id="rId312069121b5651809" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642068e60efac6054" w:history="1">
+      <w:hyperlink r:id="rId672969121b565184c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11723,51 +11723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Der Gaag DJ, Ciampitti M, Cavagna B, Maspero M &amp; Herard F (2008) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Protection Service., Wageningen, the Netherlands. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888568e60efac653c" w:history="1">
+      <w:hyperlink r:id="rId359769121b5651a5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/117610</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12192,51 +12192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850968e60efac6a2a" w:history="1">
+      <w:hyperlink r:id="rId111369121b5651d53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12351,63 +12351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63782229" name="name589068e60efac6c02" descr="eu_funding_250.png"/>
+            <wp:docPr id="38832584" name="name615769121b5651f04" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId573468e60efac6c01" cstate="print"/>
+                    <a:blip r:embed="rId758069121b5651f03" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12505,137 +12505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38952844">
+  <w:abstractNum w:abstractNumId="21788246">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73772479">
+    <w:lvl w:ilvl="0" w:tplc="13259852">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73772479" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13259852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73772479" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13259852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73772479" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13259852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73772479" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13259852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73772479" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13259852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73772479" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13259852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73772479" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13259852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73772479" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13259852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38952843">
+  <w:abstractNum w:abstractNumId="21788245">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99794876">
+    <w:lvl w:ilvl="0" w:tplc="81966467">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13387,55 +13387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38952843">
-    <w:abstractNumId w:val="38952843"/>
+  <w:num w:numId="21788245">
+    <w:abstractNumId w:val="21788245"/>
   </w:num>
-  <w:num w:numId="38952844">
-    <w:abstractNumId w:val="38952844"/>
+  <w:num w:numId="21788246">
+    <w:abstractNumId w:val="21788246"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24985,51 +24985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId252683064" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703286736" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId224368e60efac035b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId213368e60efac03c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId964568e60efac058e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId807168e60efac4938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId105868e60efac5317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId250768e60efac5dbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId784868e60efac600e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId642068e60efac6054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId888568e60efac653c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId850968e60efac6a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId989968e60efac04a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989968e60efac04a0.jpg"/><Relationship Id="rId880368e60efac349c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880368e60efac349c.jpg"/><Relationship Id="rId573468e60efac6c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573468e60efac6c01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758137301" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId678475158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId277069121b564af71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId298369121b564afde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId647069121b564c23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId362969121b5650307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId908469121b5650c3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId211969121b56515f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId312069121b5651809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId672969121b565184c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId359769121b5651a5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId111369121b5651d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId723269121b564c0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723269121b564c0fe.jpg"/><Relationship Id="rId101869121b564ee60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId101869121b564ee60.jpg"/><Relationship Id="rId758069121b5651f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758069121b5651f03.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>