--- v1 (2025-11-10)
+++ v2 (2025-12-19)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Thomson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black and white longhorn, citrus long-horned beetle, citrus longhorn, citrus root cerambycid, white-spotted longicorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277069121b564af71" w:history="1">
+            <w:hyperlink r:id="rId633769456cf9d68b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298369121b564afde" w:history="1">
+            <w:hyperlink r:id="rId903469456cf9d692d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17451363" name="name221969121b564c100" descr="11774.jpg"/>
+                  <wp:docPr id="87223123" name="name755869456cf9d70cd" descr="11774.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11774.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId723269121b564c0fe" cstate="print"/>
+                          <a:blip r:embed="rId528469456cf9d70cb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId647069121b564c23e" w:history="1">
+            <w:hyperlink r:id="rId475669456cf9d7231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5513,63 +5513,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This beetle has also been reported in France (2003 and 2008), Croatia (2007) and Turkey (2015) where eradication measures are in place (EPPO, 2020a).    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71573765" name="name775469121b564ee64" descr="ANOLCN_distribution_map.jpg"/>
+            <wp:docPr id="5828032" name="name641169456cf9da22d" descr="ANOLCN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLCN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId101869121b564ee60" cstate="print"/>
+                    <a:blip r:embed="rId912069456cf9da229" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8045,51 +8045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (black and white citrus longhorn). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362969121b5650307" w:history="1">
+      <w:hyperlink r:id="rId981469456cf9db4aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5556</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9528,51 +9528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(ANOLCN) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reporting Service articles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908469121b5650c3b" w:history="1">
+      <w:hyperlink r:id="rId191269456cf9dbe24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANOLCN/reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11047,51 +11047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maspero M, Cavalieri G, D’Angelo G, Jucker C, Valentini M, Colombo M, Herard F, Lopez J, Ramualde,N, Ciampitti M, Caremi G &amp; Cavagna B (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Eradication programme in Lombardia (Italy). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211969121b56515f5" w:history="1">
+      <w:hyperlink r:id="rId356169456cf9dc886" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11380,90 +11380,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tarlo asiatico). Scheda informativa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312069121b5651809" w:history="1">
+      <w:hyperlink r:id="rId782469456cf9dcaa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672969121b565184c" w:history="1">
+      <w:hyperlink r:id="rId777469456cf9dcae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11723,51 +11723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Der Gaag DJ, Ciampitti M, Cavagna B, Maspero M &amp; Herard F (2008) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Protection Service., Wageningen, the Netherlands. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359769121b5651a5d" w:history="1">
+      <w:hyperlink r:id="rId898769456cf9dcd16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/117610</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12192,51 +12192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111369121b5651d53" w:history="1">
+      <w:hyperlink r:id="rId293469456cf9dd0f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12351,63 +12351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38832584" name="name615769121b5651f04" descr="eu_funding_250.png"/>
+            <wp:docPr id="956496" name="name194269456cf9dd2ef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId758069121b5651f03" cstate="print"/>
+                    <a:blip r:embed="rId316469456cf9dd2ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12505,137 +12505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21788246">
+  <w:abstractNum w:abstractNumId="83838044">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13259852">
+    <w:lvl w:ilvl="0" w:tplc="51756167">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13259852" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51756167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13259852" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51756167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13259852" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51756167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13259852" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51756167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13259852" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51756167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13259852" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51756167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13259852" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51756167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13259852" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51756167" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21788245">
+  <w:abstractNum w:abstractNumId="83838043">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81966467">
+    <w:lvl w:ilvl="0" w:tplc="60081544">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13387,55 +13387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21788245">
-    <w:abstractNumId w:val="21788245"/>
+  <w:num w:numId="83838043">
+    <w:abstractNumId w:val="83838043"/>
   </w:num>
-  <w:num w:numId="21788246">
-    <w:abstractNumId w:val="21788246"/>
+  <w:num w:numId="83838044">
+    <w:abstractNumId w:val="83838044"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24985,51 +24985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758137301" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId678475158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId277069121b564af71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId298369121b564afde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId647069121b564c23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId362969121b5650307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId908469121b5650c3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId211969121b56515f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId312069121b5651809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId672969121b565184c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId359769121b5651a5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId111369121b5651d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId723269121b564c0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723269121b564c0fe.jpg"/><Relationship Id="rId101869121b564ee60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId101869121b564ee60.jpg"/><Relationship Id="rId758069121b5651f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758069121b5651f03.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId442665737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316511127" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId633769456cf9d68b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId903469456cf9d692d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId475669456cf9d7231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId981469456cf9db4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId191269456cf9dbe24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId356169456cf9dc886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId782469456cf9dcaa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId777469456cf9dcae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId898769456cf9dcd16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId293469456cf9dd0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId528469456cf9d70cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId528469456cf9d70cb.jpg"/><Relationship Id="rId912069456cf9da229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912069456cf9da229.jpg"/><Relationship Id="rId316469456cf9dd2ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId316469456cf9dd2ed.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>