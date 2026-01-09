--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Thomson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black and white longhorn, citrus long-horned beetle, citrus longhorn, citrus root cerambycid, white-spotted longicorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId633769456cf9d68b4" w:history="1">
+            <w:hyperlink r:id="rId84556961867fa40b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId903469456cf9d692d" w:history="1">
+            <w:hyperlink r:id="rId12196961867fa413e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87223123" name="name755869456cf9d70cd" descr="11774.jpg"/>
+                  <wp:docPr id="28484891" name="name96326961867fa4232" descr="11774.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11774.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId528469456cf9d70cb" cstate="print"/>
+                          <a:blip r:embed="rId21736961867fa4231" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId475669456cf9d7231" w:history="1">
+            <w:hyperlink r:id="rId17076961867fa436a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5513,63 +5513,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This beetle has also been reported in France (2003 and 2008), Croatia (2007) and Turkey (2015) where eradication measures are in place (EPPO, 2020a).    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5828032" name="name641169456cf9da22d" descr="ANOLCN_distribution_map.jpg"/>
+            <wp:docPr id="22868266" name="name77916961867fa727f" descr="ANOLCN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLCN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId912069456cf9da229" cstate="print"/>
+                    <a:blip r:embed="rId13956961867fa727d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8045,51 +8045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (black and white citrus longhorn). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981469456cf9db4aa" w:history="1">
+      <w:hyperlink r:id="rId78076961867fa8dc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5556</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9528,51 +9528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(ANOLCN) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reporting Service articles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191269456cf9dbe24" w:history="1">
+      <w:hyperlink r:id="rId63356961867fa9922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANOLCN/reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11047,51 +11047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maspero M, Cavalieri G, D’Angelo G, Jucker C, Valentini M, Colombo M, Herard F, Lopez J, Ramualde,N, Ciampitti M, Caremi G &amp; Cavagna B (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Eradication programme in Lombardia (Italy). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356169456cf9dc886" w:history="1">
+      <w:hyperlink r:id="rId90026961867faa33c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11380,90 +11380,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tarlo asiatico). Scheda informativa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782469456cf9dcaa0" w:history="1">
+      <w:hyperlink r:id="rId90646961867faa557" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777469456cf9dcae4" w:history="1">
+      <w:hyperlink r:id="rId49246961867faa59a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11723,51 +11723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Der Gaag DJ, Ciampitti M, Cavagna B, Maspero M &amp; Herard F (2008) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Protection Service., Wageningen, the Netherlands. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898769456cf9dcd16" w:history="1">
+      <w:hyperlink r:id="rId68136961867faa79c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/117610</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12170,73 +12170,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293469456cf9dd0f3" w:history="1">
+      <w:hyperlink r:id="rId16396961867faaaa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12351,63 +12351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="956496" name="name194269456cf9dd2ef" descr="eu_funding_250.png"/>
+            <wp:docPr id="18433387" name="name90106961867faac30" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId316469456cf9dd2ed" cstate="print"/>
+                    <a:blip r:embed="rId74906961867faac2e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12505,137 +12505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83838044">
+  <w:abstractNum w:abstractNumId="62343732">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51756167">
+    <w:lvl w:ilvl="0" w:tplc="44269720">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51756167" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44269720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51756167" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44269720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51756167" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44269720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51756167" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44269720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51756167" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44269720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51756167" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44269720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51756167" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44269720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51756167" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44269720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83838043">
+  <w:abstractNum w:abstractNumId="62343731">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60081544">
+    <w:lvl w:ilvl="0" w:tplc="59094149">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13387,55 +13387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83838043">
-    <w:abstractNumId w:val="83838043"/>
+  <w:num w:numId="62343731">
+    <w:abstractNumId w:val="62343731"/>
   </w:num>
-  <w:num w:numId="83838044">
-    <w:abstractNumId w:val="83838044"/>
+  <w:num w:numId="62343732">
+    <w:abstractNumId w:val="62343732"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24985,51 +24985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId442665737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316511127" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId633769456cf9d68b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId903469456cf9d692d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId475669456cf9d7231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId981469456cf9db4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId191269456cf9dbe24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId356169456cf9dc886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId782469456cf9dcaa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId777469456cf9dcae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId898769456cf9dcd16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId293469456cf9dd0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId528469456cf9d70cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId528469456cf9d70cb.jpg"/><Relationship Id="rId912069456cf9da229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912069456cf9da229.jpg"/><Relationship Id="rId316469456cf9dd2ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId316469456cf9dd2ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466712084" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId118794637" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84556961867fa40b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId12196961867fa413e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId17076961867fa436a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId78076961867fa8dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId63356961867fa9922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId90026961867faa33c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId90646961867faa557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId49246961867faa59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId68136961867faa79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId16396961867faaaa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21736961867fa4231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21736961867fa4231.jpg"/><Relationship Id="rId13956961867fa727d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13956961867fa727d.jpg"/><Relationship Id="rId74906961867faac2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74906961867faac2e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>