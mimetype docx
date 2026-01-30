--- v3 (2026-01-09)
+++ v4 (2026-01-30)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Thomson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black and white longhorn, citrus long-horned beetle, citrus longhorn, citrus root cerambycid, white-spotted longicorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84556961867fa40b6" w:history="1">
+            <w:hyperlink r:id="rId2711697c078db5d91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -416,53 +416,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12196961867fa413e" w:history="1">
+            <w:hyperlink r:id="rId6309697c078db5e00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28484891" name="name96326961867fa4232" descr="11774.jpg"/>
+                  <wp:docPr id="23070509" name="name1184697c078db5eed" descr="11774.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11774.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21736961867fa4231" cstate="print"/>
+                          <a:blip r:embed="rId2145697c078db5eec" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId17076961867fa436a" w:history="1">
+            <w:hyperlink r:id="rId1059697c078db602f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5513,63 +5513,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This beetle has also been reported in France (2003 and 2008), Croatia (2007) and Turkey (2015) where eradication measures are in place (EPPO, 2020a).    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22868266" name="name77916961867fa727f" descr="ANOLCN_distribution_map.jpg"/>
+            <wp:docPr id="36134608" name="name4483697c078db8d0c" descr="ANOLCN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLCN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13956961867fa727d" cstate="print"/>
+                    <a:blip r:embed="rId1212697c078db8d08" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8045,51 +8045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (black and white citrus longhorn). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78076961867fa8dc6" w:history="1">
+      <w:hyperlink r:id="rId6201697c078dba1a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5556</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9528,51 +9528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(ANOLCN) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reporting Service articles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63356961867fa9922" w:history="1">
+      <w:hyperlink r:id="rId7175697c078dbab2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANOLCN/reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11047,51 +11047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maspero M, Cavalieri G, D’Angelo G, Jucker C, Valentini M, Colombo M, Herard F, Lopez J, Ramualde,N, Ciampitti M, Caremi G &amp; Cavagna B (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Eradication programme in Lombardia (Italy). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90026961867faa33c" w:history="1">
+      <w:hyperlink r:id="rId9111697c078dbb4b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11380,90 +11380,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tarlo asiatico). Scheda informativa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90646961867faa557" w:history="1">
+      <w:hyperlink r:id="rId2026697c078dbb6c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49246961867faa59a" w:history="1">
+      <w:hyperlink r:id="rId3139697c078dbb706" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11723,51 +11723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Der Gaag DJ, Ciampitti M, Cavagna B, Maspero M &amp; Herard F (2008) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Protection Service., Wageningen, the Netherlands. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68136961867faa79c" w:history="1">
+      <w:hyperlink r:id="rId5929697c078dbb92a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/117610</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12192,51 +12192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16396961867faaaa8" w:history="1">
+      <w:hyperlink r:id="rId3997697c078dbbc2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12351,63 +12351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18433387" name="name90106961867faac30" descr="eu_funding_250.png"/>
+            <wp:docPr id="46045422" name="name5578697c078dbbd8a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74906961867faac2e" cstate="print"/>
+                    <a:blip r:embed="rId4825697c078dbbd89" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12505,137 +12505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62343732">
+  <w:abstractNum w:abstractNumId="70492317">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44269720">
+    <w:lvl w:ilvl="0" w:tplc="96351809">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44269720" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96351809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44269720" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96351809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44269720" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96351809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44269720" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96351809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44269720" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96351809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44269720" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96351809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44269720" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96351809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44269720" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96351809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62343731">
+  <w:abstractNum w:abstractNumId="70492316">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59094149">
+    <w:lvl w:ilvl="0" w:tplc="96750170">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13387,55 +13387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62343731">
-    <w:abstractNumId w:val="62343731"/>
+  <w:num w:numId="70492316">
+    <w:abstractNumId w:val="70492316"/>
   </w:num>
-  <w:num w:numId="62343732">
-    <w:abstractNumId w:val="62343732"/>
+  <w:num w:numId="70492317">
+    <w:abstractNumId w:val="70492317"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24985,51 +24985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466712084" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId118794637" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84556961867fa40b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId12196961867fa413e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId17076961867fa436a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId78076961867fa8dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId63356961867fa9922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId90026961867faa33c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId90646961867faa557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId49246961867faa59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId68136961867faa79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId16396961867faaaa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21736961867fa4231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21736961867fa4231.jpg"/><Relationship Id="rId13956961867fa727d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13956961867fa727d.jpg"/><Relationship Id="rId74906961867faac2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74906961867faac2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894974738" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565557919" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2711697c078db5d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId6309697c078db5e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId1059697c078db602f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId6201697c078dba1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId7175697c078dbab2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId9111697c078dbb4b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId2026697c078dbb6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId3139697c078dbb706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId5929697c078dbb92a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId3997697c078dbbc2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2145697c078db5eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2145697c078db5eec.jpg"/><Relationship Id="rId1212697c078db8d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1212697c078db8d08.jpg"/><Relationship Id="rId4825697c078dbbd89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4825697c078dbbd89.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>