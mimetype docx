--- v4 (2026-01-30)
+++ v5 (2026-02-19)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Thomson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black and white longhorn, citrus long-horned beetle, citrus longhorn, citrus root cerambycid, white-spotted longicorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2711697c078db5d91" w:history="1">
+            <w:hyperlink r:id="rId83196996e745cc6ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6309697c078db5e00" w:history="1">
+            <w:hyperlink r:id="rId40696996e745cc75e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23070509" name="name1184697c078db5eed" descr="11774.jpg"/>
+                  <wp:docPr id="44468951" name="name62546996e745ccda1" descr="11774.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11774.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2145697c078db5eec" cstate="print"/>
+                          <a:blip r:embed="rId74916996e745ccd9f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1059697c078db602f" w:history="1">
+            <w:hyperlink r:id="rId61426996e745cceb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5513,63 +5513,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This beetle has also been reported in France (2003 and 2008), Croatia (2007) and Turkey (2015) where eradication measures are in place (EPPO, 2020a).    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36134608" name="name4483697c078db8d0c" descr="ANOLCN_distribution_map.jpg"/>
+            <wp:docPr id="58255737" name="name54916996e745cf925" descr="ANOLCN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLCN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1212697c078db8d08" cstate="print"/>
+                    <a:blip r:embed="rId33976996e745cf922" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8045,51 +8045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (black and white citrus longhorn). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6201697c078dba1a5" w:history="1">
+      <w:hyperlink r:id="rId32186996e745d0b88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5556</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9528,51 +9528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(ANOLCN) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reporting Service articles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7175697c078dbab2b" w:history="1">
+      <w:hyperlink r:id="rId89346996e745d151b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANOLCN/reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11047,51 +11047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maspero M, Cavalieri G, D’Angelo G, Jucker C, Valentini M, Colombo M, Herard F, Lopez J, Ramualde,N, Ciampitti M, Caremi G &amp; Cavagna B (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Eradication programme in Lombardia (Italy). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9111697c078dbb4b4" w:history="1">
+      <w:hyperlink r:id="rId36846996e745d1ec3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11380,90 +11380,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tarlo asiatico). Scheda informativa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2026697c078dbb6c4" w:history="1">
+      <w:hyperlink r:id="rId85676996e745d20f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3139697c078dbb706" w:history="1">
+      <w:hyperlink r:id="rId15286996e745d213e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11723,51 +11723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Der Gaag DJ, Ciampitti M, Cavagna B, Maspero M &amp; Herard F (2008) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Protection Service., Wageningen, the Netherlands. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5929697c078dbb92a" w:history="1">
+      <w:hyperlink r:id="rId77876996e745d2337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/117610</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12192,51 +12192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3997697c078dbbc2b" w:history="1">
+      <w:hyperlink r:id="rId60656996e745d2637" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12351,63 +12351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46045422" name="name5578697c078dbbd8a" descr="eu_funding_250.png"/>
+            <wp:docPr id="71206655" name="name85826996e745d278e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4825697c078dbbd89" cstate="print"/>
+                    <a:blip r:embed="rId17216996e745d278d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12505,137 +12505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70492317">
+  <w:abstractNum w:abstractNumId="35534821">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96351809">
+    <w:lvl w:ilvl="0" w:tplc="83563596">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96351809" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83563596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96351809" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83563596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96351809" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83563596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96351809" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83563596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96351809" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83563596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96351809" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83563596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96351809" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83563596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96351809" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83563596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70492316">
+  <w:abstractNum w:abstractNumId="35534820">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96750170">
+    <w:lvl w:ilvl="0" w:tplc="67519698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13387,55 +13387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70492316">
-    <w:abstractNumId w:val="70492316"/>
+  <w:num w:numId="35534820">
+    <w:abstractNumId w:val="35534820"/>
   </w:num>
-  <w:num w:numId="70492317">
-    <w:abstractNumId w:val="70492317"/>
+  <w:num w:numId="35534821">
+    <w:abstractNumId w:val="35534821"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24985,51 +24985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894974738" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565557919" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2711697c078db5d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId6309697c078db5e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId1059697c078db602f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId6201697c078dba1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId7175697c078dbab2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId9111697c078dbb4b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId2026697c078dbb6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId3139697c078dbb706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId5929697c078dbb92a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId3997697c078dbbc2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2145697c078db5eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2145697c078db5eec.jpg"/><Relationship Id="rId1212697c078db8d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1212697c078db8d08.jpg"/><Relationship Id="rId4825697c078dbbd89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4825697c078dbbd89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604586775" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId266730959" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83196996e745cc6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId40696996e745cc75e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId61426996e745cceb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId32186996e745d0b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId89346996e745d151b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId36846996e745d1ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId85676996e745d20f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId15286996e745d213e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId77876996e745d2337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId60656996e745d2637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74916996e745ccd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74916996e745ccd9f.jpg"/><Relationship Id="rId33976996e745cf922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33976996e745cf922.jpg"/><Relationship Id="rId17216996e745d278d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17216996e745d278d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>