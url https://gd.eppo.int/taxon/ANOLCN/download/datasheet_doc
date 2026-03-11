--- v5 (2026-02-19)
+++ v6 (2026-03-11)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Thomson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black and white longhorn, citrus long-horned beetle, citrus longhorn, citrus root cerambycid, white-spotted longicorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83196996e745cc6ef" w:history="1">
+            <w:hyperlink r:id="rId924169b15fd2c9ddb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40696996e745cc75e" w:history="1">
+            <w:hyperlink r:id="rId989769b15fd2c9e4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ANOLCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44468951" name="name62546996e745ccda1" descr="11774.jpg"/>
+                  <wp:docPr id="5719392" name="name723769b15fd2ca3b9" descr="11774.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11774.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId74916996e745ccd9f" cstate="print"/>
+                          <a:blip r:embed="rId379669b15fd2ca3b7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId61426996e745cceb8" w:history="1">
+            <w:hyperlink r:id="rId466769b15fd2ca4f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5513,63 +5513,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This beetle has also been reported in France (2003 and 2008), Croatia (2007) and Turkey (2015) where eradication measures are in place (EPPO, 2020a).    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58255737" name="name54916996e745cf925" descr="ANOLCN_distribution_map.jpg"/>
+            <wp:docPr id="68239367" name="name208869b15fd2cdb4d" descr="ANOLCN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ANOLCN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33976996e745cf922" cstate="print"/>
+                    <a:blip r:embed="rId352869b15fd2cdb4a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8045,51 +8045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (black and white citrus longhorn). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32186996e745d0b88" w:history="1">
+      <w:hyperlink r:id="rId193969b15fd2cf1b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/5556</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9528,51 +9528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(ANOLCN) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reporting Service articles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89346996e745d151b" w:history="1">
+      <w:hyperlink r:id="rId137969b15fd2cfcd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ANOLCN/reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11047,51 +11047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maspero M, Cavalieri G, D’Angelo G, Jucker C, Valentini M, Colombo M, Herard F, Lopez J, Ramualde,N, Ciampitti M, Caremi G &amp; Cavagna B (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Eradication programme in Lombardia (Italy). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36846996e745d1ec3" w:history="1">
+      <w:hyperlink r:id="rId293769b15fd2d06de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11380,90 +11380,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. glabripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tarlo asiatico). Scheda informativa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85676996e745d20f9" w:history="1">
+      <w:hyperlink r:id="rId378069b15fd2d0905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15286996e745d213e" w:history="1">
+      <w:hyperlink r:id="rId683769b15fd2d0948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">LINK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11723,51 +11723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Der Gaag DJ, Ciampitti M, Cavagna B, Maspero M &amp; Herard F (2008) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Protection Service., Wageningen, the Netherlands. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77876996e745d2337" w:history="1">
+      <w:hyperlink r:id="rId611769b15fd2d0b44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/117610</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12192,51 +12192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anoplophora chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60656996e745d2637" w:history="1">
+      <w:hyperlink r:id="rId812169b15fd2d0e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12351,63 +12351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71206655" name="name85826996e745d278e" descr="eu_funding_250.png"/>
+            <wp:docPr id="2029938" name="name263769b15fd2d10c5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17216996e745d278d" cstate="print"/>
+                    <a:blip r:embed="rId549469b15fd2d10c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12505,137 +12505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35534821">
+  <w:abstractNum w:abstractNumId="47814026">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83563596">
+    <w:lvl w:ilvl="0" w:tplc="44604712">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83563596" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44604712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83563596" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44604712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83563596" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44604712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83563596" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44604712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83563596" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44604712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83563596" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44604712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83563596" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44604712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83563596" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44604712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35534820">
+  <w:abstractNum w:abstractNumId="47814025">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67519698">
+    <w:lvl w:ilvl="0" w:tplc="88573985">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13387,55 +13387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35534820">
-    <w:abstractNumId w:val="35534820"/>
+  <w:num w:numId="47814025">
+    <w:abstractNumId w:val="47814025"/>
   </w:num>
-  <w:num w:numId="35534821">
-    <w:abstractNumId w:val="35534821"/>
+  <w:num w:numId="47814026">
+    <w:abstractNumId w:val="47814026"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24985,51 +24985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604586775" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId266730959" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83196996e745cc6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId40696996e745cc75e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId61426996e745cceb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId32186996e745d0b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId89346996e745d151b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId36846996e745d1ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId85676996e745d20f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId15286996e745d213e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId77876996e745d2337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId60656996e745d2637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74916996e745ccd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74916996e745ccd9f.jpg"/><Relationship Id="rId33976996e745cf922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33976996e745cf922.jpg"/><Relationship Id="rId17216996e745d278d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17216996e745d278d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId228237360" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId741752174" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId924169b15fd2c9ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/" TargetMode="External"/><Relationship Id="rId989769b15fd2c9e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/categorization" TargetMode="External"/><Relationship Id="rId466769b15fd2ca4f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/photos" TargetMode="External"/><Relationship Id="rId193969b15fd2cf1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/5556" TargetMode="External"/><Relationship Id="rId137969b15fd2cfcd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ANOLCN/reporting" TargetMode="External"/><Relationship Id="rId293769b15fd2d06de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/anoplophora_chinensis_eradication" TargetMode="External"/><Relationship Id="rId378069b15fd2d0905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/anoplophora-chinensis/anoplophora-chinensis-glabripennis" TargetMode="External"/><Relationship Id="rId683769b15fd2d0948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/DettaglioRedazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId611769b15fd2d0b44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/117610" TargetMode="External"/><Relationship Id="rId812169b15fd2d0e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId379669b15fd2ca3b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379669b15fd2ca3b7.jpg"/><Relationship Id="rId352869b15fd2cdb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId352869b15fd2cdb4a.jpg"/><Relationship Id="rId549469b15fd2d10c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId549469b15fd2d10c3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>