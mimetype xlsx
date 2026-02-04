--- v0 (2025-10-03)
+++ v1 (2026-02-04)
@@ -227,51 +227,51 @@
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>