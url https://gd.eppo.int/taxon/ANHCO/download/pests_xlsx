--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ANHCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>Pineapple was quoted as T. leucotreta host plant in Pinhey (1975) from Angola, "according to Investig. Cientif. Agron.".  However it is not listed as a pest on pineapple in Petty et al. (2005). Not considered as a host in EPPO PRA (EPPO, 2013)
 * EPPO (2013) Pest Risk Analysis for Thaumatotibia leucotreta. EPPO, Paris. Available at https://gd.eppo.int/taxon/ARGPLE/documents.
 * Petty DJ, Sterling GR, Bartholomew DP(2005) Pests of pineapple (Chapter 6).in: eds J.E. Pena, J.L. Sharp &amp; M. Wysoki. Tropical Pests and Pollinators: Biology, Economic importance, Natural enemies and Control. 157 pp.
@@ -126,50 +126,55 @@
     <t>HOLPAN</t>
   </si>
   <si>
     <t>Holopothrips ananasi</t>
   </si>
   <si>
     <t>PHYORH</t>
   </si>
   <si>
     <t>Lasiodiplodia theobromae</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Hodgson CJ, Lagowska B (2011) New scale insect (Hemiptera: Sternorrhyncha: Coccoidea) records from Fiji: three new species, records of several new invasive species and an updated checklist of Coccoidea. Zootaxa 2766, 1-29.</t>
   </si>
   <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Rodríguez Rodríguez JM (2010) Biología y distribución espacial del picudo (Metamasius spp.) (Coleoptera: Curculionidae) en una plantación comercial de piña (Ananas comosus) (l.) Merr. Thesis. Instituto Tecnológico de Costa Rica Sede Regional San Carlos.
+------- life cycle completed on the plant
+</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>* Vorsino AE, Taniguchi GY, Wrigt MG (2005) Opogona sacchari (Lepidoptera: Tineidae), a new pest of pineapple in Hawaii. Proceedings of the Hawaiian Entomological Society 37, 97-98.</t>
   </si>
   <si>
     <t>Opogona sacchari (as Bromeliaceae)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>ERWIAN</t>
@@ -748,230 +753,232 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">