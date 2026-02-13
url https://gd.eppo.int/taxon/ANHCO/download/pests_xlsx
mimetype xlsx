--- v1 (2025-11-24)
+++ v2 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ANHCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>Pineapple was quoted as T. leucotreta host plant in Pinhey (1975) from Angola, "according to Investig. Cientif. Agron.".  However it is not listed as a pest on pineapple in Petty et al. (2005). Not considered as a host in EPPO PRA (EPPO, 2013)
 * EPPO (2013) Pest Risk Analysis for Thaumatotibia leucotreta. EPPO, Paris. Available at https://gd.eppo.int/taxon/ARGPLE/documents.
 * Petty DJ, Sterling GR, Bartholomew DP(2005) Pests of pineapple (Chapter 6).in: eds J.E. Pena, J.L. Sharp &amp; M. Wysoki. Tropical Pests and Pollinators: Biology, Economic importance, Natural enemies and Control. 157 pp.
@@ -174,50 +174,53 @@
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>ERWIAN</t>
   </si>
   <si>
     <t>Pantoea ananatis</t>
   </si>
   <si>
     <t>* Serrano FB (1928) Bacterial fruitlet brown rot on pineapple in the Philippines. Philippine Journal of Science 36, 271-305.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
     <t>Phytophthora nicotianae var. parasitica</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis</t>
   </si>
   <si>
     <t>RHIEIN</t>
   </si>
   <si>
     <t>Schedorhinotermes intermedius</t>
   </si>
   <si>
     <t>THECBA</t>
   </si>
   <si>
     <t>Strymon megarus</t>
   </si>
   <si>
     <t>THECEC</t>
   </si>
   <si>
     <t>Tmolus echion</t>
   </si>
@@ -833,152 +836,154 @@
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">