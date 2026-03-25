--- v2 (2026-02-13)
+++ v3 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ANHCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>Pineapple was quoted as T. leucotreta host plant in Pinhey (1975) from Angola, "according to Investig. Cientif. Agron.".  However it is not listed as a pest on pineapple in Petty et al. (2005). Not considered as a host in EPPO PRA (EPPO, 2013)
 * EPPO (2013) Pest Risk Analysis for Thaumatotibia leucotreta. EPPO, Paris. Available at https://gd.eppo.int/taxon/ARGPLE/documents.
 * Petty DJ, Sterling GR, Bartholomew DP(2005) Pests of pineapple (Chapter 6).in: eds J.E. Pena, J.L. Sharp &amp; M. Wysoki. Tropical Pests and Pollinators: Biology, Economic importance, Natural enemies and Control. 157 pp.
@@ -167,51 +167,54 @@
     <t>Opogona sacchari (as Bromeliaceae)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>ERWIAN</t>
   </si>
   <si>
     <t>Pantoea ananatis</t>
   </si>
   <si>
     <t>* Serrano FB (1928) Bacterial fruitlet brown rot on pineapple in the Philippines. Philippine Journal of Science 36, 271-305.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica</t>
+    <t>Phytophthora nicotianae</t>
+  </si>
+  <si>
+    <t>* Shen HF, Lin BR, Zhan JX, Pu XM (2013) First report of pineapple heart rot caused by Phytophthora nicotianae in Hainan Province, China. Plant Disease 97(4), 560-561. https://doi.org/10.1094/PDIS-11-12-1017-PDN</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis</t>
   </si>
   <si>
     <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis</t>
   </si>
   <si>
     <t>RHIEIN</t>
   </si>
   <si>
     <t>Schedorhinotermes intermedius</t>
   </si>
   <si>
     <t>THECBA</t>
   </si>
@@ -596,51 +599,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="421.04" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -824,166 +827,168 @@
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">