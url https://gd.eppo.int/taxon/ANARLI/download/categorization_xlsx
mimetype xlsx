--- v0 (2025-10-08)
+++ v1 (2026-01-23)
@@ -698,51 +698,51 @@
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
         <v>2024</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12">
         <v>1988</v>
       </c>
       <c r="F12"/>
       <c r="G12">
         <v>1999</v>
       </c>
     </row>