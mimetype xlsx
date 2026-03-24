--- v0 (2025-10-13)
+++ v1 (2026-03-24)
@@ -134,51 +134,52 @@
   <si>
     <t>* Nie X, De Koeyer D, Liang Z, Dickison V, Singh M, Hawkins G (2015) Identification and first report of a potato tuber necrosis-inducing isolate of Alfalfa mosaic virus in Canada. Plant Disease 99(11), p 1658.</t>
   </si>
   <si>
     <t>VIBTI</t>
   </si>
   <si>
     <t>Viburnum tinus</t>
   </si>
   <si>
     <t>VIGSI</t>
   </si>
   <si>
     <t>Vigna unguiculata</t>
   </si>
   <si>
     <t>* Harveson RM, Porter LD (2023) First Report of Alfalfa Mosaic Virus on Cowpea in the United States. Plant Health Progress. 2023 Jul 28:PHP-03. https://doi.org/10.1094/PHP-03-23-0021-BR</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
   </si>
   <si>
-    <t>* Martelli GP (2017) An overview of grapevine viruses, viroids and the diseases they cause. In: Meng B, Martelli GP, Golino DA, Fuchs M (eds), Grapevine Viruses: Molecular Biology, Diagnostics and Management, Springer pp.31-46.</t>
+    <t>* Fuchs M (2025) Grapevine viruses: Did you say more than a hundred? Journal of Plant Pathology 107(1), 217-227. https://doi.org/10.1007/s42161-024-01819-5
+* Martelli GP (2017) An overview of grapevine viruses, viroids and the diseases they cause. In: Meng B, Martelli GP, Golino DA, Fuchs M (eds), Grapevine Viruses: Molecular Biology, Diagnostics and Management, Springer pp.31-46.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SOLPU</t>
   </si>
   <si>
     <t>Solanum palustre</t>
   </si>
   <si>
     <t>* Valkonen I J, Pehu E, Watanabe K (1992) Symptom expression and seed transmission of Alfalfa mosaic virus and Potato yellowing virus (SB-22) in Solanum brevidens and S. etuberosum. Potato Research 35, 403-410.
 ------- as Solanum brevidens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>