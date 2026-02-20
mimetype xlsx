--- v0 (2025-10-07)
+++ v1 (2026-02-20)
@@ -617,51 +617,51 @@
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Present, no details [Invasive]</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>