--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -317,51 +317,51 @@
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>